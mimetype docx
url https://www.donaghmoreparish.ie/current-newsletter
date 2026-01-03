--- v0 (2025-12-05)
+++ v1 (2026-01-03)
@@ -1,29 +1,30 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
@@ -63,52 +64,63 @@
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F857D5">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Parish of Donaghmore</w:t>
       </w:r>
       <w:r w:rsidR="005A23F2" w:rsidRPr="00F857D5">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> &amp; Galbally</w:t>
+        <w:t xml:space="preserve"> &amp; </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A23F2" w:rsidRPr="00F857D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Galbally</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="5753742A" w14:textId="7868B5BB" w:rsidR="00477736" w:rsidRPr="00F857D5" w:rsidRDefault="00637157" w:rsidP="00DB33DC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:iCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F857D5">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Archdiocese of Armagh</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05C6468E" w14:textId="6410BD78" w:rsidR="00477736" w:rsidRPr="00BA4679" w:rsidRDefault="00477736" w:rsidP="00DB33DC">
       <w:pPr>
@@ -167,315 +179,337 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2603695" cy="236257"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38CFD5A0" w14:textId="23407AA3" w:rsidR="00385734" w:rsidRPr="0032648B" w:rsidRDefault="00D03DD3" w:rsidP="0014750C">
+    <w:p w14:paraId="38CFD5A0" w14:textId="15E8400E" w:rsidR="00385734" w:rsidRPr="0073027D" w:rsidRDefault="006E06D2" w:rsidP="0014750C">
       <w:pPr>
         <w:ind w:right="-369"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0032648B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>SECOND</w:t>
+        <w:t>FO</w:t>
       </w:r>
-      <w:r w:rsidR="00A930B9" w:rsidRPr="0032648B">
+      <w:r w:rsidR="00EA7B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>RTH</w:t>
+      </w:r>
+      <w:r w:rsidR="00A930B9" w:rsidRPr="0073027D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> SUNDAY OF ADVENT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FDE9C30" w14:textId="24432834" w:rsidR="00524346" w:rsidRPr="0032648B" w:rsidRDefault="00743A77" w:rsidP="00743A77">
+    <w:p w14:paraId="1FDE9C30" w14:textId="14478FD9" w:rsidR="00524346" w:rsidRPr="0073027D" w:rsidRDefault="00743A77" w:rsidP="00743A77">
       <w:pPr>
         <w:ind w:left="720" w:right="-369"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0073027D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">                                                    </w:t>
       </w:r>
-      <w:r w:rsidR="00524346" w:rsidRPr="0032648B">
+      <w:r w:rsidR="00524346" w:rsidRPr="0073027D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Next Sunday</w:t>
       </w:r>
-      <w:r w:rsidR="00787C64" w:rsidRPr="0032648B">
+      <w:r w:rsidR="00787C64" w:rsidRPr="0073027D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00D03DD3" w:rsidRPr="0032648B">
+      <w:r w:rsidR="0073027D" w:rsidRPr="0073027D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>14</w:t>
+        <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00832063" w:rsidRPr="0032648B">
+      <w:r w:rsidR="006E06D2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>th</w:t>
+        <w:t>8th</w:t>
       </w:r>
-      <w:r w:rsidR="0095089C" w:rsidRPr="0032648B">
+      <w:r w:rsidR="0095089C" w:rsidRPr="0073027D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A27265" w:rsidRPr="0032648B">
+      <w:r w:rsidR="00A27265" w:rsidRPr="0073027D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>December</w:t>
       </w:r>
-      <w:r w:rsidR="00787C64" w:rsidRPr="0032648B">
+      <w:r w:rsidR="00787C64" w:rsidRPr="0073027D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A841213" w14:textId="7EFF9EEE" w:rsidR="00A969B4" w:rsidRPr="003F4BE1" w:rsidRDefault="00816FCE" w:rsidP="0014750C">
+    <w:p w14:paraId="3A841213" w14:textId="268C72EA" w:rsidR="00A969B4" w:rsidRPr="0073027D" w:rsidRDefault="00816FCE" w:rsidP="0014750C">
       <w:pPr>
         <w:ind w:right="-369"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0032648B">
+      <w:r w:rsidRPr="0073027D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Readings:</w:t>
       </w:r>
-      <w:r w:rsidR="005E1C24" w:rsidRPr="0032648B">
+      <w:r w:rsidR="005E1C24" w:rsidRPr="0073027D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00832063" w:rsidRPr="0032648B">
+      <w:r w:rsidR="006E06D2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Is </w:t>
+        <w:t>Eccles 3</w:t>
       </w:r>
-      <w:r w:rsidR="009B4088" w:rsidRPr="0032648B">
+      <w:r w:rsidR="009B4088" w:rsidRPr="0073027D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>35: 1-6</w:t>
+        <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00832063" w:rsidRPr="0032648B">
+      <w:r w:rsidR="006E06D2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t>2 - 6</w:t>
       </w:r>
-      <w:r w:rsidR="00FA0586">
+      <w:r w:rsidR="00832063" w:rsidRPr="0073027D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>10</w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00832063" w:rsidRPr="0032648B">
+      <w:r w:rsidR="006E06D2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Col</w:t>
+      </w:r>
+      <w:r w:rsidR="00396D66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005C3E86" w:rsidRPr="0032648B">
+      <w:r w:rsidR="006E06D2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>3:12-21</w:t>
+      </w:r>
+      <w:r w:rsidR="007508C8" w:rsidRPr="0073027D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, Gospel</w:t>
+      </w:r>
+      <w:r w:rsidR="001D64E6" w:rsidRPr="0073027D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009B4088" w:rsidRPr="0032648B">
+      <w:r w:rsidR="00832063" w:rsidRPr="0073027D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Jas 5</w:t>
+        <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidR="00E62A4C" w:rsidRPr="0032648B">
+      <w:r w:rsidR="00126D41" w:rsidRPr="0073027D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>: 7-10</w:t>
+        <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="007508C8" w:rsidRPr="0032648B">
-[...7 lines deleted...]
-      <w:r w:rsidR="001D64E6" w:rsidRPr="0032648B">
+      <w:r w:rsidR="005C3E86" w:rsidRPr="0073027D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00832063" w:rsidRPr="0032648B">
+      <w:r w:rsidR="006E06D2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>M</w:t>
+        <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00126D41" w:rsidRPr="0032648B">
-[...23 lines deleted...]
-      <w:r w:rsidR="005C3E86" w:rsidRPr="0032648B">
+      <w:r w:rsidR="005C3E86" w:rsidRPr="0073027D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00E62A4C" w:rsidRPr="0032648B">
+      <w:r w:rsidR="0073027D" w:rsidRPr="0073027D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>2-11</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="006E06D2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>3-15, 19-23</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="-172" w:tblpY="147"/>
         <w:tblW w:w="10871" w:type="dxa"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5613"/>
         <w:gridCol w:w="5258"/>
       </w:tblGrid>
       <w:tr w:rsidR="00584C44" w:rsidRPr="002D3356" w14:paraId="6AED38DD" w14:textId="77777777" w:rsidTr="005D60FE">
         <w:trPr>
           <w:trHeight w:val="5499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5807" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2ABB8EBC" w14:textId="32F98BD8" w:rsidR="00712BC9" w:rsidRPr="002D3356" w:rsidRDefault="00712BC9" w:rsidP="00CF1618">
@@ -519,431 +553,431 @@
               <w:tblStyle w:val="TableGrid"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblInd w:w="3" w:type="dxa"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1182"/>
               <w:gridCol w:w="2271"/>
               <w:gridCol w:w="1607"/>
             </w:tblGrid>
             <w:tr w:rsidR="008E6B13" w:rsidRPr="002D3356" w14:paraId="45B7ECFE" w14:textId="77777777" w:rsidTr="00547091">
               <w:trPr>
                 <w:trHeight w:val="421"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1182" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="5FB81ABB" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="006944D7">
+                <w:p w14:paraId="5FB81ABB" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="002F27F5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Parish Priest</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2271" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="34E6561F" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="006944D7">
+                <w:p w14:paraId="34E6561F" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="002F27F5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Fr Brian Slater</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1607" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="0382A31B" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="006944D7">
+                <w:p w14:paraId="0382A31B" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="002F27F5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>Tel: (028) 87761327</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="008E6B13" w:rsidRPr="002D3356" w14:paraId="5E9E2A30" w14:textId="77777777" w:rsidTr="00547091">
               <w:trPr>
                 <w:trHeight w:val="386"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1182" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="157242D1" w14:textId="77777777" w:rsidR="008E6B13" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="006944D7">
+                <w:p w14:paraId="157242D1" w14:textId="77777777" w:rsidR="008E6B13" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="002F27F5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Associate </w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="3C0BB03A" w14:textId="0FF3C250" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="006944D7">
+                <w:p w14:paraId="3C0BB03A" w14:textId="0FF3C250" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="002F27F5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Pastor</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2271" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="277486C0" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="006944D7">
+                <w:p w14:paraId="277486C0" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="002F27F5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Fr Patrick Breslan  </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1607" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="3C6239E2" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="006944D7">
+                <w:p w14:paraId="3C6239E2" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="002F27F5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>Tel: (028) 8775 8277</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="1F536D8B" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="006944D7">
+                <w:p w14:paraId="1F536D8B" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="002F27F5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="008E6B13" w:rsidRPr="002D3356" w14:paraId="01577D05" w14:textId="77777777" w:rsidTr="00547091">
               <w:trPr>
                 <w:trHeight w:val="386"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1182" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="74C55238" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="006944D7">
+                <w:p w14:paraId="74C55238" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="002F27F5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Retired</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2271" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="50F025EE" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="006944D7">
+                <w:p w14:paraId="50F025EE" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="002F27F5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Fr Patrick McGuckin</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="27EBF168" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="006944D7">
+                <w:p w14:paraId="27EBF168" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="002F27F5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1607" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="2198E35F" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="006944D7">
+                <w:p w14:paraId="2198E35F" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="002F27F5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="3EA4E0C1" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4FA729B9" w14:textId="77777777" w:rsidR="009E19BB" w:rsidRPr="002D3356" w:rsidRDefault="00756566" w:rsidP="00CF1618">
+          <w:p w14:paraId="4FA729B9" w14:textId="77777777" w:rsidR="009E19BB" w:rsidRPr="002D3356" w:rsidRDefault="00756566" w:rsidP="0073027D">
             <w:pPr>
               <w:ind w:right="-369"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00FE142C" w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:u w:val="single"/>
@@ -1058,54 +1092,54 @@
             </w:r>
             <w:r w:rsidR="00756566" w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidR="00756566" w:rsidRPr="002D3356">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                   <w:b/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>parishdonaghmore@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="5CE6CBB2" w14:textId="6805F4CF" w:rsidR="002C6BE2" w:rsidRPr="002D3356" w:rsidRDefault="00A13168" w:rsidP="00CF1618">
+          <w:p w14:paraId="5CE6CBB2" w14:textId="6805F4CF" w:rsidR="002C6BE2" w:rsidRPr="002D3356" w:rsidRDefault="00A13168" w:rsidP="0073027D">
             <w:pPr>
               <w:ind w:right="-369"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>USEFUL NUMBERS:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1170E46A" w14:textId="0A3FE599" w:rsidR="00B01295" w:rsidRPr="002D3356" w:rsidRDefault="006021ED" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
@@ -1184,57 +1218,67 @@
             </w:pPr>
             <w:r w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>In the absence of a pr</w:t>
             </w:r>
             <w:r w:rsidR="00864A7C" w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>iest</w:t>
             </w:r>
             <w:r w:rsidR="00B56BD6" w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> in Donaghmore or </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00B01295" w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Galbally please</w:t>
+              <w:t>Galbally</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00B01295" w:rsidRPr="002D3356">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> please</w:t>
             </w:r>
             <w:r w:rsidR="00B56BD6" w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> conta</w:t>
             </w:r>
             <w:r w:rsidR="00ED68E1" w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ct</w:t>
             </w:r>
             <w:r w:rsidR="00B56BD6" w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
@@ -1351,75 +1395,87 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (028) </w:t>
             </w:r>
             <w:r w:rsidR="00E34DFE" w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>87757867</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7CD82146" w14:textId="710E0995" w:rsidR="00C32F15" w:rsidRPr="002D3356" w:rsidRDefault="00E34DFE" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Tullyallen: (028) 87761211</w:t>
+              <w:t>Tullyallen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002D3356">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>: (028) 87761211</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09FD8711" w14:textId="77777777" w:rsidR="00B55B34" w:rsidRPr="002D3356" w:rsidRDefault="00B55B34" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="771D2B6E" w14:textId="77777777" w:rsidR="00C32F15" w:rsidRPr="002D3356" w:rsidRDefault="00C32F15" w:rsidP="00CF1618">
+          <w:p w14:paraId="771D2B6E" w14:textId="77777777" w:rsidR="00C32F15" w:rsidRPr="002D3356" w:rsidRDefault="00C32F15" w:rsidP="0073027D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>STANDING ORDER DETAILS:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3518146C" w14:textId="77777777" w:rsidR="00C32F15" w:rsidRPr="002D3356" w:rsidRDefault="00C32F15" w:rsidP="00CF1618">
@@ -1523,298 +1579,281 @@
                 <w:color w:val="242424"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ACCOUNT NUMBER: 40909024</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="64393AA1" w14:textId="68269EB9" w:rsidR="005D5093" w:rsidRPr="002D3356" w:rsidRDefault="005D5093" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5064" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="4E593C48" w14:textId="116B1935" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="00CF1618">
+          <w:p w14:paraId="4E593C48" w14:textId="72940449" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="00CF1618">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>PARISH MASS TIMES</w:t>
             </w:r>
-          </w:p>
-[...15 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="TableGrid"/>
               <w:tblW w:w="5029" w:type="dxa"/>
               <w:tblInd w:w="3" w:type="dxa"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1287"/>
               <w:gridCol w:w="2028"/>
               <w:gridCol w:w="1714"/>
             </w:tblGrid>
             <w:tr w:rsidR="004D6181" w:rsidRPr="002D3356" w14:paraId="10623BE1" w14:textId="77777777" w:rsidTr="00547091">
               <w:trPr>
                 <w:trHeight w:val="212"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1287" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="3A7DBB3A" w14:textId="77777777" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="006944D7">
+                <w:p w14:paraId="3A7DBB3A" w14:textId="77777777" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="002F27F5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2028" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="04847305" w14:textId="77777777" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="006944D7">
+                <w:p w14:paraId="04847305" w14:textId="77777777" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="002F27F5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>DONAGHMORE</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1714" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="683D3D36" w14:textId="77777777" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="006944D7">
+                <w:p w14:paraId="683D3D36" w14:textId="77777777" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="002F27F5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>GALBALLY</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="004D6181" w:rsidRPr="002D3356" w14:paraId="066831CB" w14:textId="77777777" w:rsidTr="00547091">
               <w:trPr>
                 <w:trHeight w:val="224"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1287" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="239FD280" w14:textId="77777777" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="006944D7">
+                <w:p w14:paraId="239FD280" w14:textId="77777777" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="002F27F5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>WEEKDAY</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2028" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="455B2EF9" w14:textId="35D74AC8" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="006944D7">
+                <w:p w14:paraId="455B2EF9" w14:textId="35D74AC8" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="002F27F5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t xml:space="preserve">9.30am </w:t>
                   </w:r>
                   <w:r w:rsidR="00816FCE" w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>(MON</w:t>
                   </w:r>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> – FRI)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1714" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="5625E251" w14:textId="43965186" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="006944D7">
+                <w:p w14:paraId="5625E251" w14:textId="43965186" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="002F27F5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t xml:space="preserve">10am </w:t>
                   </w:r>
                   <w:r w:rsidR="00816FCE" w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
@@ -1825,83 +1864,83 @@
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> - FRI)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="004D6181" w:rsidRPr="002D3356" w14:paraId="6E6FF3D6" w14:textId="77777777" w:rsidTr="00547091">
               <w:trPr>
                 <w:trHeight w:val="336"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1287" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="664AEF97" w14:textId="77777777" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="006944D7">
+                <w:p w14:paraId="664AEF97" w14:textId="77777777" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="002F27F5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>WEEKEND</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2028" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="63D6728F" w14:textId="6ACA3B54" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="006944D7">
+                <w:p w14:paraId="63D6728F" w14:textId="6ACA3B54" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="002F27F5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>VIGIL MASS 6</w:t>
                   </w:r>
                   <w:r w:rsidR="00E5669E" w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
@@ -1913,51 +1952,51 @@
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="00816FCE" w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>(SAT</w:t>
                   </w:r>
                   <w:r w:rsidR="005F6FB5" w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>)</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="34F5B7B5" w14:textId="0BD0368E" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="006944D7">
+                <w:p w14:paraId="34F5B7B5" w14:textId="0BD0368E" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="002F27F5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t xml:space="preserve">11am </w:t>
                   </w:r>
                   <w:r w:rsidR="00C67B53" w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
@@ -1972,96 +2011,96 @@
                     </w:rPr>
                     <w:t>SUN</w:t>
                   </w:r>
                   <w:r w:rsidR="00C67B53" w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1714" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="519579D6" w14:textId="695F6004" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="006944D7">
+                <w:p w14:paraId="519579D6" w14:textId="695F6004" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="002F27F5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t xml:space="preserve">10am </w:t>
                   </w:r>
                   <w:r w:rsidR="00C67B53" w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>(SUN)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="681D57F8" w14:textId="77777777" w:rsidR="00712BC9" w:rsidRPr="002D3356" w:rsidRDefault="00712BC9" w:rsidP="00CF1618">
+          <w:p w14:paraId="681D57F8" w14:textId="5E0A967F" w:rsidR="00712BC9" w:rsidRPr="002D3356" w:rsidRDefault="00712BC9" w:rsidP="00CF1618">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3B5F797F" w14:textId="237C9137" w:rsidR="00712BC9" w:rsidRPr="002D3356" w:rsidRDefault="00816FCE" w:rsidP="00CF1618">
+          <w:p w14:paraId="3B5F797F" w14:textId="04A3FC8D" w:rsidR="00712BC9" w:rsidRPr="002D3356" w:rsidRDefault="00816FCE" w:rsidP="00CF1618">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>CONFESSIONS:</w:t>
             </w:r>
             <w:r w:rsidR="004D6181" w:rsidRPr="002D3356">
               <w:rPr>
@@ -2082,51 +2121,51 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">5.15pm – 5.45pm in </w:t>
             </w:r>
             <w:r w:rsidR="00943048" w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Donaghmore</w:t>
             </w:r>
             <w:r w:rsidR="00E60F8E" w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> every Saturday</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="788DBBA0" w14:textId="7EF7826F" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="00CF1618">
+          <w:p w14:paraId="788DBBA0" w14:textId="73BF882E" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="00CF1618">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3192"/>
               </w:tabs>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>LIVE STREAM VIA</w:t>
@@ -2164,77 +2203,77 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">churchmedia.tv </w:t>
             </w:r>
             <w:r w:rsidR="00013EB7" w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">or click the link in </w:t>
             </w:r>
             <w:r w:rsidR="00A732A6" w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>parish website.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37140889" w14:textId="0AD6CA99" w:rsidR="00A2202D" w:rsidRPr="00C27BF7" w:rsidRDefault="00B52109" w:rsidP="00053310">
+          <w:p w14:paraId="37140889" w14:textId="03959603" w:rsidR="00A2202D" w:rsidRPr="00C27BF7" w:rsidRDefault="00B52109" w:rsidP="00053310">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C27BF7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="210E7F82" wp14:editId="70C45B02">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="210E7F82" wp14:editId="0DD7D3AD">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-71755</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>94615</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="3329940" cy="0"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="1251779175" name="Straight Connector 1"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="3329940" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:ln>
@@ -2250,1893 +2289,1770 @@
                               <a:fillRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:fillRef>
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="tx1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:line w14:anchorId="2090F312" id="Straight Connector 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-5.65pt,7.45pt" to="256.55pt,7.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAUHL8JsgEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3LSYViNOD206C7D&#10;VmzrB6gyFQuQREHSYufvRymJXWwDhhW90CLF90g+0dubyVl2gJgM+o6vVw1n4BX2xu87/vjj/t1H&#10;zlKWvpcWPXT8CInf7N6+2Y6hhQ0OaHuIjEh8asfQ8SHn0AqR1ABOphUG8HSpMTqZyY170Uc5Eruz&#10;YtM0H8SIsQ8RFaRE0bvTJd9Vfq1B5a9aJ8jMdpx6y9XGap+KFbutbPdRhsGocxvyBV04aTwVnanu&#10;ZJbsZzR/UDmjIibUeaXQCdTaKKgz0DTr5rdpvg8yQJ2FxElhlim9Hq36crj1D5FkGENqU3iIZYpJ&#10;R1e+1B+bqljHWSyYMlMUvLraXF+/J03V5U4swBBT/gToWDl03Bpf5pCtPHxOmYpR6iWlhK0vNqE1&#10;/b2xtjplA+DWRnaQ9HZ5Wpe3ItyzLPIKUiyt11M+WjixfgPNTE/Nrmv1ulULp1QKfL7wWk/ZBaap&#10;gxnY/Bt4zi9QqBv3P+AZUSujzzPYGY/xb9UXKfQp/6LAae4iwRP2x/qoVRpanarcec3Lbj73K3z5&#10;GXe/AAAA//8DAFBLAwQUAAYACAAAACEAuEEYu90AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMAyG70i8Q2QkbltaNqZRmk4IwQVxadkBblnjNRWN0zXpWt4eIw5wtP9Pvz/nu9l14oxDaD0p&#10;SJcJCKTam5YaBfu358UWRIiajO48oYIvDLArLi9ynRk/UYnnKjaCSyhkWoGNsc+kDLVFp8PS90ic&#10;Hf3gdORxaKQZ9MTlrpM3SbKRTrfEF6zu8dFi/VmNTsHL6TXs15vyqXw/bavp4zjaxqNS11fzwz2I&#10;iHP8g+FHn9WhYKeDH8kE0SlYpOmKUQ7WdyAYuE1XKYjD70IWufz/QfENAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAFBy/CbIBAADUAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAuEEYu90AAAAJAQAADwAAAAAAAAAAAAAAAAAMBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3213]"/>
+                    <v:line w14:anchorId="76A7E684" id="Straight Connector 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-5.65pt,7.45pt" to="256.55pt,7.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAUHL8JsgEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3LSYViNOD206C7D&#10;VmzrB6gyFQuQREHSYufvRymJXWwDhhW90CLF90g+0dubyVl2gJgM+o6vVw1n4BX2xu87/vjj/t1H&#10;zlKWvpcWPXT8CInf7N6+2Y6hhQ0OaHuIjEh8asfQ8SHn0AqR1ABOphUG8HSpMTqZyY170Uc5Eruz&#10;YtM0H8SIsQ8RFaRE0bvTJd9Vfq1B5a9aJ8jMdpx6y9XGap+KFbutbPdRhsGocxvyBV04aTwVnanu&#10;ZJbsZzR/UDmjIibUeaXQCdTaKKgz0DTr5rdpvg8yQJ2FxElhlim9Hq36crj1D5FkGENqU3iIZYpJ&#10;R1e+1B+bqljHWSyYMlMUvLraXF+/J03V5U4swBBT/gToWDl03Bpf5pCtPHxOmYpR6iWlhK0vNqE1&#10;/b2xtjplA+DWRnaQ9HZ5Wpe3ItyzLPIKUiyt11M+WjixfgPNTE/Nrmv1ulULp1QKfL7wWk/ZBaap&#10;gxnY/Bt4zi9QqBv3P+AZUSujzzPYGY/xb9UXKfQp/6LAae4iwRP2x/qoVRpanarcec3Lbj73K3z5&#10;GXe/AAAA//8DAFBLAwQUAAYACAAAACEAuEEYu90AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMAyG70i8Q2QkbltaNqZRmk4IwQVxadkBblnjNRWN0zXpWt4eIw5wtP9Pvz/nu9l14oxDaD0p&#10;SJcJCKTam5YaBfu358UWRIiajO48oYIvDLArLi9ynRk/UYnnKjaCSyhkWoGNsc+kDLVFp8PS90ic&#10;Hf3gdORxaKQZ9MTlrpM3SbKRTrfEF6zu8dFi/VmNTsHL6TXs15vyqXw/bavp4zjaxqNS11fzwz2I&#10;iHP8g+FHn9WhYKeDH8kE0SlYpOmKUQ7WdyAYuE1XKYjD70IWufz/QfENAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAFBy/CbIBAADUAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAuEEYu90AAAAJAQAADwAAAAAAAAAAAAAAAAAMBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3213]"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4CA3DEA5" w14:textId="6E7B0E0A" w:rsidR="00053310" w:rsidRPr="002D3356" w:rsidRDefault="00053310" w:rsidP="00053310">
-[...519 lines deleted...]
-          <w:p w14:paraId="0074E319" w14:textId="41E7F96F" w:rsidR="00FC10D6" w:rsidRDefault="00047D9F" w:rsidP="00464B77">
+          <w:p w14:paraId="2734C873" w14:textId="69F04120" w:rsidR="00154741" w:rsidRDefault="00E1224F" w:rsidP="0010708C">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>CHRISTMAS CONFESSIONS &amp; MASS TIMES</w:t>
             </w:r>
-            <w:r w:rsidRPr="00047D9F">
+          </w:p>
+          <w:p w14:paraId="51EF577A" w14:textId="77777777" w:rsidR="005F59FA" w:rsidRPr="002D3356" w:rsidRDefault="005F59FA" w:rsidP="0010708C">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F405AA7" w14:textId="38D940FD" w:rsidR="00E1224F" w:rsidRPr="00AD7FF3" w:rsidRDefault="00DA7424" w:rsidP="0010708C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>CONFESSIONS:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12E29F06" w14:textId="606C98AC" w:rsidR="00E1224F" w:rsidRPr="00AD7FF3" w:rsidRDefault="00E1224F" w:rsidP="0010708C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>GALBALLY SATURDAY 20th DEC 10am-12pm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AFB6174" w14:textId="212B773B" w:rsidR="00E1224F" w:rsidRPr="00AD7FF3" w:rsidRDefault="00E1224F" w:rsidP="0010708C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DONAGHMORE SATURDAY 20th DEC 10am - 1pm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D04A05E" w14:textId="62D23C28" w:rsidR="001662C7" w:rsidRPr="00AD7FF3" w:rsidRDefault="008074CB" w:rsidP="0010708C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001662C7" w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Also</w:t>
+            </w:r>
+            <w:r w:rsidR="00052D7F" w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13</w:t>
+            </w:r>
+            <w:r w:rsidR="00052D7F" w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00052D7F" w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005F59FA" w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>&amp; 14</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="001662C7" w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidR="001662C7" w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D4D23" w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dec</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="009D4D23" w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001662C7" w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>&amp;</w:t>
+            </w:r>
+            <w:r w:rsidR="00052D7F" w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20</w:t>
+            </w:r>
+            <w:r w:rsidR="00052D7F" w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidR="00052D7F" w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00052D7F" w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">&amp; </w:t>
+            </w:r>
+            <w:r w:rsidR="001662C7" w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 21</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="001662C7" w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:r w:rsidR="001662C7" w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dec after all weekend masses</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BF163EC" w14:textId="77777777" w:rsidR="005F59FA" w:rsidRPr="00AD7FF3" w:rsidRDefault="005F59FA" w:rsidP="0010708C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5AE2A303" w14:textId="46CCC9C9" w:rsidR="005F59FA" w:rsidRPr="00AD7FF3" w:rsidRDefault="005F59FA" w:rsidP="0010708C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>MASSES</w:t>
+            </w:r>
+            <w:r w:rsidR="00166D24" w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1373171D" w14:textId="77777777" w:rsidR="005F59FA" w:rsidRPr="00AD7FF3" w:rsidRDefault="005F59FA" w:rsidP="0010708C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>CHRISTMAS EVE MASSES:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="414A62F7" w14:textId="77777777" w:rsidR="005F59FA" w:rsidRPr="00AD7FF3" w:rsidRDefault="005F59FA" w:rsidP="0010708C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NO MORNING MASSES</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DC376BE" w14:textId="401670DB" w:rsidR="005F59FA" w:rsidRPr="00AD7FF3" w:rsidRDefault="005F59FA" w:rsidP="0010708C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>GALBALLY  6pm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EAF4F23" w14:textId="37F450FC" w:rsidR="005F59FA" w:rsidRPr="00AD7FF3" w:rsidRDefault="005F59FA" w:rsidP="0010708C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DONAGHMORE  8pm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FE1D0DA" w14:textId="77777777" w:rsidR="005F59FA" w:rsidRPr="00AD7FF3" w:rsidRDefault="005F59FA" w:rsidP="0010708C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="167BABB6" w14:textId="77777777" w:rsidR="005F59FA" w:rsidRPr="00AD7FF3" w:rsidRDefault="005F59FA" w:rsidP="0010708C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>CHRISTMAS DAY:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21772F39" w14:textId="77777777" w:rsidR="005F59FA" w:rsidRPr="00AD7FF3" w:rsidRDefault="005F59FA" w:rsidP="0010708C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DONAGHMORE 8am</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="745B69D5" w14:textId="77777777" w:rsidR="005F59FA" w:rsidRPr="00AD7FF3" w:rsidRDefault="005F59FA" w:rsidP="0010708C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>GALBALLY 10am</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71F7FF32" w14:textId="77777777" w:rsidR="005F59FA" w:rsidRPr="00AD7FF3" w:rsidRDefault="005F59FA" w:rsidP="0010708C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DONAGHMORE 11am</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E9BA4A0" w14:textId="77777777" w:rsidR="005F59FA" w:rsidRPr="00AD7FF3" w:rsidRDefault="005F59FA" w:rsidP="0010708C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E357C2C" w14:textId="77777777" w:rsidR="005F59FA" w:rsidRPr="00AD7FF3" w:rsidRDefault="005F59FA" w:rsidP="0010708C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>ST STEPHEN'S DAY:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74E9913A" w14:textId="77777777" w:rsidR="005F59FA" w:rsidRPr="00AD7FF3" w:rsidRDefault="005F59FA" w:rsidP="0010708C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10am MASS (GALBALLY ONLY)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3720D06A" w14:textId="5929A3D3" w:rsidR="005F59FA" w:rsidRPr="00AD7FF3" w:rsidRDefault="005F59FA" w:rsidP="0073027D">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D87DBDE" w14:textId="15ECBB31" w:rsidR="005D1299" w:rsidRPr="00AD7FF3" w:rsidRDefault="00730FFF" w:rsidP="00DD5EBA">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidR="005F59FA" w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LOWER </w:t>
+            </w:r>
+            <w:r w:rsidR="00254972" w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DONATION </w:t>
+            </w:r>
+            <w:r w:rsidR="00B16268" w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>REQUEST</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FD4CA4B" w14:textId="1288D198" w:rsidR="0073027D" w:rsidRDefault="005F59FA" w:rsidP="00DD5EBA">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">We kindly invite donations of </w:t>
+            </w:r>
+            <w:r w:rsidR="001F305C" w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>POINSETTIAS</w:t>
+            </w:r>
+            <w:r w:rsidR="001F305C" w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to decorate the two churches &amp; cribs. Your offering will help us create a beautiful addition to the </w:t>
+            </w:r>
+            <w:r w:rsidR="00A21BE7" w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>Christmas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> services. Please leave </w:t>
+            </w:r>
+            <w:r w:rsidR="004A43B5" w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>the Poinsettia d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>onations in the sacristy of the church.</w:t>
+            </w:r>
+            <w:r w:rsidR="00431EBB" w:rsidRPr="00AD7FF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Your contribution is very much appreciated.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BBE25FB" w14:textId="77777777" w:rsidR="00764D90" w:rsidRDefault="00764D90" w:rsidP="00DD5EBA">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4BD424C9" w14:textId="77777777" w:rsidR="00764D90" w:rsidRPr="00AD7FF3" w:rsidRDefault="00764D90" w:rsidP="00DD5EBA">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24A61273" w14:textId="77777777" w:rsidR="006E06D2" w:rsidRDefault="006E06D2" w:rsidP="006E06D2">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve"> DEC -FEAST OF THE IMMACULATE CONCEPTION MASSES</w:t>
-[...8 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1224F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-            </w:pPr>
-[...10 lines deleted...]
-              <w:t>DONAGHMORE - 9.30am</w:t>
+              <w:t>CHRISTMAS MASS BOUQUETS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="264D494F" w14:textId="77777777" w:rsidR="00047D9F" w:rsidRPr="00C27BF7" w:rsidRDefault="00047D9F" w:rsidP="00047D9F">
+          <w:p w14:paraId="121E8E3C" w14:textId="77777777" w:rsidR="006E06D2" w:rsidRDefault="006E06D2" w:rsidP="006E06D2">
             <w:pPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...3 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-                <w:b/>
-[...58 lines deleted...]
-                <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D3356">
+            <w:r w:rsidRPr="00AD7FF3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>CHRISTMAS CONFESSIONS &amp; MASS TIMES</w:t>
+              <w:t>Parish Christmas Mass Bouquets are now available from the Church Sacristies. All donations go towards the Sick and Retired Priests Fund in the diocese, and all Christmas masses will be offered for the intentions requested.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F405AA7" w14:textId="38D940FD" w:rsidR="00E1224F" w:rsidRPr="002D3356" w:rsidRDefault="00DA7424" w:rsidP="00E1224F">
+          <w:p w14:paraId="16CFF824" w14:textId="77777777" w:rsidR="006E06D2" w:rsidRDefault="006E06D2" w:rsidP="00DD5EBA">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-                <w:sz w:val="16"/>
-[...366 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="370C38D6" w14:textId="107F63B4" w:rsidR="00BF5EB4" w:rsidRPr="002D3356" w:rsidRDefault="00BF5EB4" w:rsidP="003261D2">
+          <w:p w14:paraId="370C38D6" w14:textId="734338DF" w:rsidR="00BF5EB4" w:rsidRPr="002D3356" w:rsidRDefault="00BF5EB4" w:rsidP="00094326">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00584C44" w:rsidRPr="00AE76D5" w14:paraId="59665E9B" w14:textId="77777777" w:rsidTr="005D60FE">
         <w:trPr>
           <w:trHeight w:val="1408"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5807" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="405606DD" w14:textId="77777777" w:rsidR="00AA38A8" w:rsidRDefault="00AA38A8" w:rsidP="00AA38A8">
+          <w:p w14:paraId="7D904DD9" w14:textId="77777777" w:rsidR="006E06D2" w:rsidRDefault="006E06D2" w:rsidP="00D407F8">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E1224F">
+          </w:p>
+          <w:p w14:paraId="4B8BEAA3" w14:textId="7BE7901B" w:rsidR="008E672F" w:rsidRPr="00D407F8" w:rsidRDefault="00D407F8" w:rsidP="00D407F8">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>CHRISTMAS MASS BOUQUETS</w:t>
-[...6 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D407F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
+              <w:t>ANNIVERSARY NOTICES</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="067C8866" w14:textId="2B5FF79C" w:rsidR="00AA38A8" w:rsidRDefault="00E1224F" w:rsidP="006E7EC5">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00D407F8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">lease note that all notices for the bulletin must include a contact number and be left at the Parochial House, Donaghmore by </w:t>
+            </w:r>
+            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9.00pm on Wednesday </w:t>
+            </w:r>
+            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>or they will not be recorded in the bulletin.</w:t>
+            </w:r>
+            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">When requesting an anniversary mass please write the </w:t>
+            </w:r>
+            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>name</w:t>
+            </w:r>
+            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of the deceased, the </w:t>
+            </w:r>
+            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>day</w:t>
+            </w:r>
+            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>date</w:t>
+            </w:r>
+            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of the anniversary, the </w:t>
+            </w:r>
+            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>chapel</w:t>
+            </w:r>
+            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and a </w:t>
+            </w:r>
+            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>contact name and number</w:t>
+            </w:r>
+            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on the </w:t>
+            </w:r>
+            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>outside</w:t>
+            </w:r>
+            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of the envelope and leave in Donaghmore Parochial House or in either sacristy.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF3B32">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="5EFEF063" w14:textId="77777777" w:rsidR="00BA30F1" w:rsidRDefault="00AA38A8" w:rsidP="00AA38A8">
+          <w:p w14:paraId="01D183DF" w14:textId="77777777" w:rsidR="00566423" w:rsidRPr="002D3356" w:rsidRDefault="00566423" w:rsidP="00566423">
             <w:pPr>
-              <w:pStyle w:val="NormalWeb"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0"/>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="1F1F1F"/>
+                <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E1224F">
+            <w:r w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="1F1F1F"/>
+                <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-              <w:t>Parish Christmas Mass Bouquets are now available from the Church Sacristies. All donations go towards the Sick and Retired Priests Fund in the diocese, and all Christmas masses will be offered for the intentions requested.</w:t>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>SACRAMENT OF BAPTISM</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2661BFD0" w14:textId="40531B8D" w:rsidR="00A16D57" w:rsidRPr="00E1224F" w:rsidRDefault="00840EDB" w:rsidP="00A16D57">
+          <w:p w14:paraId="5DBCBC74" w14:textId="77777777" w:rsidR="00566423" w:rsidRPr="002D3356" w:rsidRDefault="00566423" w:rsidP="00566423">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D3356">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Baptisms take place on a Saturday at 4.00pm.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C96A20F" w14:textId="77777777" w:rsidR="00566423" w:rsidRPr="002D3356" w:rsidRDefault="00566423" w:rsidP="00566423">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D3356">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>See below the dates available for the next few months:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29D3E3DB" w14:textId="77777777" w:rsidR="00566423" w:rsidRPr="002D3356" w:rsidRDefault="00566423" w:rsidP="00566423">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D3356">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D3356">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>rd</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D3356">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Jan – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002D3356">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Galbally</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="40D90A32" w14:textId="77777777" w:rsidR="00566423" w:rsidRPr="002D3356" w:rsidRDefault="00566423" w:rsidP="00566423">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D3356">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D3356">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D3356">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Jan – Donaghmore</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6168FE7F" w14:textId="77777777" w:rsidR="00566423" w:rsidRDefault="00566423" w:rsidP="00566423">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D3356">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D3356">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D3356">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Jan – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002D3356">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Galbally</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="13F84247" w14:textId="77777777" w:rsidR="00566423" w:rsidRPr="002D3356" w:rsidRDefault="00566423" w:rsidP="00566423">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F73B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Feb - Donaghmore</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3613661A" w14:textId="77777777" w:rsidR="00566423" w:rsidRPr="002D3356" w:rsidRDefault="00566423" w:rsidP="00566423">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D3356">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please contact the Parish Secretary during office hours to arrange a suitable date. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2841F51B" w14:textId="77777777" w:rsidR="006E06D2" w:rsidRDefault="006E06D2" w:rsidP="006E7EC5">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57330370" w14:textId="77777777" w:rsidR="00094326" w:rsidRPr="00E1224F" w:rsidRDefault="00094326" w:rsidP="00094326">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidR="00A16D57" w:rsidRPr="00E1224F">
+            <w:r w:rsidRPr="00E1224F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>RAYER FOR THE DISAPPEARED.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F085D04" w14:textId="77777777" w:rsidR="00A16D57" w:rsidRPr="00E1224F" w:rsidRDefault="00A16D57" w:rsidP="00A16D57">
+          <w:p w14:paraId="5B17D71F" w14:textId="77777777" w:rsidR="00094326" w:rsidRDefault="00094326" w:rsidP="00094326">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E1224F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>God our Father send your Holy Spirit to enlighten the minds and hearts of those people who can roll away the stone of sadness and anguish long suffered by the families of the Disappeared…</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28B227CE" w14:textId="77777777" w:rsidR="00E1224F" w:rsidRPr="00E1224F" w:rsidRDefault="00E1224F" w:rsidP="00E1224F">
+          <w:p w14:paraId="0DFD1338" w14:textId="77777777" w:rsidR="006E06D2" w:rsidRPr="00E1224F" w:rsidRDefault="006E06D2" w:rsidP="00094326">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3CA4AEA2" w14:textId="77777777" w:rsidR="00094326" w:rsidRPr="00E1224F" w:rsidRDefault="00094326" w:rsidP="00094326">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E1224F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>EXPOSITION OF THE BLESSED SACRAMENT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A7F4614" w14:textId="77777777" w:rsidR="006E7EC5" w:rsidRDefault="00E1224F" w:rsidP="006E7EC5">
+          <w:p w14:paraId="49933C2E" w14:textId="77777777" w:rsidR="00094326" w:rsidRDefault="00094326" w:rsidP="00566423">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E1224F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Exposition and Adoration of the Blessed Sacrament will continue every Tuesday. Exposition will take place after the 9.30am Mass until 5.30pm.</w:t>
+              <w:t>Exposition and Adoration of the Blessed Sacrament will continue every Tuesday. Exposition will take place after the 9.30am Mass until 5.30pm</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+            <w:r w:rsidR="00566423">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-            </w:pPr>
-[...11 lines deleted...]
-              <w:t>ANNIVERSARY NOTICES</w:t>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="067C8866" w14:textId="2B5FF79C" w:rsidR="00AA38A8" w:rsidRDefault="00E1224F" w:rsidP="006E7EC5">
-[...214 lines deleted...]
-          <w:p w14:paraId="6F17E286" w14:textId="073A720E" w:rsidR="00707D62" w:rsidRPr="008E005D" w:rsidRDefault="00707D62" w:rsidP="00FF3B32">
+          <w:p w14:paraId="6F17E286" w14:textId="104FD20F" w:rsidR="00AD7FF3" w:rsidRPr="008E005D" w:rsidRDefault="00AD7FF3" w:rsidP="00566423">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E005D">
-[...182 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5064" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="025A3315" w14:textId="77777777" w:rsidR="00584C44" w:rsidRPr="00AE76D5" w:rsidRDefault="00584C44" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="07DC69EF" w14:textId="77777777" w:rsidR="005B3247" w:rsidRDefault="005B3247" w:rsidP="005B3247">
-[...11 lines deleted...]
-    </w:p>
     <w:p w14:paraId="5BB0289C" w14:textId="77777777" w:rsidR="001112CD" w:rsidRDefault="001112CD" w:rsidP="00896F7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6379"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C82ECE6" w14:textId="68C42B69" w:rsidR="00896F7F" w:rsidRDefault="00943D7F" w:rsidP="00896F7F">
+    <w:p w14:paraId="1C82ECE6" w14:textId="2DC912F0" w:rsidR="00896F7F" w:rsidRDefault="00943D7F" w:rsidP="00896F7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6379"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D2EB7">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">ANNIVERSARIES FOR </w:t>
       </w:r>
-      <w:r w:rsidR="00785F71">
+      <w:r w:rsidR="006E06D2">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">SECOND </w:t>
+        <w:t>FO</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="006E06D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">RTH </w:t>
       </w:r>
       <w:r w:rsidR="00AC4721">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>SUNDAY OF ADVENT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42AAF28C" w14:textId="1AD0AB3C" w:rsidR="00434FC8" w:rsidRDefault="003475BA" w:rsidP="006012C9">
+    <w:p w14:paraId="42AAF28C" w14:textId="26147DA4" w:rsidR="00434FC8" w:rsidRDefault="003475BA" w:rsidP="006012C9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6379"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006012C9">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">RECENTLY </w:t>
       </w:r>
       <w:r w:rsidR="004C2B4A" w:rsidRPr="006012C9">
         <w:rPr>
@@ -4153,2622 +4069,2808 @@
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00BF1282" w:rsidRPr="006012C9">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F7665E">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00764D90">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Arthur Kelly, </w:t>
+      </w:r>
+      <w:r w:rsidR="008E0929">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Brendan </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008E0929">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Comac ,</w:t>
+      </w:r>
       <w:r w:rsidR="00610F5E">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">John Kelly, </w:t>
+        <w:t>John</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00610F5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kelly, </w:t>
       </w:r>
       <w:r w:rsidR="003E4B12">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rosaleen Cooney, </w:t>
+        <w:t>Rosaleen Cooney</w:t>
       </w:r>
-      <w:r w:rsidR="006975F2">
+      <w:r w:rsidR="00CF4B4B">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Winn</w:t>
-[...44 lines deleted...]
-        <w:t>,</w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="052103CE" w14:textId="7410C776" w:rsidR="0064435C" w:rsidRPr="006012C9" w:rsidRDefault="00F82D60" w:rsidP="006012C9">
+    <w:p w14:paraId="2C770F54" w14:textId="77777777" w:rsidR="00CF4B4B" w:rsidRDefault="00CF4B4B" w:rsidP="006012C9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6379"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...52 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10485" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2547"/>
         <w:gridCol w:w="7938"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C46DAF" w:rsidRPr="006012C9" w14:paraId="413B35D6" w14:textId="77777777" w:rsidTr="00492EFC">
+      <w:tr w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w14:paraId="413B35D6" w14:textId="77777777" w:rsidTr="00492EFC">
         <w:trPr>
           <w:trHeight w:val="471"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4FD310DE" w14:textId="11C6CA6C" w:rsidR="00C46DAF" w:rsidRPr="006012C9" w:rsidRDefault="00C46DAF" w:rsidP="00C46DAF">
+          <w:p w14:paraId="4FD310DE" w14:textId="1F36ABDE" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006012C9">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SATURDAY </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> Dec</w:t>
+              <w:t>20th Dec</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C29264B" w14:textId="77777777" w:rsidR="00C46DAF" w:rsidRDefault="00C46DAF" w:rsidP="00C46DAF">
+          <w:p w14:paraId="44E1C8B4" w14:textId="621B02B9" w:rsidR="00CF4B4B" w:rsidRPr="000B3845" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">PAULINE MC KILLION (MM 6pm DONAGHMORE), EAMON MC NALLY &amp; </w:t>
+              <w:t xml:space="preserve">KATHLEEN MC </w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>MAHON  MARGARET</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>DECEASED FAMILY MEMBERS</w:t>
+              <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
-            <w:r w:rsidR="00BF1118">
+            <w:r w:rsidRPr="000B3845">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OF THE MC NALLY FAMILY.</w:t>
+              <w:t>JOHN MC ELKEARNY</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="24DD8CC4" w14:textId="706EA132" w:rsidR="00CF4B4B" w:rsidRPr="000B3845" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B3845">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>FRANCIS, PETER &amp; MOLLY MULGREW</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED1A71">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, PETER JAMES HAMILL.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F3AE39F" w14:textId="0F6C32B3" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46DAF" w:rsidRPr="006012C9" w14:paraId="5642B060" w14:textId="77777777" w:rsidTr="00F7665E">
+      <w:tr w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w14:paraId="5642B060" w14:textId="77777777" w:rsidTr="00F7665E">
         <w:trPr>
           <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="178D1BF3" w14:textId="2414E68D" w:rsidR="00C46DAF" w:rsidRPr="006012C9" w:rsidRDefault="00C46DAF" w:rsidP="00C46DAF">
+          <w:p w14:paraId="178D1BF3" w14:textId="3016A79D" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006012C9">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SUNDAY </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> Dec</w:t>
+              <w:t>21st Dec</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A4474F1" w14:textId="77777777" w:rsidR="00C46DAF" w:rsidRDefault="00C46DAF" w:rsidP="00C46DAF">
+          <w:p w14:paraId="1BB27567" w14:textId="77777777" w:rsidR="005E4797" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">DECEASED MEMBERS OF GALBALLY PEARSES, JOHN Mc QUAID, </w:t>
+              <w:t>JEAN MC GEARY (1</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="00D06A07">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-            </w:pPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>AGNES RAFFERTY, MICHAEL, SARAH &amp; MARIAN MURPHY</w:t>
+              <w:t xml:space="preserve"> Ann D’MORE 11am),</w:t>
             </w:r>
-            <w:r w:rsidR="00BF1118">
+          </w:p>
+          <w:p w14:paraId="719F8335" w14:textId="71FDE83C" w:rsidR="00CF4B4B" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>, FRANK MC GURK</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C5571D">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
+              <w:t xml:space="preserve"> PATRICK REGAN, PEADAR DONNELLY, PHILOMENA &amp; ELIZABETH GIRVAN</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidR="005E4797">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F7986D0" w14:textId="77777777" w:rsidR="00CF4B4B" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>PADDY &amp; MARGARET COMAC.</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NUGENT FAMILY (ALTAGLUSHAN) – SUSAN, JOHN, PATRICK, MARY, JOSEPH,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F1562D0" w14:textId="3717E966" w:rsidR="006F54EC" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>FRANCIS, NOEL &amp; FIDELMA</w:t>
+            </w:r>
+            <w:r w:rsidR="006F54EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="003413B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3163A1CB" w14:textId="7F5616D8" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="003413B8" w:rsidP="00AB622C">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>JOHNNY COMAC</w:t>
+            </w:r>
+            <w:r w:rsidR="00283BE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, PAUL HOLLAND,</w:t>
+            </w:r>
+            <w:r w:rsidR="00342B0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E4797">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>JAMES NUGENT, DINNY O’NEILL</w:t>
+            </w:r>
+            <w:r w:rsidR="006F54EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46DAF" w:rsidRPr="006012C9" w14:paraId="75B21741" w14:textId="77777777" w:rsidTr="00492EFC">
+      <w:tr w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w14:paraId="75B21741" w14:textId="77777777" w:rsidTr="00492EFC">
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57754597" w14:textId="40BDE590" w:rsidR="00C46DAF" w:rsidRPr="006012C9" w:rsidRDefault="00C46DAF" w:rsidP="00C46DAF">
+          <w:p w14:paraId="57754597" w14:textId="614A09EE" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>MONDAY 8</w:t>
+              <w:t>MONDAY 22nd</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C10C3B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>st</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Dec</w:t>
+              <w:t>Dec</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48FB8F37" w14:textId="00DA4143" w:rsidR="00C46DAF" w:rsidRPr="006012C9" w:rsidRDefault="001F2ACB" w:rsidP="00C46DAF">
+          <w:p w14:paraId="48FB8F37" w14:textId="66794891" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46DAF" w:rsidRPr="006012C9" w14:paraId="21AD835D" w14:textId="77777777" w:rsidTr="00492EFC">
+      <w:tr w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w14:paraId="21AD835D" w14:textId="77777777" w:rsidTr="00492EFC">
         <w:trPr>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C33167E" w14:textId="7731B465" w:rsidR="00C46DAF" w:rsidRPr="006012C9" w:rsidRDefault="00C46DAF" w:rsidP="00C46DAF">
+          <w:p w14:paraId="4C33167E" w14:textId="15B2A011" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>TUESDAY 9</w:t>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> Dec</w:t>
+              <w:t>TUESDAY 23rd Dec</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5EF2BF9B" w14:textId="072CD67A" w:rsidR="00C46DAF" w:rsidRPr="006012C9" w:rsidRDefault="00C46DAF" w:rsidP="00C46DAF">
+          <w:p w14:paraId="5EF2BF9B" w14:textId="708C4CB0" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00AB622C" w:rsidP="00CF4B4B">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ROSALEEN LANDI</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46DAF" w:rsidRPr="006012C9" w14:paraId="198F5065" w14:textId="77777777" w:rsidTr="00492EFC">
+      <w:tr w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w14:paraId="198F5065" w14:textId="77777777" w:rsidTr="00492EFC">
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18954966" w14:textId="1CF3A8E2" w:rsidR="00C46DAF" w:rsidRPr="006012C9" w:rsidRDefault="00C46DAF" w:rsidP="00C46DAF">
+          <w:p w14:paraId="18954966" w14:textId="0E16C456" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>WEDNESDAY 10thDec</w:t>
+              <w:t>WEDNESDAY 24thDec</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="322D93E4" w14:textId="0010354C" w:rsidR="00C46DAF" w:rsidRPr="006012C9" w:rsidRDefault="002E7844" w:rsidP="00C46DAF">
+          <w:p w14:paraId="322D93E4" w14:textId="3CB78C2C" w:rsidR="006E495C" w:rsidRPr="006012C9" w:rsidRDefault="00AB622C" w:rsidP="004C36FD">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>PAUL FORKER</w:t>
+              <w:t>PADDY &amp; EILEEN SKEFFINGTON</w:t>
+            </w:r>
+            <w:r w:rsidR="006E495C">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, BRIDIE MC CRORY, DERMOT KELLY</w:t>
+            </w:r>
+            <w:r w:rsidR="004C36FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46DAF" w:rsidRPr="006012C9" w14:paraId="7386E421" w14:textId="77777777" w:rsidTr="00492EFC">
+      <w:tr w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w14:paraId="7386E421" w14:textId="77777777" w:rsidTr="00492EFC">
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A0BFFDF" w14:textId="65B9231C" w:rsidR="00C46DAF" w:rsidRPr="006012C9" w:rsidRDefault="00C46DAF" w:rsidP="00C46DAF">
+          <w:p w14:paraId="2A0BFFDF" w14:textId="7D7632D5" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>THURSDAY 11th Dec</w:t>
+              <w:t>THURSDAY 25th Dec</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2963C4F0" w14:textId="601342CB" w:rsidR="00C46DAF" w:rsidRPr="006012C9" w:rsidRDefault="00C46DAF" w:rsidP="00C46DAF">
+          <w:p w14:paraId="57DA6E7D" w14:textId="77777777" w:rsidR="00EC0951" w:rsidRDefault="006E495C" w:rsidP="00CF4B4B">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>IMELDA QUINN, PATSY GALLAGHER, BERNARD &amp; CATHERINE MORRI</w:t>
+            </w:r>
+            <w:r w:rsidR="004C36FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>S,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2963C4F0" w14:textId="36C81A56" w:rsidR="00273EB8" w:rsidRPr="006012C9" w:rsidRDefault="00273EB8" w:rsidP="00EC0951">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> DELIA, JOHN JOE &amp; SEAN MC KANE</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC0951">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="007121E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TERESA HUGHES.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46DAF" w:rsidRPr="006012C9" w14:paraId="64A82397" w14:textId="77777777" w:rsidTr="00492EFC">
+      <w:tr w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w14:paraId="64A82397" w14:textId="77777777" w:rsidTr="00492EFC">
         <w:trPr>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18EAC7FE" w14:textId="6021C2D6" w:rsidR="00C46DAF" w:rsidRPr="006012C9" w:rsidRDefault="00C46DAF" w:rsidP="00C46DAF">
+          <w:p w14:paraId="18EAC7FE" w14:textId="5DEE3AF5" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>FRIDAY 12th Dec</w:t>
+              <w:t>FRIDAY 26th Dec</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4230291F" w14:textId="4671F0BF" w:rsidR="00976382" w:rsidRDefault="008108D3" w:rsidP="00C46DAF">
+          <w:p w14:paraId="02071473" w14:textId="4ACE3F48" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...82 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46DAF" w:rsidRPr="006012C9" w14:paraId="523901CA" w14:textId="77777777" w:rsidTr="00492EFC">
+      <w:tr w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w14:paraId="523901CA" w14:textId="77777777" w:rsidTr="00492EFC">
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="216A5152" w14:textId="3A02A600" w:rsidR="00C46DAF" w:rsidRPr="006012C9" w:rsidRDefault="00C46DAF" w:rsidP="00C46DAF">
+          <w:p w14:paraId="216A5152" w14:textId="4248DDA7" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006012C9">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SATURDAY </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>13th Dec</w:t>
+              <w:t>27th Dec</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06BE6BC4" w14:textId="20E177BA" w:rsidR="00C46DAF" w:rsidRPr="006012C9" w:rsidRDefault="00C46DAF" w:rsidP="00C46DAF">
+          <w:p w14:paraId="68FCD35A" w14:textId="22BF988C" w:rsidR="00EC0951" w:rsidRDefault="00352D0C" w:rsidP="00CF4B4B">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ROSALEEN COONEY (MM D’MORE 6pm) </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF4B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>BREDA O’KAN</w:t>
+            </w:r>
+            <w:r w:rsidR="007610ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E,                                </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06BE6BC4" w14:textId="66D39ED9" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="007121E8" w:rsidP="00CF4B4B">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007610ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GREGORY, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>BRIDGET &amp; PETER MULLEN.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46DAF" w:rsidRPr="006012C9" w14:paraId="0D9B3F99" w14:textId="77777777" w:rsidTr="00492EFC">
+      <w:tr w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w14:paraId="0D9B3F99" w14:textId="77777777" w:rsidTr="00492EFC">
         <w:trPr>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70067613" w14:textId="28857E3B" w:rsidR="00C46DAF" w:rsidRPr="006012C9" w:rsidRDefault="00C46DAF" w:rsidP="00C46DAF">
+          <w:p w14:paraId="70067613" w14:textId="679BD7F1" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006012C9">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SUNDAY </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>14</w:t>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> Dec</w:t>
+              <w:t>28th Dec</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42ECB2FC" w14:textId="00C0F3FF" w:rsidR="00C46DAF" w:rsidRPr="006012C9" w:rsidRDefault="006E3EC4" w:rsidP="00C46DAF">
+          <w:p w14:paraId="7EB63F3A" w14:textId="68C754B1" w:rsidR="00CF4B4B" w:rsidRDefault="007121E8" w:rsidP="00CF4B4B">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">WINNIE COMAC </w:t>
+              <w:t>GRETT</w:t>
             </w:r>
-            <w:r w:rsidR="00BE71E2">
+            <w:r w:rsidR="00CE6936">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(MM D’MORE 11am), MARY MULLAN</w:t>
+              <w:t>A MAGUIRE (1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE6936" w:rsidRPr="00CE6936">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE6936">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ann </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CE6936">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Galbally</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CE6936">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00841155">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10am), K</w:t>
+            </w:r>
+            <w:r w:rsidR="005D0CC6">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>EVIN</w:t>
+            </w:r>
+            <w:r w:rsidR="00841155">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; ANNIE TONER</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF1459">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42ECB2FC" w14:textId="371082A0" w:rsidR="00BF1459" w:rsidRPr="006012C9" w:rsidRDefault="00BF1459" w:rsidP="00CF4B4B">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>JOHN O’NEILL.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w14:paraId="6F9253AF" w14:textId="6B6E2474" w:rsidTr="001474B1">
+        <w:trPr>
+          <w:trHeight w:val="229"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F4B874C" w14:textId="2A3695D7" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MONDAY 29th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dec</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7938" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B795D77" w14:textId="513A650D" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00BF1459" w:rsidP="00CF4B4B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>KEVIN MC GEE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w14:paraId="593B61C4" w14:textId="7A038AA6" w:rsidTr="001474B1">
+        <w:trPr>
+          <w:trHeight w:val="242"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BA1620D" w14:textId="19D3DE53" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TUESDAY 30th Dec</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7938" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74EAFC36" w14:textId="44A2C548" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00BF1459" w:rsidP="00CF4B4B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ANNA GATT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w14:paraId="0405EAF0" w14:textId="75DA91D5" w:rsidTr="001474B1">
+        <w:trPr>
+          <w:trHeight w:val="229"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56227C43" w14:textId="5DAB7061" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>WEDNESDAY 31stDec</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7938" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D19A013" w14:textId="77777777" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w14:paraId="51E122A5" w14:textId="3B1ED0F2" w:rsidTr="001474B1">
+        <w:trPr>
+          <w:trHeight w:val="229"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7212AF6F" w14:textId="20B29606" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>THURSDAY 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF4B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Jan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7938" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="284297CD" w14:textId="0DF65D96" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00BF1459" w:rsidP="00CF4B4B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MARY MC QUAID</w:t>
+            </w:r>
+            <w:r w:rsidR="00C1384D">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="007707D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>JUSTIN MULLAN, PA</w:t>
+            </w:r>
+            <w:r w:rsidR="003E227B">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="007707D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>KIE RAFFERTY &amp; DECEASED MEMBERS OF THE RAFFERTY FAMILY</w:t>
+            </w:r>
+            <w:r w:rsidR="00B87ED2">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, ANNE MC GORMAN.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w14:paraId="6997E24B" w14:textId="1DC65CAE" w:rsidTr="001474B1">
+        <w:trPr>
+          <w:trHeight w:val="242"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44FAEE61" w14:textId="625AD9E3" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>FRIDAY 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF4B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>nd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Jan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7938" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DDE4471" w14:textId="77777777" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w14:paraId="2F12A221" w14:textId="32F49CF6" w:rsidTr="001474B1">
+        <w:trPr>
+          <w:trHeight w:val="229"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02D13609" w14:textId="4FA059C1" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006012C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SATURDAY </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF4B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>rd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Jan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7938" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D365125" w14:textId="1136A122" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w14:paraId="296B256B" w14:textId="57D3F918" w:rsidTr="001474B1">
+        <w:trPr>
+          <w:trHeight w:val="242"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78E2A1EE" w14:textId="6617590A" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006012C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SUNDAY </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF4B4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Jan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7938" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A07E2E9" w14:textId="6130D182" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00BF1459" w:rsidP="00CF4B4B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PATSY MC NULTY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0442BAB2" w14:textId="3C8FF403" w:rsidR="00D401EE" w:rsidRPr="00A67E65" w:rsidRDefault="00D401EE" w:rsidP="00976695">
+    <w:p w14:paraId="54AB3646" w14:textId="792E1E23" w:rsidR="006C37B4" w:rsidRPr="00372F58" w:rsidRDefault="00FB6830" w:rsidP="001D0D6D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A67E65">
+      <w:r w:rsidRPr="00372F58">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">BLESSED PATRICK O’LOUGHRAN PRIMARY SCHOOL </w:t>
-[...9 lines deleted...]
-        <w:t>OPEN DAY</w:t>
+        <w:t>CHRISTMAS THANK-YOU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73B6804E" w14:textId="3E6A4B4B" w:rsidR="00976695" w:rsidRPr="00741CE9" w:rsidRDefault="00976695" w:rsidP="00976695">
+    <w:p w14:paraId="596F3396" w14:textId="0658F040" w:rsidR="006C37B4" w:rsidRDefault="00FB6830" w:rsidP="00FB6830">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:bCs/>
+          <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00741CE9">
-[...62 lines deleted...]
-      <w:r w:rsidR="0064115A" w:rsidRPr="00741CE9">
+      <w:r w:rsidRPr="00372F58">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Friday 19</w:t>
+        <w:t>Father Slater would like to</w:t>
       </w:r>
-      <w:r w:rsidR="0064115A" w:rsidRPr="00741CE9">
-[...9 lines deleted...]
-      <w:r w:rsidR="0064115A" w:rsidRPr="00741CE9">
+      <w:r w:rsidR="00AA4C24" w:rsidRPr="00372F58">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> December 2025</w:t>
+        <w:t xml:space="preserve"> extend a special thanks to </w:t>
       </w:r>
-      <w:r w:rsidR="00F35754" w:rsidRPr="00741CE9">
+      <w:r w:rsidRPr="00372F58">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>@ 2</w:t>
+        <w:t xml:space="preserve">all parishioners in the </w:t>
       </w:r>
-      <w:r w:rsidR="0064115A" w:rsidRPr="00741CE9">
+      <w:r w:rsidR="00B26FD4" w:rsidRPr="00372F58">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>pm – 4pm</w:t>
+        <w:t>parish who</w:t>
       </w:r>
-      <w:r w:rsidR="00066938" w:rsidRPr="00741CE9">
+      <w:r w:rsidR="00AA4C24" w:rsidRPr="00372F58">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:bCs/>
+          <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>. For further information please contact the school on 028 87767311</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00654284" w:rsidRPr="00372F58">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>welcomed</w:t>
+      </w:r>
+      <w:r w:rsidR="00B151BF" w:rsidRPr="00372F58">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> him with kindness, warmth &amp; generosity over the past year. </w:t>
+      </w:r>
+      <w:r w:rsidR="00534A2B" w:rsidRPr="00372F58">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">He wishes everyone </w:t>
+      </w:r>
+      <w:r w:rsidR="00654284" w:rsidRPr="00372F58">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the parish a </w:t>
+      </w:r>
+      <w:r w:rsidR="00082B0E" w:rsidRPr="00372F58">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">happy </w:t>
+      </w:r>
+      <w:r w:rsidR="00534A2B" w:rsidRPr="00372F58">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Christmas and a </w:t>
+      </w:r>
+      <w:r w:rsidR="00654284" w:rsidRPr="00372F58">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">peaceful and safe </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00654284" w:rsidRPr="00372F58">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00B26FD4" w:rsidRPr="00372F58">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00372F58" w:rsidRPr="00372F58">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="347BFC49" w14:textId="61FA2532" w:rsidR="001D0D6D" w:rsidRPr="00A67E65" w:rsidRDefault="00714CA6" w:rsidP="001D0D6D">
+    <w:p w14:paraId="22AF3D6C" w14:textId="77777777" w:rsidR="00372F58" w:rsidRPr="00372F58" w:rsidRDefault="00372F58" w:rsidP="00FB6830">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45FB8D02" w14:textId="1A1AF110" w:rsidR="001679AC" w:rsidRDefault="001F559E" w:rsidP="001D0D6D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:b/>
+          <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F559E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A67E65">
+        <w:t>A Christmas Blessing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F559E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t> </w:t>
-[...9 lines deleted...]
-        <w:t>GALBALLY COMMUNITY CENTRE</w:t>
+        <w:br/>
+        <w:t>By Malachi Cush</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="170B8E1F" w14:textId="77777777" w:rsidR="00F06842" w:rsidRPr="00A67E65" w:rsidRDefault="00F06842" w:rsidP="00F06842">
-[...1066 lines deleted...]
-    <w:p w14:paraId="4D79EE49" w14:textId="637D7E92" w:rsidR="0008697B" w:rsidRPr="00057A60" w:rsidRDefault="00A04994" w:rsidP="0008697B">
+    <w:p w14:paraId="7F3EF91C" w14:textId="7463C1C4" w:rsidR="00CF4B4B" w:rsidRPr="00AE6BAE" w:rsidRDefault="002170EE" w:rsidP="001D0D6D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-[...6 lines deleted...]
-          <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="16"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t>PIARSAIGH AN GHALLBHAILE</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="002170EE">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C068E8B" wp14:editId="300FA721">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>4777740</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>10160</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1618615" cy="1537970"/>
+            <wp:effectExtent l="0" t="0" r="635" b="5080"/>
+            <wp:wrapNone/>
+            <wp:docPr id="1637443328" name="Picture 10" descr="A holly berry and pine branch&#10;&#10;AI-generated content may be incorrect.">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC89CC02-4592-4876-59C6-64ED4A31F297}"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="11" name="Picture 10" descr="A holly berry and pine branch&#10;&#10;AI-generated content may be incorrect.">
+                      <a:extLst>
+                        <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                          <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC89CC02-4592-4876-59C6-64ED4A31F297}"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                        <a:ext uri="{837473B0-CC2E-450A-ABE3-18F120FF3D39}">
+                          <a1611:picAttrSrcUrl xmlns:a1611="http://schemas.microsoft.com/office/drawing/2016/11/main" r:id="rId11"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1618615" cy="1537970"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="002170EE">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21DE91C1" wp14:editId="5AC0C269">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>137160</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>52705</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1618615" cy="1537970"/>
+            <wp:effectExtent l="0" t="0" r="635" b="5080"/>
+            <wp:wrapNone/>
+            <wp:docPr id="11" name="Picture 10" descr="A holly berry and pine branch&#10;&#10;AI-generated content may be incorrect.">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC89CC02-4592-4876-59C6-64ED4A31F297}"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="11" name="Picture 10" descr="A holly berry and pine branch&#10;&#10;AI-generated content may be incorrect.">
+                      <a:extLst>
+                        <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                          <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC89CC02-4592-4876-59C6-64ED4A31F297}"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                        <a:ext uri="{837473B0-CC2E-450A-ABE3-18F120FF3D39}">
+                          <a1611:picAttrSrcUrl xmlns:a1611="http://schemas.microsoft.com/office/drawing/2016/11/main" r:id="rId11"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1618615" cy="1537970"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="001F559E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-[...31 lines deleted...]
-          <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Sunday 7</w:t>
+        <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00057A60">
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:b/>
           <w:bCs/>
-          <w:sz w:val="16"/>
-[...1 lines deleted...]
-          <w:vertAlign w:val="superscript"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t>th</w:t>
+        <w:t>Beneath the stillness of the Bethlehem sky,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00057A60">
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:b/>
           <w:bCs/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t> December at 6.30pm</w:t>
+        <w:br/>
+        <w:t>Where the star’s light pierced the ancient night,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00057A60">
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t> in the Mc Caughey Suite- </w:t>
+        <w:br/>
+        <w:t>Hope was born, fragile and small,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00057A60">
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:b/>
           <w:bCs/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t>Biongó Teaghlaigh na Nollag </w:t>
+        <w:br/>
+        <w:t>A child cradled in a manger,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00057A60">
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t>(Christmas Bilingual Family Bingo)</w:t>
+        <w:br/>
+        <w:t>Yet carrying the weight of the world.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>In this precious evening,</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>We remember how Christ, the Light of the world,</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Chose simplicity and poverty,</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Walking the paths of joy and love and</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Of sorrow and loss</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>To be Emmanuel, God with us.</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Let this season remind us:</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>That the Light that shone in Bethlehem</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Can still burn within our hearts.</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>That the Savio</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD42FD" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>r who shared our suffering</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Holds our joys and sorrows alike,</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>In Him, we are never alone.</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>As we think upon that sweetest of nights when the infant Christ shone from a manger</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">May the thought draw us nearer to </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD4D51" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>his</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> love.</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>May it remind us of those we hold dear,</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Both near and far,</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">And those whom we love so much, who are with him, in his arms in </w:t>
+      </w:r>
+      <w:r w:rsidR="00665922" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>aradise.</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>For those we miss whose laughter and presence we yearn for,</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Are alive in this moment</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>And they ARE here with us</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>In every prayer, in every song, in every thought of God whom they are with</w:t>
+      </w:r>
+      <w:r w:rsidR="00665922" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>May Christ, who brought heaven to earth,</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Bring peace to your soul,</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Joy to your days,</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>And hope for all our tomorrows.</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>And may His light guide you,</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>As it guided the shepherds and kings, and all those whom we have loved</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>To the light of His eternal love</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="194EFED3" w14:textId="77777777" w:rsidR="0008697B" w:rsidRPr="00057A60" w:rsidRDefault="0008697B" w:rsidP="00A04994">
-[...103 lines deleted...]
-    <w:sectPr w:rsidR="0008697B" w:rsidRPr="00A67E65" w:rsidSect="0028718E">
+    <w:sectPr w:rsidR="00CF4B4B" w:rsidRPr="00AE6BAE" w:rsidSect="00AB4905">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="425" w:right="680" w:bottom="567" w:left="680" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="155"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7F9972C1" w14:textId="77777777" w:rsidR="00077093" w:rsidRDefault="00077093">
+    <w:p w14:paraId="6443D2DA" w14:textId="77777777" w:rsidR="00335865" w:rsidRDefault="00335865">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="37BE41A8" w14:textId="77777777" w:rsidR="00077093" w:rsidRDefault="00077093">
+    <w:p w14:paraId="36CD305D" w14:textId="77777777" w:rsidR="00335865" w:rsidRDefault="00335865">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -6865,87 +6967,80 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Handwriting">
     <w:panose1 w:val="03010101010101010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria Math">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="08769EF3" w14:textId="77777777" w:rsidR="00077093" w:rsidRDefault="00077093">
+    <w:p w14:paraId="66B08373" w14:textId="77777777" w:rsidR="00335865" w:rsidRDefault="00335865">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="61A9C2AE" w14:textId="77777777" w:rsidR="00077093" w:rsidRDefault="00077093">
+    <w:p w14:paraId="1D9A3740" w14:textId="77777777" w:rsidR="00335865" w:rsidRDefault="00335865">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00A726C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD8A511E"/>
     <w:lvl w:ilvl="0" w:tplc="75F6F9F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -7893,50 +7988,51 @@
   <w:num w:numId="4" w16cid:durableId="364452597">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1303197225">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2017069106">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1617518782">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2082172848">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="729500851">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF17BD"/>
@@ -7966,557 +8062,599 @@
     <w:rsid w:val="00025946"/>
     <w:rsid w:val="00025F13"/>
     <w:rsid w:val="000269A5"/>
     <w:rsid w:val="00026CBE"/>
     <w:rsid w:val="00026F7D"/>
     <w:rsid w:val="00027594"/>
     <w:rsid w:val="00027B78"/>
     <w:rsid w:val="0003015F"/>
     <w:rsid w:val="00030F99"/>
     <w:rsid w:val="000312FE"/>
     <w:rsid w:val="00031FC9"/>
     <w:rsid w:val="0003227F"/>
     <w:rsid w:val="0003488E"/>
     <w:rsid w:val="00035045"/>
     <w:rsid w:val="00035181"/>
     <w:rsid w:val="0004099D"/>
     <w:rsid w:val="000423BD"/>
     <w:rsid w:val="00043137"/>
     <w:rsid w:val="000444FB"/>
     <w:rsid w:val="000445E7"/>
     <w:rsid w:val="00044DAD"/>
     <w:rsid w:val="00046333"/>
     <w:rsid w:val="00047C34"/>
     <w:rsid w:val="00047D9F"/>
     <w:rsid w:val="000507E7"/>
+    <w:rsid w:val="00052D7F"/>
     <w:rsid w:val="00052E69"/>
     <w:rsid w:val="00053310"/>
     <w:rsid w:val="000553A2"/>
     <w:rsid w:val="0005550C"/>
     <w:rsid w:val="000559D1"/>
     <w:rsid w:val="00055B95"/>
     <w:rsid w:val="00056162"/>
     <w:rsid w:val="00056255"/>
     <w:rsid w:val="00056D2E"/>
     <w:rsid w:val="000575C3"/>
     <w:rsid w:val="00057D95"/>
     <w:rsid w:val="0006036E"/>
     <w:rsid w:val="00061DF2"/>
+    <w:rsid w:val="00062125"/>
     <w:rsid w:val="00062EC9"/>
     <w:rsid w:val="0006659A"/>
     <w:rsid w:val="00066938"/>
     <w:rsid w:val="00070B72"/>
     <w:rsid w:val="00070F19"/>
     <w:rsid w:val="000716C2"/>
     <w:rsid w:val="000728A1"/>
     <w:rsid w:val="00072C2D"/>
     <w:rsid w:val="00074BCD"/>
     <w:rsid w:val="00075A4B"/>
     <w:rsid w:val="00076123"/>
     <w:rsid w:val="00077093"/>
     <w:rsid w:val="000819EF"/>
     <w:rsid w:val="00081A29"/>
+    <w:rsid w:val="00082B0E"/>
     <w:rsid w:val="00086594"/>
     <w:rsid w:val="0008697B"/>
     <w:rsid w:val="00091928"/>
     <w:rsid w:val="000929E8"/>
     <w:rsid w:val="00093C25"/>
     <w:rsid w:val="00093CDB"/>
     <w:rsid w:val="000941AF"/>
     <w:rsid w:val="00094211"/>
+    <w:rsid w:val="00094326"/>
     <w:rsid w:val="00096919"/>
     <w:rsid w:val="00097015"/>
     <w:rsid w:val="00097D0E"/>
     <w:rsid w:val="000A0E66"/>
     <w:rsid w:val="000A1392"/>
     <w:rsid w:val="000A22E8"/>
     <w:rsid w:val="000A254B"/>
     <w:rsid w:val="000A2D04"/>
     <w:rsid w:val="000A3074"/>
     <w:rsid w:val="000A3D1F"/>
+    <w:rsid w:val="000A4285"/>
     <w:rsid w:val="000A4613"/>
     <w:rsid w:val="000A47D9"/>
     <w:rsid w:val="000A4AC0"/>
     <w:rsid w:val="000A50CB"/>
     <w:rsid w:val="000A646E"/>
     <w:rsid w:val="000A733F"/>
+    <w:rsid w:val="000A7DD2"/>
     <w:rsid w:val="000B2456"/>
     <w:rsid w:val="000B24C8"/>
     <w:rsid w:val="000B325E"/>
+    <w:rsid w:val="000B3845"/>
     <w:rsid w:val="000B42D6"/>
     <w:rsid w:val="000B4384"/>
     <w:rsid w:val="000B4796"/>
     <w:rsid w:val="000B5AE3"/>
     <w:rsid w:val="000B6E2D"/>
     <w:rsid w:val="000B75A4"/>
     <w:rsid w:val="000C2374"/>
     <w:rsid w:val="000C30FD"/>
     <w:rsid w:val="000C4645"/>
     <w:rsid w:val="000C4952"/>
     <w:rsid w:val="000C5CDC"/>
     <w:rsid w:val="000C6737"/>
     <w:rsid w:val="000D0160"/>
     <w:rsid w:val="000D1277"/>
     <w:rsid w:val="000D1E54"/>
     <w:rsid w:val="000D2103"/>
     <w:rsid w:val="000D2FBE"/>
     <w:rsid w:val="000D3BF2"/>
     <w:rsid w:val="000D3CA2"/>
     <w:rsid w:val="000D43A8"/>
+    <w:rsid w:val="000D722C"/>
     <w:rsid w:val="000D73D2"/>
     <w:rsid w:val="000D76B6"/>
     <w:rsid w:val="000D7FE2"/>
     <w:rsid w:val="000E0202"/>
     <w:rsid w:val="000E074E"/>
     <w:rsid w:val="000E1C31"/>
     <w:rsid w:val="000E2171"/>
     <w:rsid w:val="000E2A99"/>
     <w:rsid w:val="000E2F0A"/>
     <w:rsid w:val="000E4C28"/>
     <w:rsid w:val="000E6DF4"/>
     <w:rsid w:val="000E6E6F"/>
     <w:rsid w:val="000E73DB"/>
     <w:rsid w:val="000F0034"/>
     <w:rsid w:val="000F022B"/>
     <w:rsid w:val="000F0300"/>
     <w:rsid w:val="000F08A0"/>
     <w:rsid w:val="000F19CD"/>
     <w:rsid w:val="000F3449"/>
     <w:rsid w:val="000F4500"/>
     <w:rsid w:val="000F5343"/>
     <w:rsid w:val="000F59AC"/>
     <w:rsid w:val="00101553"/>
     <w:rsid w:val="00101A76"/>
     <w:rsid w:val="00101B18"/>
     <w:rsid w:val="001026CF"/>
     <w:rsid w:val="0010378B"/>
     <w:rsid w:val="00104437"/>
     <w:rsid w:val="00104457"/>
     <w:rsid w:val="00104757"/>
     <w:rsid w:val="00104F0F"/>
     <w:rsid w:val="0010614D"/>
+    <w:rsid w:val="00106FEA"/>
+    <w:rsid w:val="0010708C"/>
     <w:rsid w:val="001077FC"/>
     <w:rsid w:val="00110780"/>
     <w:rsid w:val="001112CD"/>
     <w:rsid w:val="00111853"/>
     <w:rsid w:val="00111AA9"/>
     <w:rsid w:val="00112AF7"/>
     <w:rsid w:val="00112F57"/>
     <w:rsid w:val="00113BDD"/>
     <w:rsid w:val="00114046"/>
     <w:rsid w:val="0011432A"/>
     <w:rsid w:val="00115CF8"/>
+    <w:rsid w:val="00116B31"/>
     <w:rsid w:val="001179B2"/>
     <w:rsid w:val="001201FB"/>
     <w:rsid w:val="001207B5"/>
     <w:rsid w:val="0012321D"/>
     <w:rsid w:val="00124736"/>
     <w:rsid w:val="001247F4"/>
     <w:rsid w:val="00124DF6"/>
+    <w:rsid w:val="00126551"/>
     <w:rsid w:val="001265F9"/>
     <w:rsid w:val="0012666E"/>
     <w:rsid w:val="00126D41"/>
     <w:rsid w:val="00126D49"/>
     <w:rsid w:val="001322F1"/>
     <w:rsid w:val="001323E0"/>
     <w:rsid w:val="0013261B"/>
     <w:rsid w:val="00134372"/>
     <w:rsid w:val="00135DA4"/>
     <w:rsid w:val="00136B07"/>
     <w:rsid w:val="00137432"/>
     <w:rsid w:val="001376D4"/>
     <w:rsid w:val="00137742"/>
     <w:rsid w:val="001378E2"/>
     <w:rsid w:val="00140FA2"/>
     <w:rsid w:val="0014372F"/>
     <w:rsid w:val="00144113"/>
     <w:rsid w:val="00144DD9"/>
     <w:rsid w:val="00145882"/>
     <w:rsid w:val="00146704"/>
     <w:rsid w:val="0014750C"/>
     <w:rsid w:val="001477A3"/>
     <w:rsid w:val="001507BA"/>
     <w:rsid w:val="0015084C"/>
     <w:rsid w:val="00151DD0"/>
     <w:rsid w:val="00151FA7"/>
     <w:rsid w:val="00152AE8"/>
     <w:rsid w:val="00152CA0"/>
     <w:rsid w:val="00154741"/>
     <w:rsid w:val="001548F3"/>
     <w:rsid w:val="00155C2A"/>
     <w:rsid w:val="00155CEF"/>
     <w:rsid w:val="00157566"/>
     <w:rsid w:val="00157A60"/>
     <w:rsid w:val="00157B7D"/>
     <w:rsid w:val="001608FA"/>
     <w:rsid w:val="001616F6"/>
     <w:rsid w:val="001640FA"/>
     <w:rsid w:val="001642C4"/>
     <w:rsid w:val="0016468A"/>
     <w:rsid w:val="001646C8"/>
     <w:rsid w:val="001662C7"/>
     <w:rsid w:val="001669F9"/>
+    <w:rsid w:val="00166D24"/>
+    <w:rsid w:val="001679AC"/>
     <w:rsid w:val="00171844"/>
     <w:rsid w:val="00172A82"/>
+    <w:rsid w:val="0017346F"/>
     <w:rsid w:val="0017478A"/>
     <w:rsid w:val="00176D19"/>
     <w:rsid w:val="0018074C"/>
     <w:rsid w:val="00180851"/>
     <w:rsid w:val="00182332"/>
     <w:rsid w:val="00182F78"/>
     <w:rsid w:val="001838D8"/>
     <w:rsid w:val="00185096"/>
     <w:rsid w:val="00186B1F"/>
     <w:rsid w:val="00186DB5"/>
     <w:rsid w:val="00187A54"/>
     <w:rsid w:val="001915BA"/>
     <w:rsid w:val="001916D1"/>
     <w:rsid w:val="0019460F"/>
+    <w:rsid w:val="001958B8"/>
     <w:rsid w:val="00196B5C"/>
     <w:rsid w:val="00197403"/>
     <w:rsid w:val="001A03B4"/>
     <w:rsid w:val="001A0511"/>
     <w:rsid w:val="001A188A"/>
     <w:rsid w:val="001A2B5B"/>
+    <w:rsid w:val="001A38D2"/>
     <w:rsid w:val="001A4A82"/>
     <w:rsid w:val="001B00F6"/>
     <w:rsid w:val="001B03D0"/>
     <w:rsid w:val="001B048C"/>
+    <w:rsid w:val="001B1228"/>
     <w:rsid w:val="001B155D"/>
     <w:rsid w:val="001B2219"/>
     <w:rsid w:val="001B2427"/>
     <w:rsid w:val="001B2C27"/>
     <w:rsid w:val="001B541C"/>
     <w:rsid w:val="001B57FA"/>
     <w:rsid w:val="001B68AA"/>
     <w:rsid w:val="001B6F73"/>
     <w:rsid w:val="001C0CB7"/>
     <w:rsid w:val="001C13F3"/>
     <w:rsid w:val="001C1D89"/>
     <w:rsid w:val="001C1E6B"/>
     <w:rsid w:val="001C23C7"/>
     <w:rsid w:val="001C23FA"/>
     <w:rsid w:val="001C3C20"/>
     <w:rsid w:val="001C6ECD"/>
     <w:rsid w:val="001C7316"/>
     <w:rsid w:val="001D0372"/>
     <w:rsid w:val="001D0C6D"/>
     <w:rsid w:val="001D0D6D"/>
     <w:rsid w:val="001D1659"/>
     <w:rsid w:val="001D1E74"/>
     <w:rsid w:val="001D2319"/>
     <w:rsid w:val="001D64E6"/>
     <w:rsid w:val="001D6830"/>
     <w:rsid w:val="001D6FB1"/>
     <w:rsid w:val="001E0C00"/>
     <w:rsid w:val="001E285A"/>
     <w:rsid w:val="001E36A7"/>
     <w:rsid w:val="001E5113"/>
     <w:rsid w:val="001E6314"/>
     <w:rsid w:val="001E7065"/>
     <w:rsid w:val="001F014B"/>
     <w:rsid w:val="001F05F7"/>
     <w:rsid w:val="001F20D0"/>
     <w:rsid w:val="001F2207"/>
     <w:rsid w:val="001F2369"/>
     <w:rsid w:val="001F2ACB"/>
+    <w:rsid w:val="001F305C"/>
     <w:rsid w:val="001F404D"/>
     <w:rsid w:val="001F4599"/>
     <w:rsid w:val="001F5282"/>
     <w:rsid w:val="001F52C9"/>
+    <w:rsid w:val="001F559E"/>
     <w:rsid w:val="001F76BA"/>
     <w:rsid w:val="00203FE6"/>
+    <w:rsid w:val="00204C2B"/>
     <w:rsid w:val="0020617A"/>
     <w:rsid w:val="00206421"/>
     <w:rsid w:val="00207C62"/>
     <w:rsid w:val="002101C3"/>
     <w:rsid w:val="0021134C"/>
     <w:rsid w:val="00211BC2"/>
     <w:rsid w:val="00215F7D"/>
+    <w:rsid w:val="002170EE"/>
     <w:rsid w:val="002175F1"/>
     <w:rsid w:val="002221DA"/>
+    <w:rsid w:val="00222278"/>
     <w:rsid w:val="00222C1A"/>
     <w:rsid w:val="00223878"/>
     <w:rsid w:val="00224261"/>
     <w:rsid w:val="0022651A"/>
     <w:rsid w:val="00226591"/>
     <w:rsid w:val="00227DAB"/>
     <w:rsid w:val="00230C26"/>
     <w:rsid w:val="002320B7"/>
     <w:rsid w:val="00232ECC"/>
     <w:rsid w:val="002348D9"/>
     <w:rsid w:val="00235B44"/>
     <w:rsid w:val="00236A22"/>
     <w:rsid w:val="00236DD6"/>
     <w:rsid w:val="002371BE"/>
     <w:rsid w:val="00241244"/>
     <w:rsid w:val="002426F1"/>
     <w:rsid w:val="0024584F"/>
     <w:rsid w:val="00247769"/>
+    <w:rsid w:val="00250130"/>
     <w:rsid w:val="00250275"/>
     <w:rsid w:val="00251110"/>
     <w:rsid w:val="00251A6F"/>
     <w:rsid w:val="00251E1E"/>
     <w:rsid w:val="00252110"/>
     <w:rsid w:val="00252A5A"/>
     <w:rsid w:val="00254587"/>
+    <w:rsid w:val="00254972"/>
     <w:rsid w:val="00255452"/>
     <w:rsid w:val="00256B71"/>
     <w:rsid w:val="00256FE7"/>
     <w:rsid w:val="0025776D"/>
     <w:rsid w:val="00257D38"/>
     <w:rsid w:val="00260221"/>
     <w:rsid w:val="0026086E"/>
     <w:rsid w:val="00260AA2"/>
     <w:rsid w:val="00261899"/>
     <w:rsid w:val="00263A73"/>
     <w:rsid w:val="00265168"/>
     <w:rsid w:val="00267753"/>
     <w:rsid w:val="00270692"/>
     <w:rsid w:val="002728EA"/>
     <w:rsid w:val="00272FE0"/>
+    <w:rsid w:val="00273EB8"/>
     <w:rsid w:val="00276F03"/>
     <w:rsid w:val="00280651"/>
     <w:rsid w:val="00280C13"/>
     <w:rsid w:val="00282390"/>
     <w:rsid w:val="002830BB"/>
+    <w:rsid w:val="00283BE0"/>
     <w:rsid w:val="00284300"/>
     <w:rsid w:val="0028718E"/>
     <w:rsid w:val="00287613"/>
     <w:rsid w:val="00287B4C"/>
     <w:rsid w:val="00287F09"/>
     <w:rsid w:val="00291B1B"/>
     <w:rsid w:val="00292396"/>
     <w:rsid w:val="0029557E"/>
     <w:rsid w:val="002957B9"/>
     <w:rsid w:val="002957E3"/>
     <w:rsid w:val="002970F5"/>
     <w:rsid w:val="002A013E"/>
     <w:rsid w:val="002A043D"/>
     <w:rsid w:val="002A0BA5"/>
     <w:rsid w:val="002A26BD"/>
     <w:rsid w:val="002A290E"/>
     <w:rsid w:val="002A37C6"/>
     <w:rsid w:val="002A42AB"/>
     <w:rsid w:val="002A4765"/>
     <w:rsid w:val="002A4CB2"/>
     <w:rsid w:val="002A5CC6"/>
     <w:rsid w:val="002A62F5"/>
     <w:rsid w:val="002A63D3"/>
     <w:rsid w:val="002A6666"/>
     <w:rsid w:val="002B21A4"/>
     <w:rsid w:val="002B3CBF"/>
     <w:rsid w:val="002B4BBD"/>
     <w:rsid w:val="002B4F6C"/>
     <w:rsid w:val="002B5FB2"/>
     <w:rsid w:val="002B64F4"/>
     <w:rsid w:val="002B655F"/>
     <w:rsid w:val="002B6A85"/>
     <w:rsid w:val="002B70A4"/>
     <w:rsid w:val="002B7528"/>
     <w:rsid w:val="002B7715"/>
     <w:rsid w:val="002C051E"/>
     <w:rsid w:val="002C069A"/>
     <w:rsid w:val="002C0C79"/>
     <w:rsid w:val="002C0F6F"/>
+    <w:rsid w:val="002C209D"/>
     <w:rsid w:val="002C2A9E"/>
     <w:rsid w:val="002C5992"/>
     <w:rsid w:val="002C68EA"/>
     <w:rsid w:val="002C6BE2"/>
     <w:rsid w:val="002C6FDB"/>
     <w:rsid w:val="002D106E"/>
     <w:rsid w:val="002D1215"/>
     <w:rsid w:val="002D15A7"/>
     <w:rsid w:val="002D1A06"/>
     <w:rsid w:val="002D1F64"/>
     <w:rsid w:val="002D3356"/>
     <w:rsid w:val="002D3616"/>
     <w:rsid w:val="002D3B26"/>
     <w:rsid w:val="002D41ED"/>
     <w:rsid w:val="002D46AC"/>
     <w:rsid w:val="002D52AA"/>
     <w:rsid w:val="002D5A39"/>
     <w:rsid w:val="002E0478"/>
     <w:rsid w:val="002E69DD"/>
     <w:rsid w:val="002E6D03"/>
     <w:rsid w:val="002E73AA"/>
     <w:rsid w:val="002E7844"/>
+    <w:rsid w:val="002E78EB"/>
     <w:rsid w:val="002E7EB1"/>
     <w:rsid w:val="002E7FC9"/>
     <w:rsid w:val="002F177D"/>
+    <w:rsid w:val="002F27F5"/>
     <w:rsid w:val="002F5B8B"/>
     <w:rsid w:val="002F5E21"/>
+    <w:rsid w:val="002F6A77"/>
     <w:rsid w:val="002F71AD"/>
     <w:rsid w:val="00302053"/>
     <w:rsid w:val="00304183"/>
     <w:rsid w:val="00304B3D"/>
     <w:rsid w:val="00306497"/>
     <w:rsid w:val="00307C8D"/>
     <w:rsid w:val="00310239"/>
     <w:rsid w:val="003108EB"/>
     <w:rsid w:val="003113A9"/>
     <w:rsid w:val="0031393F"/>
     <w:rsid w:val="0031434D"/>
     <w:rsid w:val="00314F4A"/>
     <w:rsid w:val="0031625B"/>
     <w:rsid w:val="003175A8"/>
     <w:rsid w:val="003205D3"/>
     <w:rsid w:val="00320F89"/>
     <w:rsid w:val="0032100B"/>
     <w:rsid w:val="0032243D"/>
     <w:rsid w:val="00322F4C"/>
     <w:rsid w:val="0032326C"/>
     <w:rsid w:val="003236C0"/>
     <w:rsid w:val="00323920"/>
     <w:rsid w:val="00323AB8"/>
     <w:rsid w:val="00323B7F"/>
     <w:rsid w:val="00324DBB"/>
     <w:rsid w:val="00325E60"/>
     <w:rsid w:val="003261D2"/>
     <w:rsid w:val="0032648B"/>
     <w:rsid w:val="00326D06"/>
     <w:rsid w:val="00327EE9"/>
     <w:rsid w:val="00331228"/>
     <w:rsid w:val="0033149A"/>
     <w:rsid w:val="00332158"/>
     <w:rsid w:val="003323CA"/>
     <w:rsid w:val="0033358F"/>
     <w:rsid w:val="003344AD"/>
     <w:rsid w:val="003347AB"/>
+    <w:rsid w:val="00335865"/>
     <w:rsid w:val="00336981"/>
     <w:rsid w:val="00340D67"/>
+    <w:rsid w:val="003413B8"/>
+    <w:rsid w:val="00342B0B"/>
     <w:rsid w:val="00343E02"/>
     <w:rsid w:val="003458DB"/>
     <w:rsid w:val="003475BA"/>
     <w:rsid w:val="00347E92"/>
     <w:rsid w:val="00350237"/>
     <w:rsid w:val="00351ABC"/>
     <w:rsid w:val="00351EC8"/>
     <w:rsid w:val="003527E8"/>
     <w:rsid w:val="0035296F"/>
+    <w:rsid w:val="00352D0C"/>
     <w:rsid w:val="003533EE"/>
     <w:rsid w:val="003537A1"/>
     <w:rsid w:val="0035396D"/>
     <w:rsid w:val="00353A39"/>
     <w:rsid w:val="003568B3"/>
     <w:rsid w:val="00357378"/>
     <w:rsid w:val="00357FDB"/>
     <w:rsid w:val="0036379E"/>
     <w:rsid w:val="0036429F"/>
     <w:rsid w:val="0037016B"/>
     <w:rsid w:val="003714EC"/>
     <w:rsid w:val="0037217C"/>
     <w:rsid w:val="00372293"/>
     <w:rsid w:val="003722D2"/>
     <w:rsid w:val="00372E23"/>
+    <w:rsid w:val="00372F58"/>
     <w:rsid w:val="00372F8C"/>
     <w:rsid w:val="00373B54"/>
     <w:rsid w:val="003765BE"/>
     <w:rsid w:val="00376D0D"/>
     <w:rsid w:val="00380043"/>
     <w:rsid w:val="00382E19"/>
     <w:rsid w:val="0038377E"/>
     <w:rsid w:val="0038425B"/>
     <w:rsid w:val="003850F1"/>
+    <w:rsid w:val="0038568D"/>
     <w:rsid w:val="00385734"/>
     <w:rsid w:val="00385763"/>
     <w:rsid w:val="003857FE"/>
     <w:rsid w:val="00385C70"/>
     <w:rsid w:val="0038602D"/>
     <w:rsid w:val="003905C8"/>
     <w:rsid w:val="00390806"/>
     <w:rsid w:val="0039156B"/>
     <w:rsid w:val="00392A45"/>
     <w:rsid w:val="0039302B"/>
     <w:rsid w:val="003946C0"/>
+    <w:rsid w:val="00396D66"/>
     <w:rsid w:val="003976BD"/>
     <w:rsid w:val="00397A32"/>
     <w:rsid w:val="003A0E52"/>
     <w:rsid w:val="003A183D"/>
     <w:rsid w:val="003A1A77"/>
     <w:rsid w:val="003A1C87"/>
     <w:rsid w:val="003A2327"/>
+    <w:rsid w:val="003A2581"/>
     <w:rsid w:val="003A2918"/>
     <w:rsid w:val="003A4E89"/>
     <w:rsid w:val="003A6493"/>
     <w:rsid w:val="003A6D4C"/>
     <w:rsid w:val="003A7958"/>
     <w:rsid w:val="003A7EF5"/>
     <w:rsid w:val="003B0A80"/>
     <w:rsid w:val="003B305B"/>
     <w:rsid w:val="003B3AA5"/>
     <w:rsid w:val="003B50AB"/>
     <w:rsid w:val="003B5796"/>
     <w:rsid w:val="003B5A3C"/>
     <w:rsid w:val="003B65E9"/>
     <w:rsid w:val="003B66E5"/>
     <w:rsid w:val="003B766D"/>
     <w:rsid w:val="003C0D2B"/>
     <w:rsid w:val="003C28BE"/>
     <w:rsid w:val="003C48D0"/>
     <w:rsid w:val="003C5E92"/>
     <w:rsid w:val="003C684F"/>
     <w:rsid w:val="003C7A21"/>
     <w:rsid w:val="003D0631"/>
     <w:rsid w:val="003D07DB"/>
     <w:rsid w:val="003D1E4C"/>
     <w:rsid w:val="003D1F3D"/>
     <w:rsid w:val="003D2EB7"/>
     <w:rsid w:val="003D3312"/>
     <w:rsid w:val="003D367B"/>
     <w:rsid w:val="003D4037"/>
     <w:rsid w:val="003D508B"/>
     <w:rsid w:val="003D6009"/>
     <w:rsid w:val="003D6FF8"/>
     <w:rsid w:val="003D75B7"/>
     <w:rsid w:val="003E17E4"/>
+    <w:rsid w:val="003E227B"/>
     <w:rsid w:val="003E39CB"/>
     <w:rsid w:val="003E4B12"/>
     <w:rsid w:val="003E52B0"/>
     <w:rsid w:val="003E5601"/>
     <w:rsid w:val="003E797A"/>
     <w:rsid w:val="003F39D4"/>
     <w:rsid w:val="003F3B91"/>
     <w:rsid w:val="003F4BE1"/>
     <w:rsid w:val="003F50A5"/>
+    <w:rsid w:val="003F698C"/>
     <w:rsid w:val="003F77BF"/>
     <w:rsid w:val="004007C6"/>
     <w:rsid w:val="00401C17"/>
     <w:rsid w:val="00405950"/>
     <w:rsid w:val="00405B5D"/>
     <w:rsid w:val="004064D8"/>
     <w:rsid w:val="004067B2"/>
     <w:rsid w:val="004073D2"/>
     <w:rsid w:val="00407EDF"/>
     <w:rsid w:val="004142C7"/>
     <w:rsid w:val="00415296"/>
     <w:rsid w:val="00417187"/>
     <w:rsid w:val="00417E08"/>
     <w:rsid w:val="00422C0A"/>
     <w:rsid w:val="00423099"/>
     <w:rsid w:val="0042688E"/>
     <w:rsid w:val="004301F2"/>
+    <w:rsid w:val="00431EBB"/>
     <w:rsid w:val="00431F2B"/>
     <w:rsid w:val="00434303"/>
     <w:rsid w:val="00434FC8"/>
     <w:rsid w:val="00435C3B"/>
     <w:rsid w:val="00436A02"/>
     <w:rsid w:val="0043767D"/>
     <w:rsid w:val="00440E5F"/>
     <w:rsid w:val="00441B92"/>
     <w:rsid w:val="00441CE1"/>
     <w:rsid w:val="00442B10"/>
     <w:rsid w:val="004433AB"/>
     <w:rsid w:val="00444BAB"/>
     <w:rsid w:val="00445186"/>
     <w:rsid w:val="00445261"/>
     <w:rsid w:val="00445647"/>
     <w:rsid w:val="0044652B"/>
     <w:rsid w:val="004466C5"/>
     <w:rsid w:val="00446A44"/>
     <w:rsid w:val="00446E6D"/>
     <w:rsid w:val="00451155"/>
     <w:rsid w:val="00451BFD"/>
     <w:rsid w:val="004523BB"/>
     <w:rsid w:val="004530ED"/>
     <w:rsid w:val="00453DF7"/>
     <w:rsid w:val="004554C1"/>
@@ -8550,497 +8688,533 @@
     <w:rsid w:val="004833EC"/>
     <w:rsid w:val="00483ED6"/>
     <w:rsid w:val="0048415F"/>
     <w:rsid w:val="00485447"/>
     <w:rsid w:val="00485E07"/>
     <w:rsid w:val="004868F8"/>
     <w:rsid w:val="00486D0E"/>
     <w:rsid w:val="00486D25"/>
     <w:rsid w:val="00487089"/>
     <w:rsid w:val="0048720C"/>
     <w:rsid w:val="0049043B"/>
     <w:rsid w:val="004920A7"/>
     <w:rsid w:val="00492A47"/>
     <w:rsid w:val="00492C8D"/>
     <w:rsid w:val="00492EFC"/>
     <w:rsid w:val="00494964"/>
     <w:rsid w:val="00496262"/>
     <w:rsid w:val="00496561"/>
     <w:rsid w:val="004969D3"/>
     <w:rsid w:val="0049733E"/>
     <w:rsid w:val="004A031D"/>
     <w:rsid w:val="004A0BB9"/>
     <w:rsid w:val="004A17A1"/>
     <w:rsid w:val="004A1DAD"/>
     <w:rsid w:val="004A2892"/>
+    <w:rsid w:val="004A43B5"/>
     <w:rsid w:val="004A5CEB"/>
     <w:rsid w:val="004B2335"/>
     <w:rsid w:val="004B2F65"/>
+    <w:rsid w:val="004B527F"/>
     <w:rsid w:val="004B560E"/>
     <w:rsid w:val="004B6853"/>
     <w:rsid w:val="004B692A"/>
     <w:rsid w:val="004B70C0"/>
     <w:rsid w:val="004B755C"/>
     <w:rsid w:val="004C01A3"/>
     <w:rsid w:val="004C23D0"/>
     <w:rsid w:val="004C2B4A"/>
     <w:rsid w:val="004C2B56"/>
     <w:rsid w:val="004C31C8"/>
+    <w:rsid w:val="004C36FD"/>
     <w:rsid w:val="004C48FD"/>
     <w:rsid w:val="004C584D"/>
     <w:rsid w:val="004C6249"/>
     <w:rsid w:val="004C7C87"/>
     <w:rsid w:val="004D0658"/>
     <w:rsid w:val="004D1C0F"/>
     <w:rsid w:val="004D2711"/>
     <w:rsid w:val="004D3316"/>
     <w:rsid w:val="004D3C0E"/>
     <w:rsid w:val="004D6181"/>
     <w:rsid w:val="004D6B3A"/>
     <w:rsid w:val="004E0C36"/>
     <w:rsid w:val="004E2EF5"/>
     <w:rsid w:val="004E31D8"/>
     <w:rsid w:val="004E3F19"/>
     <w:rsid w:val="004E446D"/>
     <w:rsid w:val="004E4509"/>
     <w:rsid w:val="004E4973"/>
     <w:rsid w:val="004E5A37"/>
     <w:rsid w:val="004E6295"/>
     <w:rsid w:val="004E6375"/>
     <w:rsid w:val="004E6376"/>
     <w:rsid w:val="004E76AB"/>
     <w:rsid w:val="004F0AF1"/>
     <w:rsid w:val="004F247F"/>
     <w:rsid w:val="004F3BEC"/>
     <w:rsid w:val="004F3DB9"/>
+    <w:rsid w:val="004F3FA5"/>
     <w:rsid w:val="004F4AE3"/>
     <w:rsid w:val="004F7067"/>
     <w:rsid w:val="0050037A"/>
     <w:rsid w:val="005025A7"/>
     <w:rsid w:val="0050382D"/>
     <w:rsid w:val="00503B45"/>
     <w:rsid w:val="00503F18"/>
     <w:rsid w:val="005042F1"/>
     <w:rsid w:val="005047C1"/>
     <w:rsid w:val="00505DDD"/>
     <w:rsid w:val="00507D9D"/>
     <w:rsid w:val="00513A5B"/>
     <w:rsid w:val="005152CE"/>
     <w:rsid w:val="00521C0A"/>
     <w:rsid w:val="00521D29"/>
     <w:rsid w:val="00522951"/>
     <w:rsid w:val="0052354E"/>
     <w:rsid w:val="0052416E"/>
     <w:rsid w:val="00524346"/>
     <w:rsid w:val="00526EDF"/>
     <w:rsid w:val="00527921"/>
     <w:rsid w:val="00527BC2"/>
     <w:rsid w:val="00527E31"/>
     <w:rsid w:val="005302A3"/>
     <w:rsid w:val="005302E6"/>
     <w:rsid w:val="00530A67"/>
     <w:rsid w:val="00530B6E"/>
     <w:rsid w:val="0053127E"/>
     <w:rsid w:val="00533A6B"/>
+    <w:rsid w:val="00534A2B"/>
     <w:rsid w:val="00536BF6"/>
     <w:rsid w:val="005371C5"/>
     <w:rsid w:val="005379BF"/>
     <w:rsid w:val="005415CB"/>
     <w:rsid w:val="00541726"/>
     <w:rsid w:val="00541C26"/>
     <w:rsid w:val="00542E35"/>
     <w:rsid w:val="00542E8F"/>
     <w:rsid w:val="00543F56"/>
     <w:rsid w:val="00544185"/>
     <w:rsid w:val="00544282"/>
     <w:rsid w:val="00544B29"/>
     <w:rsid w:val="00544D2F"/>
     <w:rsid w:val="00544EDB"/>
     <w:rsid w:val="0054615C"/>
+    <w:rsid w:val="00546698"/>
     <w:rsid w:val="00546877"/>
     <w:rsid w:val="00546B48"/>
     <w:rsid w:val="00547091"/>
     <w:rsid w:val="0055054D"/>
     <w:rsid w:val="005505D4"/>
     <w:rsid w:val="00551E54"/>
     <w:rsid w:val="00552681"/>
     <w:rsid w:val="00553E95"/>
     <w:rsid w:val="00554067"/>
     <w:rsid w:val="00555652"/>
     <w:rsid w:val="005556BA"/>
     <w:rsid w:val="00555915"/>
     <w:rsid w:val="005568D9"/>
     <w:rsid w:val="00556C09"/>
     <w:rsid w:val="00557FAF"/>
     <w:rsid w:val="00561521"/>
     <w:rsid w:val="0056496C"/>
     <w:rsid w:val="0056631E"/>
+    <w:rsid w:val="00566423"/>
     <w:rsid w:val="005666AB"/>
     <w:rsid w:val="00567197"/>
     <w:rsid w:val="00570270"/>
     <w:rsid w:val="00572589"/>
     <w:rsid w:val="005737A2"/>
     <w:rsid w:val="005740F4"/>
     <w:rsid w:val="0057486E"/>
     <w:rsid w:val="00575055"/>
     <w:rsid w:val="00577A55"/>
     <w:rsid w:val="005806F5"/>
     <w:rsid w:val="00581473"/>
     <w:rsid w:val="00583492"/>
     <w:rsid w:val="00583AC3"/>
     <w:rsid w:val="00584A09"/>
     <w:rsid w:val="00584C44"/>
     <w:rsid w:val="00587064"/>
     <w:rsid w:val="005870CF"/>
     <w:rsid w:val="00587E2C"/>
     <w:rsid w:val="0059009F"/>
     <w:rsid w:val="00590145"/>
     <w:rsid w:val="00590363"/>
     <w:rsid w:val="005912B6"/>
     <w:rsid w:val="00592B51"/>
     <w:rsid w:val="00593E8E"/>
     <w:rsid w:val="00593EE5"/>
     <w:rsid w:val="00594CE1"/>
     <w:rsid w:val="00595665"/>
     <w:rsid w:val="00595DFA"/>
     <w:rsid w:val="0059661F"/>
     <w:rsid w:val="00597B86"/>
     <w:rsid w:val="005A23F2"/>
     <w:rsid w:val="005A3B57"/>
     <w:rsid w:val="005A5B12"/>
     <w:rsid w:val="005A5F9F"/>
     <w:rsid w:val="005A7891"/>
     <w:rsid w:val="005A7EDC"/>
     <w:rsid w:val="005B1141"/>
     <w:rsid w:val="005B1A65"/>
     <w:rsid w:val="005B1D77"/>
     <w:rsid w:val="005B230F"/>
     <w:rsid w:val="005B25EF"/>
+    <w:rsid w:val="005B260F"/>
     <w:rsid w:val="005B2BA6"/>
     <w:rsid w:val="005B3247"/>
     <w:rsid w:val="005B46EC"/>
     <w:rsid w:val="005B4FDF"/>
     <w:rsid w:val="005B5A8B"/>
     <w:rsid w:val="005B5B92"/>
     <w:rsid w:val="005B6B55"/>
     <w:rsid w:val="005B6C6F"/>
     <w:rsid w:val="005B6D4E"/>
     <w:rsid w:val="005B7159"/>
     <w:rsid w:val="005B7692"/>
     <w:rsid w:val="005C0BDA"/>
     <w:rsid w:val="005C0BE3"/>
     <w:rsid w:val="005C0FD5"/>
     <w:rsid w:val="005C10FF"/>
     <w:rsid w:val="005C3463"/>
     <w:rsid w:val="005C3E86"/>
     <w:rsid w:val="005D07C4"/>
+    <w:rsid w:val="005D0CC6"/>
+    <w:rsid w:val="005D1299"/>
     <w:rsid w:val="005D2383"/>
     <w:rsid w:val="005D2AA8"/>
     <w:rsid w:val="005D2C48"/>
     <w:rsid w:val="005D3356"/>
     <w:rsid w:val="005D3AC0"/>
     <w:rsid w:val="005D44C0"/>
     <w:rsid w:val="005D4B20"/>
     <w:rsid w:val="005D5093"/>
     <w:rsid w:val="005D60FE"/>
     <w:rsid w:val="005D669B"/>
     <w:rsid w:val="005D6720"/>
     <w:rsid w:val="005D676B"/>
     <w:rsid w:val="005D6F4B"/>
     <w:rsid w:val="005E1174"/>
     <w:rsid w:val="005E1BD7"/>
     <w:rsid w:val="005E1C24"/>
     <w:rsid w:val="005E1C47"/>
     <w:rsid w:val="005E3625"/>
     <w:rsid w:val="005E37EB"/>
     <w:rsid w:val="005E42C7"/>
+    <w:rsid w:val="005E4797"/>
     <w:rsid w:val="005E54AE"/>
     <w:rsid w:val="005E59D5"/>
     <w:rsid w:val="005E5BDE"/>
     <w:rsid w:val="005E5E85"/>
     <w:rsid w:val="005E61B8"/>
     <w:rsid w:val="005E62A1"/>
     <w:rsid w:val="005E6C0C"/>
     <w:rsid w:val="005E7462"/>
     <w:rsid w:val="005F25E7"/>
     <w:rsid w:val="005F382D"/>
     <w:rsid w:val="005F38EB"/>
+    <w:rsid w:val="005F59FA"/>
     <w:rsid w:val="005F5F39"/>
     <w:rsid w:val="005F6FB5"/>
     <w:rsid w:val="005F7685"/>
+    <w:rsid w:val="00600238"/>
     <w:rsid w:val="006012C9"/>
     <w:rsid w:val="006021ED"/>
     <w:rsid w:val="006042B2"/>
     <w:rsid w:val="00604D18"/>
     <w:rsid w:val="00605525"/>
     <w:rsid w:val="00606E64"/>
     <w:rsid w:val="00607203"/>
     <w:rsid w:val="0060754B"/>
     <w:rsid w:val="0060780B"/>
+    <w:rsid w:val="00607B73"/>
     <w:rsid w:val="00607F81"/>
     <w:rsid w:val="00610F5E"/>
     <w:rsid w:val="00610F99"/>
     <w:rsid w:val="00611A0C"/>
+    <w:rsid w:val="0061448E"/>
     <w:rsid w:val="006149DB"/>
     <w:rsid w:val="006159D5"/>
     <w:rsid w:val="00616779"/>
     <w:rsid w:val="00617331"/>
     <w:rsid w:val="0062093D"/>
     <w:rsid w:val="006223FF"/>
     <w:rsid w:val="006226CB"/>
     <w:rsid w:val="0062330D"/>
+    <w:rsid w:val="00624CC0"/>
     <w:rsid w:val="006254D4"/>
     <w:rsid w:val="00626BB3"/>
     <w:rsid w:val="00627191"/>
     <w:rsid w:val="00627CD5"/>
     <w:rsid w:val="006323A7"/>
     <w:rsid w:val="0063285C"/>
     <w:rsid w:val="00632AA6"/>
     <w:rsid w:val="0063408A"/>
     <w:rsid w:val="00635B23"/>
     <w:rsid w:val="00637157"/>
     <w:rsid w:val="00640FD8"/>
     <w:rsid w:val="0064115A"/>
     <w:rsid w:val="00642B55"/>
     <w:rsid w:val="0064383D"/>
     <w:rsid w:val="0064435C"/>
     <w:rsid w:val="00644433"/>
     <w:rsid w:val="0064573D"/>
     <w:rsid w:val="00645835"/>
     <w:rsid w:val="00645C97"/>
     <w:rsid w:val="006466CD"/>
     <w:rsid w:val="00647363"/>
+    <w:rsid w:val="0064775F"/>
     <w:rsid w:val="006518D1"/>
     <w:rsid w:val="00652A1F"/>
     <w:rsid w:val="00653109"/>
     <w:rsid w:val="00653D52"/>
     <w:rsid w:val="00654177"/>
+    <w:rsid w:val="00654284"/>
     <w:rsid w:val="00654CEF"/>
     <w:rsid w:val="0065575B"/>
     <w:rsid w:val="00655B29"/>
     <w:rsid w:val="00660F5F"/>
     <w:rsid w:val="0066127E"/>
     <w:rsid w:val="00661FC0"/>
     <w:rsid w:val="00662175"/>
     <w:rsid w:val="00662A0B"/>
+    <w:rsid w:val="00663A29"/>
+    <w:rsid w:val="00665922"/>
     <w:rsid w:val="00665A58"/>
     <w:rsid w:val="00666419"/>
     <w:rsid w:val="00667A0C"/>
     <w:rsid w:val="0067154C"/>
     <w:rsid w:val="0067187E"/>
     <w:rsid w:val="00671BAB"/>
     <w:rsid w:val="00671E75"/>
     <w:rsid w:val="00672F35"/>
     <w:rsid w:val="00674316"/>
     <w:rsid w:val="00674412"/>
     <w:rsid w:val="00674862"/>
     <w:rsid w:val="00675007"/>
     <w:rsid w:val="00675440"/>
     <w:rsid w:val="006758EE"/>
     <w:rsid w:val="006759AC"/>
     <w:rsid w:val="00675C12"/>
     <w:rsid w:val="00676486"/>
     <w:rsid w:val="006809F8"/>
     <w:rsid w:val="00680D61"/>
     <w:rsid w:val="006814CA"/>
     <w:rsid w:val="00681695"/>
     <w:rsid w:val="00681802"/>
     <w:rsid w:val="00681E1B"/>
     <w:rsid w:val="006830EF"/>
     <w:rsid w:val="00683380"/>
     <w:rsid w:val="00683FB3"/>
     <w:rsid w:val="00685F6A"/>
     <w:rsid w:val="006865C3"/>
     <w:rsid w:val="00686696"/>
     <w:rsid w:val="006866E9"/>
     <w:rsid w:val="00686780"/>
+    <w:rsid w:val="00690538"/>
     <w:rsid w:val="0069233E"/>
     <w:rsid w:val="0069315C"/>
     <w:rsid w:val="0069351B"/>
     <w:rsid w:val="006944D7"/>
     <w:rsid w:val="0069467C"/>
     <w:rsid w:val="00695115"/>
     <w:rsid w:val="00695CF5"/>
     <w:rsid w:val="006971ED"/>
     <w:rsid w:val="006975F2"/>
     <w:rsid w:val="006977C0"/>
     <w:rsid w:val="00697D7D"/>
     <w:rsid w:val="006A0AFE"/>
     <w:rsid w:val="006A2703"/>
     <w:rsid w:val="006A31B6"/>
     <w:rsid w:val="006A366E"/>
     <w:rsid w:val="006A4A3C"/>
     <w:rsid w:val="006A6B3D"/>
     <w:rsid w:val="006A6F5B"/>
     <w:rsid w:val="006A6F5F"/>
     <w:rsid w:val="006A7CFA"/>
+    <w:rsid w:val="006A7E37"/>
     <w:rsid w:val="006B1D6A"/>
     <w:rsid w:val="006B1EB6"/>
     <w:rsid w:val="006B2490"/>
     <w:rsid w:val="006B4245"/>
     <w:rsid w:val="006B4959"/>
+    <w:rsid w:val="006B514D"/>
     <w:rsid w:val="006B55B4"/>
     <w:rsid w:val="006B6A57"/>
     <w:rsid w:val="006B6EFE"/>
     <w:rsid w:val="006C3738"/>
+    <w:rsid w:val="006C37B4"/>
     <w:rsid w:val="006C452F"/>
     <w:rsid w:val="006C4774"/>
     <w:rsid w:val="006C5267"/>
     <w:rsid w:val="006C61E5"/>
+    <w:rsid w:val="006C7501"/>
     <w:rsid w:val="006D0D6B"/>
     <w:rsid w:val="006D1339"/>
     <w:rsid w:val="006D3044"/>
     <w:rsid w:val="006D37EC"/>
     <w:rsid w:val="006D418E"/>
     <w:rsid w:val="006D4FAF"/>
     <w:rsid w:val="006D5260"/>
     <w:rsid w:val="006D58A2"/>
     <w:rsid w:val="006D5C7C"/>
     <w:rsid w:val="006D6DDE"/>
     <w:rsid w:val="006D7BF8"/>
     <w:rsid w:val="006E0059"/>
+    <w:rsid w:val="006E06D2"/>
     <w:rsid w:val="006E1237"/>
     <w:rsid w:val="006E12A2"/>
     <w:rsid w:val="006E1A8D"/>
     <w:rsid w:val="006E1AE7"/>
     <w:rsid w:val="006E3650"/>
     <w:rsid w:val="006E370B"/>
     <w:rsid w:val="006E3EC4"/>
     <w:rsid w:val="006E492D"/>
+    <w:rsid w:val="006E495C"/>
     <w:rsid w:val="006E4C6D"/>
     <w:rsid w:val="006E4DA8"/>
     <w:rsid w:val="006E5388"/>
     <w:rsid w:val="006E7EC5"/>
     <w:rsid w:val="006F0393"/>
     <w:rsid w:val="006F138D"/>
     <w:rsid w:val="006F361B"/>
     <w:rsid w:val="006F394E"/>
     <w:rsid w:val="006F4938"/>
+    <w:rsid w:val="006F54EC"/>
     <w:rsid w:val="006F55C5"/>
     <w:rsid w:val="006F5718"/>
     <w:rsid w:val="006F6C18"/>
     <w:rsid w:val="006F6C6F"/>
     <w:rsid w:val="00700A8A"/>
     <w:rsid w:val="00701466"/>
     <w:rsid w:val="007020CD"/>
     <w:rsid w:val="00702BC1"/>
     <w:rsid w:val="007031FC"/>
     <w:rsid w:val="00703B60"/>
     <w:rsid w:val="007050FF"/>
     <w:rsid w:val="00706CFC"/>
     <w:rsid w:val="00706E48"/>
     <w:rsid w:val="00707B61"/>
     <w:rsid w:val="00707D62"/>
     <w:rsid w:val="0071051A"/>
     <w:rsid w:val="007107DC"/>
     <w:rsid w:val="007107E9"/>
     <w:rsid w:val="00710A7F"/>
+    <w:rsid w:val="007121E8"/>
     <w:rsid w:val="00712BC9"/>
     <w:rsid w:val="00713007"/>
     <w:rsid w:val="0071472A"/>
     <w:rsid w:val="00714CA6"/>
     <w:rsid w:val="00714EE5"/>
     <w:rsid w:val="007165C8"/>
     <w:rsid w:val="0071689B"/>
     <w:rsid w:val="00716CD4"/>
     <w:rsid w:val="00720EEC"/>
     <w:rsid w:val="007210D9"/>
     <w:rsid w:val="00721343"/>
     <w:rsid w:val="007246CF"/>
     <w:rsid w:val="00724C08"/>
     <w:rsid w:val="007255BA"/>
     <w:rsid w:val="00725F29"/>
     <w:rsid w:val="00726B36"/>
     <w:rsid w:val="00727CD2"/>
+    <w:rsid w:val="0073027D"/>
     <w:rsid w:val="007306E6"/>
+    <w:rsid w:val="00730FFF"/>
     <w:rsid w:val="00731222"/>
     <w:rsid w:val="007317B9"/>
     <w:rsid w:val="00732284"/>
     <w:rsid w:val="00733924"/>
     <w:rsid w:val="00733C6D"/>
     <w:rsid w:val="00734177"/>
     <w:rsid w:val="00734551"/>
     <w:rsid w:val="0073776F"/>
     <w:rsid w:val="00737795"/>
     <w:rsid w:val="00740CF5"/>
     <w:rsid w:val="00741CE9"/>
     <w:rsid w:val="00742415"/>
     <w:rsid w:val="00742CBC"/>
     <w:rsid w:val="00743A77"/>
     <w:rsid w:val="00743C37"/>
     <w:rsid w:val="007445B4"/>
     <w:rsid w:val="0074493D"/>
     <w:rsid w:val="00744B37"/>
     <w:rsid w:val="007454D0"/>
     <w:rsid w:val="00745511"/>
     <w:rsid w:val="00745899"/>
     <w:rsid w:val="00746011"/>
     <w:rsid w:val="0074643E"/>
     <w:rsid w:val="00746E52"/>
     <w:rsid w:val="00750425"/>
     <w:rsid w:val="007508C8"/>
     <w:rsid w:val="00752B49"/>
     <w:rsid w:val="00753902"/>
     <w:rsid w:val="00755A56"/>
     <w:rsid w:val="00755E34"/>
     <w:rsid w:val="00756531"/>
     <w:rsid w:val="00756566"/>
     <w:rsid w:val="0075667D"/>
     <w:rsid w:val="0075706C"/>
     <w:rsid w:val="007600B9"/>
     <w:rsid w:val="00760A47"/>
     <w:rsid w:val="00760CAC"/>
+    <w:rsid w:val="007610ED"/>
     <w:rsid w:val="0076172A"/>
     <w:rsid w:val="007642DA"/>
+    <w:rsid w:val="00764D90"/>
     <w:rsid w:val="00765445"/>
     <w:rsid w:val="007664A5"/>
     <w:rsid w:val="00766BF2"/>
     <w:rsid w:val="00766FEF"/>
     <w:rsid w:val="00767127"/>
+    <w:rsid w:val="007707D8"/>
     <w:rsid w:val="00770EFF"/>
     <w:rsid w:val="007711B2"/>
+    <w:rsid w:val="00771528"/>
     <w:rsid w:val="00771F21"/>
     <w:rsid w:val="00772193"/>
     <w:rsid w:val="00772223"/>
     <w:rsid w:val="007726D6"/>
     <w:rsid w:val="00772700"/>
     <w:rsid w:val="007738ED"/>
     <w:rsid w:val="00773D2C"/>
     <w:rsid w:val="007755A9"/>
     <w:rsid w:val="00775BCA"/>
     <w:rsid w:val="00780E11"/>
     <w:rsid w:val="007827CB"/>
     <w:rsid w:val="00785C88"/>
     <w:rsid w:val="00785F71"/>
     <w:rsid w:val="007870C7"/>
     <w:rsid w:val="00787C64"/>
     <w:rsid w:val="007904CE"/>
     <w:rsid w:val="00790635"/>
     <w:rsid w:val="0079098B"/>
     <w:rsid w:val="0079103D"/>
     <w:rsid w:val="00791196"/>
     <w:rsid w:val="00792B8A"/>
+    <w:rsid w:val="0079547F"/>
     <w:rsid w:val="007957DC"/>
     <w:rsid w:val="007958FC"/>
     <w:rsid w:val="00795CC4"/>
     <w:rsid w:val="007A12A0"/>
     <w:rsid w:val="007A2598"/>
     <w:rsid w:val="007A3D77"/>
     <w:rsid w:val="007A40A6"/>
     <w:rsid w:val="007A41EE"/>
     <w:rsid w:val="007A42B1"/>
     <w:rsid w:val="007A4334"/>
     <w:rsid w:val="007A720C"/>
     <w:rsid w:val="007A7D75"/>
     <w:rsid w:val="007B0B19"/>
     <w:rsid w:val="007B3BD4"/>
     <w:rsid w:val="007B3DF9"/>
     <w:rsid w:val="007B4DAD"/>
     <w:rsid w:val="007B500F"/>
     <w:rsid w:val="007B6290"/>
     <w:rsid w:val="007B6BB5"/>
     <w:rsid w:val="007B72F0"/>
     <w:rsid w:val="007B7391"/>
     <w:rsid w:val="007B778F"/>
     <w:rsid w:val="007B7B92"/>
     <w:rsid w:val="007C0F3D"/>
     <w:rsid w:val="007C101B"/>
@@ -9089,191 +9263,200 @@
     <w:rsid w:val="00806A5E"/>
     <w:rsid w:val="0080709C"/>
     <w:rsid w:val="008071F3"/>
     <w:rsid w:val="008074CB"/>
     <w:rsid w:val="0081051A"/>
     <w:rsid w:val="008107E8"/>
     <w:rsid w:val="008108D3"/>
     <w:rsid w:val="0081114E"/>
     <w:rsid w:val="00812335"/>
     <w:rsid w:val="00812555"/>
     <w:rsid w:val="008150E9"/>
     <w:rsid w:val="00815E6B"/>
     <w:rsid w:val="00816053"/>
     <w:rsid w:val="008169AF"/>
     <w:rsid w:val="00816B65"/>
     <w:rsid w:val="00816C2C"/>
     <w:rsid w:val="00816D30"/>
     <w:rsid w:val="00816FCE"/>
     <w:rsid w:val="0081708E"/>
     <w:rsid w:val="00820150"/>
     <w:rsid w:val="0082073E"/>
     <w:rsid w:val="00823704"/>
     <w:rsid w:val="00823923"/>
     <w:rsid w:val="00825737"/>
     <w:rsid w:val="00825830"/>
+    <w:rsid w:val="00825F0E"/>
     <w:rsid w:val="00826C98"/>
     <w:rsid w:val="008301CF"/>
     <w:rsid w:val="00831522"/>
     <w:rsid w:val="00832063"/>
     <w:rsid w:val="00832935"/>
     <w:rsid w:val="00834415"/>
     <w:rsid w:val="00834738"/>
     <w:rsid w:val="00835AE7"/>
     <w:rsid w:val="008360AC"/>
     <w:rsid w:val="00836463"/>
     <w:rsid w:val="008376CC"/>
     <w:rsid w:val="0084047F"/>
     <w:rsid w:val="008404E2"/>
     <w:rsid w:val="00840EDB"/>
+    <w:rsid w:val="00841155"/>
     <w:rsid w:val="0084170A"/>
     <w:rsid w:val="00841E1F"/>
     <w:rsid w:val="0084371B"/>
     <w:rsid w:val="00843885"/>
     <w:rsid w:val="008444B4"/>
     <w:rsid w:val="00845407"/>
     <w:rsid w:val="00845B37"/>
     <w:rsid w:val="00845E52"/>
     <w:rsid w:val="00847559"/>
     <w:rsid w:val="00847FA4"/>
     <w:rsid w:val="00850740"/>
     <w:rsid w:val="00850AB1"/>
     <w:rsid w:val="00852C9B"/>
     <w:rsid w:val="008543D1"/>
     <w:rsid w:val="0085606E"/>
     <w:rsid w:val="00856B84"/>
     <w:rsid w:val="0085776B"/>
     <w:rsid w:val="00857984"/>
     <w:rsid w:val="00857C29"/>
     <w:rsid w:val="00860409"/>
     <w:rsid w:val="008614F6"/>
     <w:rsid w:val="00862BDD"/>
     <w:rsid w:val="00863255"/>
     <w:rsid w:val="00863FBF"/>
     <w:rsid w:val="00864A7C"/>
     <w:rsid w:val="00864DB9"/>
     <w:rsid w:val="00865923"/>
     <w:rsid w:val="0086723F"/>
     <w:rsid w:val="008715A6"/>
     <w:rsid w:val="00873475"/>
     <w:rsid w:val="008744F1"/>
     <w:rsid w:val="0087510B"/>
     <w:rsid w:val="00877445"/>
     <w:rsid w:val="0088021D"/>
     <w:rsid w:val="00880FE9"/>
     <w:rsid w:val="008816D6"/>
     <w:rsid w:val="00881F26"/>
     <w:rsid w:val="00882F11"/>
     <w:rsid w:val="00883CF3"/>
     <w:rsid w:val="00884B4F"/>
     <w:rsid w:val="008868D6"/>
     <w:rsid w:val="00890DF8"/>
     <w:rsid w:val="00892B06"/>
     <w:rsid w:val="00893102"/>
     <w:rsid w:val="008967B8"/>
+    <w:rsid w:val="00896E6E"/>
     <w:rsid w:val="00896F7F"/>
     <w:rsid w:val="0089772F"/>
     <w:rsid w:val="008A14B2"/>
     <w:rsid w:val="008A18DD"/>
     <w:rsid w:val="008A19C9"/>
     <w:rsid w:val="008A1ECF"/>
     <w:rsid w:val="008A2A4B"/>
     <w:rsid w:val="008A3285"/>
     <w:rsid w:val="008A4209"/>
     <w:rsid w:val="008A5138"/>
     <w:rsid w:val="008A5900"/>
     <w:rsid w:val="008A5FD0"/>
     <w:rsid w:val="008A699C"/>
     <w:rsid w:val="008B109A"/>
     <w:rsid w:val="008B1653"/>
     <w:rsid w:val="008B195E"/>
     <w:rsid w:val="008B21CA"/>
     <w:rsid w:val="008B2C1B"/>
     <w:rsid w:val="008B2F0A"/>
     <w:rsid w:val="008B398B"/>
     <w:rsid w:val="008B5C9B"/>
     <w:rsid w:val="008B5EA1"/>
     <w:rsid w:val="008B6765"/>
     <w:rsid w:val="008B7BCD"/>
     <w:rsid w:val="008C0209"/>
     <w:rsid w:val="008C38C7"/>
     <w:rsid w:val="008C4152"/>
     <w:rsid w:val="008C4224"/>
     <w:rsid w:val="008C4BEA"/>
     <w:rsid w:val="008C5F49"/>
     <w:rsid w:val="008C6217"/>
     <w:rsid w:val="008C6EB6"/>
     <w:rsid w:val="008C722E"/>
     <w:rsid w:val="008C7479"/>
     <w:rsid w:val="008D10BD"/>
     <w:rsid w:val="008D2093"/>
     <w:rsid w:val="008D2CFD"/>
     <w:rsid w:val="008D2F00"/>
     <w:rsid w:val="008D3574"/>
     <w:rsid w:val="008D4DC1"/>
     <w:rsid w:val="008D56BE"/>
     <w:rsid w:val="008D7602"/>
     <w:rsid w:val="008E005D"/>
+    <w:rsid w:val="008E0929"/>
     <w:rsid w:val="008E0BA3"/>
     <w:rsid w:val="008E0CAF"/>
     <w:rsid w:val="008E10DA"/>
     <w:rsid w:val="008E1EEA"/>
     <w:rsid w:val="008E2AC8"/>
     <w:rsid w:val="008E432C"/>
     <w:rsid w:val="008E4FAD"/>
     <w:rsid w:val="008E672F"/>
     <w:rsid w:val="008E6B13"/>
     <w:rsid w:val="008E6B47"/>
     <w:rsid w:val="008E7920"/>
     <w:rsid w:val="008E7D97"/>
     <w:rsid w:val="008F22E5"/>
     <w:rsid w:val="008F429B"/>
     <w:rsid w:val="008F469E"/>
     <w:rsid w:val="008F592A"/>
     <w:rsid w:val="008F66E2"/>
     <w:rsid w:val="008F706E"/>
+    <w:rsid w:val="008F73B3"/>
     <w:rsid w:val="00901B2D"/>
     <w:rsid w:val="009045B7"/>
     <w:rsid w:val="00904B43"/>
     <w:rsid w:val="00905C11"/>
     <w:rsid w:val="009118D5"/>
     <w:rsid w:val="00911BAB"/>
     <w:rsid w:val="00912611"/>
     <w:rsid w:val="00914BB4"/>
     <w:rsid w:val="0091538C"/>
+    <w:rsid w:val="009167E8"/>
     <w:rsid w:val="00920060"/>
     <w:rsid w:val="009202FC"/>
     <w:rsid w:val="00920728"/>
+    <w:rsid w:val="00922488"/>
     <w:rsid w:val="009237C2"/>
     <w:rsid w:val="0092401D"/>
     <w:rsid w:val="00924108"/>
     <w:rsid w:val="0092461A"/>
     <w:rsid w:val="00925172"/>
     <w:rsid w:val="00926DEB"/>
     <w:rsid w:val="00927FE7"/>
+    <w:rsid w:val="00931027"/>
     <w:rsid w:val="00931BA9"/>
     <w:rsid w:val="00932923"/>
+    <w:rsid w:val="00932B8C"/>
     <w:rsid w:val="00932C0D"/>
     <w:rsid w:val="00932E60"/>
     <w:rsid w:val="00933C29"/>
     <w:rsid w:val="00933DD6"/>
     <w:rsid w:val="00933FC5"/>
     <w:rsid w:val="0093425B"/>
     <w:rsid w:val="00934283"/>
     <w:rsid w:val="0093543A"/>
     <w:rsid w:val="00935A35"/>
     <w:rsid w:val="0093737D"/>
     <w:rsid w:val="009374A4"/>
     <w:rsid w:val="009411FA"/>
     <w:rsid w:val="009420A2"/>
     <w:rsid w:val="009426C3"/>
     <w:rsid w:val="00942F71"/>
     <w:rsid w:val="00943048"/>
     <w:rsid w:val="009435B0"/>
     <w:rsid w:val="00943D7F"/>
     <w:rsid w:val="00943F46"/>
     <w:rsid w:val="00945C2E"/>
     <w:rsid w:val="00945FF1"/>
     <w:rsid w:val="009462E3"/>
     <w:rsid w:val="00946B81"/>
     <w:rsid w:val="00946CCB"/>
     <w:rsid w:val="0095089C"/>
@@ -9302,118 +9485,125 @@
     <w:rsid w:val="00976382"/>
     <w:rsid w:val="00976695"/>
     <w:rsid w:val="009777BB"/>
     <w:rsid w:val="00981BAA"/>
     <w:rsid w:val="00981D27"/>
     <w:rsid w:val="009828F3"/>
     <w:rsid w:val="0098608B"/>
     <w:rsid w:val="009904B8"/>
     <w:rsid w:val="00990898"/>
     <w:rsid w:val="009913F6"/>
     <w:rsid w:val="00991650"/>
     <w:rsid w:val="00992045"/>
     <w:rsid w:val="00992DA3"/>
     <w:rsid w:val="00993A98"/>
     <w:rsid w:val="009946B0"/>
     <w:rsid w:val="00994903"/>
     <w:rsid w:val="00995EB6"/>
     <w:rsid w:val="00996434"/>
     <w:rsid w:val="009974E2"/>
     <w:rsid w:val="00997BFE"/>
     <w:rsid w:val="009A150D"/>
     <w:rsid w:val="009A3556"/>
     <w:rsid w:val="009A37FE"/>
     <w:rsid w:val="009A5698"/>
     <w:rsid w:val="009A59A5"/>
+    <w:rsid w:val="009A60C9"/>
     <w:rsid w:val="009A7418"/>
     <w:rsid w:val="009A79B9"/>
     <w:rsid w:val="009B1FB0"/>
     <w:rsid w:val="009B2BBC"/>
     <w:rsid w:val="009B352A"/>
     <w:rsid w:val="009B4088"/>
+    <w:rsid w:val="009B49F1"/>
+    <w:rsid w:val="009B4C36"/>
     <w:rsid w:val="009B5672"/>
     <w:rsid w:val="009B5728"/>
     <w:rsid w:val="009B5CD2"/>
     <w:rsid w:val="009B75A5"/>
     <w:rsid w:val="009C1D83"/>
     <w:rsid w:val="009C434C"/>
     <w:rsid w:val="009C4693"/>
     <w:rsid w:val="009C5F31"/>
     <w:rsid w:val="009C794F"/>
     <w:rsid w:val="009C79D2"/>
     <w:rsid w:val="009D0BDD"/>
     <w:rsid w:val="009D12DF"/>
     <w:rsid w:val="009D1B5F"/>
     <w:rsid w:val="009D34C9"/>
     <w:rsid w:val="009D4AA3"/>
     <w:rsid w:val="009D4BFA"/>
     <w:rsid w:val="009D4C6C"/>
+    <w:rsid w:val="009D4D23"/>
     <w:rsid w:val="009D5357"/>
     <w:rsid w:val="009E0179"/>
     <w:rsid w:val="009E0466"/>
     <w:rsid w:val="009E0B56"/>
     <w:rsid w:val="009E1231"/>
     <w:rsid w:val="009E126B"/>
     <w:rsid w:val="009E19BB"/>
     <w:rsid w:val="009E1E73"/>
     <w:rsid w:val="009E25E2"/>
     <w:rsid w:val="009E39EE"/>
     <w:rsid w:val="009E3EF4"/>
     <w:rsid w:val="009E4E50"/>
     <w:rsid w:val="009E564D"/>
     <w:rsid w:val="009E5925"/>
     <w:rsid w:val="009E593E"/>
     <w:rsid w:val="009E5BCE"/>
     <w:rsid w:val="009E6084"/>
     <w:rsid w:val="009E696A"/>
     <w:rsid w:val="009E6CBC"/>
     <w:rsid w:val="009E751D"/>
     <w:rsid w:val="009E7E9A"/>
     <w:rsid w:val="009F40BF"/>
     <w:rsid w:val="009F415E"/>
     <w:rsid w:val="009F539C"/>
     <w:rsid w:val="009F6AFE"/>
     <w:rsid w:val="009F6E15"/>
     <w:rsid w:val="00A011C5"/>
     <w:rsid w:val="00A02115"/>
     <w:rsid w:val="00A03878"/>
+    <w:rsid w:val="00A0451C"/>
     <w:rsid w:val="00A04994"/>
     <w:rsid w:val="00A04A7F"/>
     <w:rsid w:val="00A04F87"/>
     <w:rsid w:val="00A07CD6"/>
     <w:rsid w:val="00A119A1"/>
     <w:rsid w:val="00A12881"/>
     <w:rsid w:val="00A13168"/>
     <w:rsid w:val="00A16D57"/>
     <w:rsid w:val="00A16FBF"/>
     <w:rsid w:val="00A17146"/>
     <w:rsid w:val="00A17F71"/>
     <w:rsid w:val="00A20BF3"/>
     <w:rsid w:val="00A20D57"/>
+    <w:rsid w:val="00A21BE7"/>
     <w:rsid w:val="00A21ED7"/>
     <w:rsid w:val="00A2202D"/>
     <w:rsid w:val="00A23087"/>
+    <w:rsid w:val="00A241D8"/>
     <w:rsid w:val="00A24AE6"/>
     <w:rsid w:val="00A27265"/>
     <w:rsid w:val="00A27DE0"/>
     <w:rsid w:val="00A301E5"/>
     <w:rsid w:val="00A30A16"/>
     <w:rsid w:val="00A310AB"/>
     <w:rsid w:val="00A32B7D"/>
     <w:rsid w:val="00A32E42"/>
     <w:rsid w:val="00A33C6F"/>
     <w:rsid w:val="00A36933"/>
     <w:rsid w:val="00A37315"/>
     <w:rsid w:val="00A3751D"/>
     <w:rsid w:val="00A37D4E"/>
     <w:rsid w:val="00A41997"/>
     <w:rsid w:val="00A419D5"/>
     <w:rsid w:val="00A41F60"/>
     <w:rsid w:val="00A4255B"/>
     <w:rsid w:val="00A439DF"/>
     <w:rsid w:val="00A439E3"/>
     <w:rsid w:val="00A454B3"/>
     <w:rsid w:val="00A462BA"/>
     <w:rsid w:val="00A47169"/>
     <w:rsid w:val="00A5002C"/>
     <w:rsid w:val="00A5071A"/>
     <w:rsid w:val="00A53F93"/>
@@ -9435,232 +9625,251 @@
     <w:rsid w:val="00A66EA1"/>
     <w:rsid w:val="00A67088"/>
     <w:rsid w:val="00A67223"/>
     <w:rsid w:val="00A67944"/>
     <w:rsid w:val="00A67E65"/>
     <w:rsid w:val="00A706BE"/>
     <w:rsid w:val="00A716E7"/>
     <w:rsid w:val="00A7179F"/>
     <w:rsid w:val="00A71F87"/>
     <w:rsid w:val="00A726D8"/>
     <w:rsid w:val="00A732A6"/>
     <w:rsid w:val="00A75569"/>
     <w:rsid w:val="00A80572"/>
     <w:rsid w:val="00A80E49"/>
     <w:rsid w:val="00A843BC"/>
     <w:rsid w:val="00A84818"/>
     <w:rsid w:val="00A852A0"/>
     <w:rsid w:val="00A86449"/>
     <w:rsid w:val="00A90779"/>
     <w:rsid w:val="00A90B5B"/>
     <w:rsid w:val="00A90F15"/>
     <w:rsid w:val="00A91B1D"/>
     <w:rsid w:val="00A930B9"/>
     <w:rsid w:val="00A93751"/>
     <w:rsid w:val="00A94552"/>
+    <w:rsid w:val="00A95097"/>
     <w:rsid w:val="00A963DE"/>
     <w:rsid w:val="00A969B4"/>
     <w:rsid w:val="00A97829"/>
     <w:rsid w:val="00A97B59"/>
     <w:rsid w:val="00AA1EC9"/>
+    <w:rsid w:val="00AA26BF"/>
     <w:rsid w:val="00AA30A6"/>
     <w:rsid w:val="00AA32D4"/>
     <w:rsid w:val="00AA35C7"/>
     <w:rsid w:val="00AA377F"/>
     <w:rsid w:val="00AA38A8"/>
     <w:rsid w:val="00AA3A0A"/>
+    <w:rsid w:val="00AA4C24"/>
+    <w:rsid w:val="00AA511F"/>
     <w:rsid w:val="00AA6174"/>
     <w:rsid w:val="00AA652F"/>
     <w:rsid w:val="00AA6B96"/>
     <w:rsid w:val="00AB2820"/>
+    <w:rsid w:val="00AB4905"/>
     <w:rsid w:val="00AB4A9E"/>
     <w:rsid w:val="00AB5451"/>
+    <w:rsid w:val="00AB622C"/>
     <w:rsid w:val="00AB6CB0"/>
     <w:rsid w:val="00AB6E29"/>
     <w:rsid w:val="00AC23E0"/>
+    <w:rsid w:val="00AC4165"/>
     <w:rsid w:val="00AC4721"/>
     <w:rsid w:val="00AC5CB4"/>
     <w:rsid w:val="00AC5D5D"/>
     <w:rsid w:val="00AD175A"/>
     <w:rsid w:val="00AD1E0F"/>
     <w:rsid w:val="00AD2DE6"/>
     <w:rsid w:val="00AD30CB"/>
     <w:rsid w:val="00AD4463"/>
     <w:rsid w:val="00AD737F"/>
     <w:rsid w:val="00AD7DCD"/>
+    <w:rsid w:val="00AD7FF3"/>
     <w:rsid w:val="00AE019C"/>
     <w:rsid w:val="00AE0B45"/>
     <w:rsid w:val="00AE1D40"/>
     <w:rsid w:val="00AE23EA"/>
     <w:rsid w:val="00AE2660"/>
     <w:rsid w:val="00AE31BA"/>
     <w:rsid w:val="00AE578A"/>
+    <w:rsid w:val="00AE6BAE"/>
     <w:rsid w:val="00AE7450"/>
     <w:rsid w:val="00AE76D5"/>
     <w:rsid w:val="00AF3B29"/>
     <w:rsid w:val="00AF4408"/>
+    <w:rsid w:val="00AF6B7F"/>
     <w:rsid w:val="00AF7529"/>
     <w:rsid w:val="00AF7F16"/>
     <w:rsid w:val="00B00568"/>
     <w:rsid w:val="00B00BB9"/>
     <w:rsid w:val="00B00FAF"/>
     <w:rsid w:val="00B01230"/>
     <w:rsid w:val="00B01295"/>
     <w:rsid w:val="00B0165A"/>
     <w:rsid w:val="00B02C99"/>
     <w:rsid w:val="00B0323F"/>
     <w:rsid w:val="00B0337D"/>
     <w:rsid w:val="00B06083"/>
     <w:rsid w:val="00B06BA9"/>
     <w:rsid w:val="00B06C75"/>
     <w:rsid w:val="00B10257"/>
     <w:rsid w:val="00B11514"/>
     <w:rsid w:val="00B1153A"/>
     <w:rsid w:val="00B12667"/>
+    <w:rsid w:val="00B151BF"/>
     <w:rsid w:val="00B1557A"/>
     <w:rsid w:val="00B16179"/>
+    <w:rsid w:val="00B16268"/>
     <w:rsid w:val="00B17719"/>
     <w:rsid w:val="00B17811"/>
     <w:rsid w:val="00B217A6"/>
     <w:rsid w:val="00B221FC"/>
     <w:rsid w:val="00B22351"/>
     <w:rsid w:val="00B2309C"/>
     <w:rsid w:val="00B23DD2"/>
     <w:rsid w:val="00B248DF"/>
+    <w:rsid w:val="00B26FD4"/>
     <w:rsid w:val="00B303B0"/>
     <w:rsid w:val="00B303DB"/>
     <w:rsid w:val="00B3082E"/>
     <w:rsid w:val="00B317E0"/>
     <w:rsid w:val="00B31C68"/>
     <w:rsid w:val="00B31F71"/>
     <w:rsid w:val="00B33874"/>
     <w:rsid w:val="00B35A24"/>
     <w:rsid w:val="00B35FD7"/>
     <w:rsid w:val="00B40867"/>
     <w:rsid w:val="00B418AB"/>
     <w:rsid w:val="00B419D1"/>
     <w:rsid w:val="00B42014"/>
     <w:rsid w:val="00B42E96"/>
     <w:rsid w:val="00B43B05"/>
     <w:rsid w:val="00B446E6"/>
     <w:rsid w:val="00B44D87"/>
     <w:rsid w:val="00B461A6"/>
     <w:rsid w:val="00B46487"/>
     <w:rsid w:val="00B50735"/>
     <w:rsid w:val="00B520B8"/>
     <w:rsid w:val="00B52109"/>
     <w:rsid w:val="00B53F79"/>
     <w:rsid w:val="00B55B34"/>
     <w:rsid w:val="00B55E6D"/>
     <w:rsid w:val="00B568B5"/>
     <w:rsid w:val="00B56BAD"/>
     <w:rsid w:val="00B56BD6"/>
     <w:rsid w:val="00B611FB"/>
     <w:rsid w:val="00B62B8C"/>
     <w:rsid w:val="00B62C79"/>
     <w:rsid w:val="00B64554"/>
     <w:rsid w:val="00B671AF"/>
     <w:rsid w:val="00B67826"/>
     <w:rsid w:val="00B6795F"/>
     <w:rsid w:val="00B71271"/>
     <w:rsid w:val="00B71A5E"/>
     <w:rsid w:val="00B72D3E"/>
     <w:rsid w:val="00B72F14"/>
     <w:rsid w:val="00B746FA"/>
     <w:rsid w:val="00B754A6"/>
     <w:rsid w:val="00B75982"/>
     <w:rsid w:val="00B7633C"/>
     <w:rsid w:val="00B765E3"/>
+    <w:rsid w:val="00B7663E"/>
     <w:rsid w:val="00B7714F"/>
     <w:rsid w:val="00B820DB"/>
     <w:rsid w:val="00B8310F"/>
     <w:rsid w:val="00B8328B"/>
     <w:rsid w:val="00B850D9"/>
     <w:rsid w:val="00B87990"/>
+    <w:rsid w:val="00B87ED2"/>
     <w:rsid w:val="00B935AC"/>
     <w:rsid w:val="00B94261"/>
     <w:rsid w:val="00B962FA"/>
     <w:rsid w:val="00B96B1C"/>
     <w:rsid w:val="00B972D8"/>
     <w:rsid w:val="00B97FF5"/>
     <w:rsid w:val="00BA30F1"/>
     <w:rsid w:val="00BA4679"/>
     <w:rsid w:val="00BA4773"/>
     <w:rsid w:val="00BA674E"/>
     <w:rsid w:val="00BA7935"/>
     <w:rsid w:val="00BB0CBD"/>
     <w:rsid w:val="00BB122C"/>
     <w:rsid w:val="00BB141C"/>
     <w:rsid w:val="00BB1F41"/>
     <w:rsid w:val="00BB2845"/>
     <w:rsid w:val="00BB5985"/>
     <w:rsid w:val="00BB5D4A"/>
     <w:rsid w:val="00BB6A27"/>
     <w:rsid w:val="00BB7EAF"/>
     <w:rsid w:val="00BC0426"/>
+    <w:rsid w:val="00BC0A9B"/>
     <w:rsid w:val="00BC14B9"/>
     <w:rsid w:val="00BC157A"/>
     <w:rsid w:val="00BC209D"/>
     <w:rsid w:val="00BC20E6"/>
     <w:rsid w:val="00BC2585"/>
     <w:rsid w:val="00BC30B3"/>
     <w:rsid w:val="00BC4C8E"/>
     <w:rsid w:val="00BC4F29"/>
     <w:rsid w:val="00BC5246"/>
     <w:rsid w:val="00BC7859"/>
     <w:rsid w:val="00BC7DF6"/>
     <w:rsid w:val="00BC7F2E"/>
     <w:rsid w:val="00BD0A93"/>
     <w:rsid w:val="00BD0D40"/>
     <w:rsid w:val="00BD188B"/>
     <w:rsid w:val="00BD3ECE"/>
+    <w:rsid w:val="00BD42FD"/>
     <w:rsid w:val="00BD4FF8"/>
     <w:rsid w:val="00BD5939"/>
     <w:rsid w:val="00BD5BAA"/>
     <w:rsid w:val="00BD5F1D"/>
     <w:rsid w:val="00BE28FF"/>
     <w:rsid w:val="00BE4C00"/>
     <w:rsid w:val="00BE69FE"/>
     <w:rsid w:val="00BE71E2"/>
     <w:rsid w:val="00BE748F"/>
     <w:rsid w:val="00BF097E"/>
     <w:rsid w:val="00BF1118"/>
     <w:rsid w:val="00BF1282"/>
+    <w:rsid w:val="00BF1459"/>
     <w:rsid w:val="00BF14FC"/>
     <w:rsid w:val="00BF5EB4"/>
     <w:rsid w:val="00BF76E9"/>
     <w:rsid w:val="00C005D6"/>
     <w:rsid w:val="00C0394C"/>
     <w:rsid w:val="00C03F06"/>
     <w:rsid w:val="00C04018"/>
     <w:rsid w:val="00C05D65"/>
     <w:rsid w:val="00C077C5"/>
     <w:rsid w:val="00C07C74"/>
     <w:rsid w:val="00C10C3B"/>
     <w:rsid w:val="00C12AF7"/>
     <w:rsid w:val="00C12D31"/>
     <w:rsid w:val="00C12DA0"/>
+    <w:rsid w:val="00C1384D"/>
     <w:rsid w:val="00C13B2E"/>
     <w:rsid w:val="00C142D8"/>
     <w:rsid w:val="00C1450A"/>
     <w:rsid w:val="00C16B8F"/>
     <w:rsid w:val="00C16BBA"/>
     <w:rsid w:val="00C16F8F"/>
     <w:rsid w:val="00C17369"/>
     <w:rsid w:val="00C20FDF"/>
     <w:rsid w:val="00C218A4"/>
     <w:rsid w:val="00C227CE"/>
     <w:rsid w:val="00C2302E"/>
     <w:rsid w:val="00C23ED1"/>
     <w:rsid w:val="00C27BF7"/>
     <w:rsid w:val="00C27FCF"/>
     <w:rsid w:val="00C3042E"/>
     <w:rsid w:val="00C306FC"/>
     <w:rsid w:val="00C32F15"/>
     <w:rsid w:val="00C36E1A"/>
     <w:rsid w:val="00C371F5"/>
     <w:rsid w:val="00C374F1"/>
     <w:rsid w:val="00C414A6"/>
     <w:rsid w:val="00C422D2"/>
     <w:rsid w:val="00C4298A"/>
     <w:rsid w:val="00C44E0F"/>
     <w:rsid w:val="00C45725"/>
@@ -9695,337 +9904,359 @@
     <w:rsid w:val="00C7406C"/>
     <w:rsid w:val="00C74310"/>
     <w:rsid w:val="00C74911"/>
     <w:rsid w:val="00C77D4A"/>
     <w:rsid w:val="00C801D4"/>
     <w:rsid w:val="00C80299"/>
     <w:rsid w:val="00C811AC"/>
     <w:rsid w:val="00C81A35"/>
     <w:rsid w:val="00C8209B"/>
     <w:rsid w:val="00C83E48"/>
     <w:rsid w:val="00C847DA"/>
     <w:rsid w:val="00C84D82"/>
     <w:rsid w:val="00C92CF7"/>
     <w:rsid w:val="00C93874"/>
     <w:rsid w:val="00C94837"/>
     <w:rsid w:val="00C96E38"/>
     <w:rsid w:val="00C9712A"/>
     <w:rsid w:val="00CA07D5"/>
     <w:rsid w:val="00CA08EC"/>
     <w:rsid w:val="00CA0AB3"/>
     <w:rsid w:val="00CA363B"/>
     <w:rsid w:val="00CA43F3"/>
     <w:rsid w:val="00CA653A"/>
     <w:rsid w:val="00CA75B0"/>
     <w:rsid w:val="00CA792C"/>
+    <w:rsid w:val="00CB1E2D"/>
     <w:rsid w:val="00CB1EBC"/>
     <w:rsid w:val="00CB2012"/>
     <w:rsid w:val="00CB6397"/>
     <w:rsid w:val="00CB6551"/>
     <w:rsid w:val="00CB6C51"/>
+    <w:rsid w:val="00CB7672"/>
     <w:rsid w:val="00CC2923"/>
     <w:rsid w:val="00CC2D4A"/>
     <w:rsid w:val="00CC4350"/>
     <w:rsid w:val="00CC4580"/>
+    <w:rsid w:val="00CC5EB5"/>
     <w:rsid w:val="00CC7A80"/>
     <w:rsid w:val="00CD0416"/>
     <w:rsid w:val="00CD2A68"/>
     <w:rsid w:val="00CD3157"/>
     <w:rsid w:val="00CD3877"/>
     <w:rsid w:val="00CD629F"/>
     <w:rsid w:val="00CD6DC0"/>
     <w:rsid w:val="00CD7B9E"/>
     <w:rsid w:val="00CD7C13"/>
     <w:rsid w:val="00CE168E"/>
     <w:rsid w:val="00CE2631"/>
     <w:rsid w:val="00CE499B"/>
     <w:rsid w:val="00CE57DF"/>
     <w:rsid w:val="00CE58E9"/>
+    <w:rsid w:val="00CE6936"/>
     <w:rsid w:val="00CE7976"/>
     <w:rsid w:val="00CF03A2"/>
     <w:rsid w:val="00CF0CFA"/>
     <w:rsid w:val="00CF0D2D"/>
     <w:rsid w:val="00CF121F"/>
     <w:rsid w:val="00CF1618"/>
     <w:rsid w:val="00CF17BD"/>
     <w:rsid w:val="00CF1FC5"/>
     <w:rsid w:val="00CF2A63"/>
     <w:rsid w:val="00CF3087"/>
     <w:rsid w:val="00CF3A55"/>
+    <w:rsid w:val="00CF4B4B"/>
     <w:rsid w:val="00CF4D5D"/>
     <w:rsid w:val="00CF520C"/>
     <w:rsid w:val="00CF5B21"/>
     <w:rsid w:val="00CF5E56"/>
     <w:rsid w:val="00CF6D7C"/>
     <w:rsid w:val="00CF7C79"/>
     <w:rsid w:val="00CF7CE7"/>
     <w:rsid w:val="00D0038C"/>
     <w:rsid w:val="00D006EE"/>
     <w:rsid w:val="00D00AF9"/>
     <w:rsid w:val="00D016E8"/>
     <w:rsid w:val="00D016EB"/>
     <w:rsid w:val="00D01873"/>
     <w:rsid w:val="00D03DD3"/>
     <w:rsid w:val="00D04B32"/>
     <w:rsid w:val="00D0559A"/>
     <w:rsid w:val="00D0658B"/>
+    <w:rsid w:val="00D06A07"/>
     <w:rsid w:val="00D07CC1"/>
     <w:rsid w:val="00D10262"/>
     <w:rsid w:val="00D12E3A"/>
     <w:rsid w:val="00D14016"/>
     <w:rsid w:val="00D15465"/>
     <w:rsid w:val="00D15B92"/>
     <w:rsid w:val="00D15D87"/>
     <w:rsid w:val="00D22255"/>
     <w:rsid w:val="00D225FE"/>
     <w:rsid w:val="00D246C0"/>
     <w:rsid w:val="00D24768"/>
     <w:rsid w:val="00D258E9"/>
     <w:rsid w:val="00D30DAE"/>
     <w:rsid w:val="00D31018"/>
     <w:rsid w:val="00D31124"/>
     <w:rsid w:val="00D322CE"/>
     <w:rsid w:val="00D338AA"/>
     <w:rsid w:val="00D33BC4"/>
+    <w:rsid w:val="00D33F8A"/>
     <w:rsid w:val="00D34472"/>
     <w:rsid w:val="00D3486F"/>
     <w:rsid w:val="00D35AB1"/>
     <w:rsid w:val="00D36B81"/>
     <w:rsid w:val="00D36E39"/>
     <w:rsid w:val="00D37790"/>
     <w:rsid w:val="00D37DBA"/>
     <w:rsid w:val="00D4002B"/>
     <w:rsid w:val="00D401EE"/>
     <w:rsid w:val="00D40238"/>
     <w:rsid w:val="00D40497"/>
     <w:rsid w:val="00D407F8"/>
     <w:rsid w:val="00D40823"/>
     <w:rsid w:val="00D41797"/>
     <w:rsid w:val="00D41B3B"/>
     <w:rsid w:val="00D42D55"/>
     <w:rsid w:val="00D47746"/>
     <w:rsid w:val="00D47965"/>
     <w:rsid w:val="00D51967"/>
     <w:rsid w:val="00D53A26"/>
     <w:rsid w:val="00D55800"/>
     <w:rsid w:val="00D55E7C"/>
     <w:rsid w:val="00D57DC6"/>
     <w:rsid w:val="00D603E2"/>
     <w:rsid w:val="00D606A0"/>
     <w:rsid w:val="00D606BC"/>
     <w:rsid w:val="00D616D5"/>
     <w:rsid w:val="00D64947"/>
     <w:rsid w:val="00D652F9"/>
     <w:rsid w:val="00D66B39"/>
     <w:rsid w:val="00D67AA7"/>
     <w:rsid w:val="00D70584"/>
     <w:rsid w:val="00D7203C"/>
     <w:rsid w:val="00D724FA"/>
     <w:rsid w:val="00D732FA"/>
     <w:rsid w:val="00D75CC7"/>
     <w:rsid w:val="00D75CDF"/>
     <w:rsid w:val="00D7673A"/>
     <w:rsid w:val="00D82772"/>
+    <w:rsid w:val="00D834AC"/>
+    <w:rsid w:val="00D8353F"/>
     <w:rsid w:val="00D837D5"/>
     <w:rsid w:val="00D8408E"/>
     <w:rsid w:val="00D850FB"/>
     <w:rsid w:val="00D86A91"/>
     <w:rsid w:val="00D86DA3"/>
     <w:rsid w:val="00D86FC5"/>
     <w:rsid w:val="00D91DB7"/>
     <w:rsid w:val="00D92919"/>
     <w:rsid w:val="00D93758"/>
     <w:rsid w:val="00D94F6E"/>
     <w:rsid w:val="00D95CA2"/>
     <w:rsid w:val="00D97839"/>
     <w:rsid w:val="00D97BBB"/>
+    <w:rsid w:val="00D97C06"/>
     <w:rsid w:val="00DA017E"/>
     <w:rsid w:val="00DA05D2"/>
     <w:rsid w:val="00DA0FB4"/>
     <w:rsid w:val="00DA2BA0"/>
     <w:rsid w:val="00DA336A"/>
     <w:rsid w:val="00DA3C7D"/>
     <w:rsid w:val="00DA4514"/>
     <w:rsid w:val="00DA5805"/>
     <w:rsid w:val="00DA6368"/>
     <w:rsid w:val="00DA6536"/>
     <w:rsid w:val="00DA6CF3"/>
     <w:rsid w:val="00DA7424"/>
     <w:rsid w:val="00DA79D3"/>
     <w:rsid w:val="00DA7B74"/>
     <w:rsid w:val="00DB13E2"/>
     <w:rsid w:val="00DB3219"/>
     <w:rsid w:val="00DB33DC"/>
     <w:rsid w:val="00DB63A0"/>
     <w:rsid w:val="00DB6A17"/>
     <w:rsid w:val="00DB6C7D"/>
     <w:rsid w:val="00DC0CB8"/>
     <w:rsid w:val="00DC111E"/>
     <w:rsid w:val="00DC23F3"/>
     <w:rsid w:val="00DC2CA3"/>
     <w:rsid w:val="00DC3A0A"/>
     <w:rsid w:val="00DC52C0"/>
     <w:rsid w:val="00DC6246"/>
     <w:rsid w:val="00DC6350"/>
     <w:rsid w:val="00DC67C6"/>
     <w:rsid w:val="00DD1117"/>
     <w:rsid w:val="00DD1344"/>
     <w:rsid w:val="00DD180F"/>
     <w:rsid w:val="00DD1AF6"/>
     <w:rsid w:val="00DD2143"/>
     <w:rsid w:val="00DD46A3"/>
+    <w:rsid w:val="00DD5EBA"/>
     <w:rsid w:val="00DD672F"/>
     <w:rsid w:val="00DE1176"/>
     <w:rsid w:val="00DE49D4"/>
     <w:rsid w:val="00DE6FD8"/>
     <w:rsid w:val="00DF0DD6"/>
+    <w:rsid w:val="00DF2E5C"/>
     <w:rsid w:val="00DF3005"/>
     <w:rsid w:val="00DF4207"/>
     <w:rsid w:val="00DF478E"/>
     <w:rsid w:val="00DF5C8F"/>
     <w:rsid w:val="00DF60F7"/>
     <w:rsid w:val="00E01B2F"/>
     <w:rsid w:val="00E0393D"/>
     <w:rsid w:val="00E042F8"/>
     <w:rsid w:val="00E04828"/>
     <w:rsid w:val="00E04AE7"/>
     <w:rsid w:val="00E060DD"/>
     <w:rsid w:val="00E06161"/>
     <w:rsid w:val="00E06430"/>
     <w:rsid w:val="00E07F60"/>
     <w:rsid w:val="00E11DED"/>
     <w:rsid w:val="00E1224F"/>
     <w:rsid w:val="00E12F7F"/>
     <w:rsid w:val="00E13311"/>
     <w:rsid w:val="00E13392"/>
     <w:rsid w:val="00E13569"/>
     <w:rsid w:val="00E14DE8"/>
     <w:rsid w:val="00E1518D"/>
     <w:rsid w:val="00E15281"/>
     <w:rsid w:val="00E1668B"/>
     <w:rsid w:val="00E1736C"/>
     <w:rsid w:val="00E20BDF"/>
     <w:rsid w:val="00E2168B"/>
     <w:rsid w:val="00E22C0D"/>
     <w:rsid w:val="00E23196"/>
     <w:rsid w:val="00E23F5A"/>
     <w:rsid w:val="00E24911"/>
     <w:rsid w:val="00E249D8"/>
     <w:rsid w:val="00E24AAA"/>
     <w:rsid w:val="00E26595"/>
     <w:rsid w:val="00E27ED9"/>
     <w:rsid w:val="00E301F4"/>
+    <w:rsid w:val="00E31011"/>
     <w:rsid w:val="00E332A8"/>
     <w:rsid w:val="00E334FC"/>
     <w:rsid w:val="00E34042"/>
     <w:rsid w:val="00E34DFE"/>
     <w:rsid w:val="00E3558D"/>
     <w:rsid w:val="00E3576C"/>
     <w:rsid w:val="00E4019F"/>
     <w:rsid w:val="00E4056F"/>
     <w:rsid w:val="00E420C9"/>
     <w:rsid w:val="00E44C71"/>
     <w:rsid w:val="00E4538E"/>
     <w:rsid w:val="00E50B9B"/>
     <w:rsid w:val="00E53341"/>
     <w:rsid w:val="00E53C72"/>
     <w:rsid w:val="00E561B2"/>
     <w:rsid w:val="00E5669E"/>
     <w:rsid w:val="00E56E30"/>
     <w:rsid w:val="00E57DCC"/>
     <w:rsid w:val="00E60F8E"/>
     <w:rsid w:val="00E616B6"/>
     <w:rsid w:val="00E61BAC"/>
     <w:rsid w:val="00E62A4C"/>
     <w:rsid w:val="00E63523"/>
     <w:rsid w:val="00E64973"/>
     <w:rsid w:val="00E64FBA"/>
     <w:rsid w:val="00E651C9"/>
     <w:rsid w:val="00E6570A"/>
     <w:rsid w:val="00E670B0"/>
     <w:rsid w:val="00E6718B"/>
     <w:rsid w:val="00E70234"/>
     <w:rsid w:val="00E74359"/>
     <w:rsid w:val="00E75981"/>
     <w:rsid w:val="00E76676"/>
     <w:rsid w:val="00E81A9B"/>
     <w:rsid w:val="00E823D8"/>
     <w:rsid w:val="00E860DD"/>
     <w:rsid w:val="00E90F83"/>
     <w:rsid w:val="00E91451"/>
     <w:rsid w:val="00E91832"/>
     <w:rsid w:val="00E92B14"/>
     <w:rsid w:val="00E95235"/>
     <w:rsid w:val="00E9536F"/>
     <w:rsid w:val="00E957EF"/>
     <w:rsid w:val="00E95E0C"/>
     <w:rsid w:val="00E9631C"/>
+    <w:rsid w:val="00E96545"/>
     <w:rsid w:val="00EA0069"/>
     <w:rsid w:val="00EA0627"/>
     <w:rsid w:val="00EA0B8E"/>
     <w:rsid w:val="00EA19A0"/>
     <w:rsid w:val="00EA303A"/>
     <w:rsid w:val="00EA34A1"/>
     <w:rsid w:val="00EA36E0"/>
     <w:rsid w:val="00EA380A"/>
     <w:rsid w:val="00EA3CF9"/>
     <w:rsid w:val="00EA3DBD"/>
     <w:rsid w:val="00EA48B7"/>
     <w:rsid w:val="00EA54B3"/>
     <w:rsid w:val="00EA6336"/>
     <w:rsid w:val="00EA6FF5"/>
+    <w:rsid w:val="00EA7B99"/>
     <w:rsid w:val="00EB0A5A"/>
     <w:rsid w:val="00EB2B89"/>
     <w:rsid w:val="00EB5298"/>
     <w:rsid w:val="00EB6474"/>
     <w:rsid w:val="00EB6556"/>
     <w:rsid w:val="00EB6789"/>
+    <w:rsid w:val="00EB78DE"/>
     <w:rsid w:val="00EB7958"/>
     <w:rsid w:val="00EC00B8"/>
     <w:rsid w:val="00EC00E2"/>
     <w:rsid w:val="00EC0428"/>
+    <w:rsid w:val="00EC0951"/>
     <w:rsid w:val="00EC1A71"/>
     <w:rsid w:val="00EC2006"/>
+    <w:rsid w:val="00EC2322"/>
+    <w:rsid w:val="00EC443C"/>
     <w:rsid w:val="00EC534F"/>
     <w:rsid w:val="00EC7F3D"/>
     <w:rsid w:val="00ED166A"/>
+    <w:rsid w:val="00ED1A71"/>
     <w:rsid w:val="00ED1F7B"/>
     <w:rsid w:val="00ED40AC"/>
     <w:rsid w:val="00ED4A1D"/>
     <w:rsid w:val="00ED56CF"/>
     <w:rsid w:val="00ED5AE2"/>
     <w:rsid w:val="00ED5D3F"/>
     <w:rsid w:val="00ED68E1"/>
     <w:rsid w:val="00ED6905"/>
     <w:rsid w:val="00EE08F5"/>
     <w:rsid w:val="00EE0A75"/>
     <w:rsid w:val="00EE0BB1"/>
+    <w:rsid w:val="00EE0F5D"/>
     <w:rsid w:val="00EE25A8"/>
     <w:rsid w:val="00EE38D4"/>
     <w:rsid w:val="00EE41C3"/>
     <w:rsid w:val="00EE4897"/>
     <w:rsid w:val="00EE5494"/>
+    <w:rsid w:val="00EE5E55"/>
     <w:rsid w:val="00EE6CD5"/>
     <w:rsid w:val="00EE6E61"/>
     <w:rsid w:val="00EE7F4A"/>
     <w:rsid w:val="00EF0178"/>
     <w:rsid w:val="00EF0972"/>
     <w:rsid w:val="00EF1188"/>
     <w:rsid w:val="00EF1A46"/>
     <w:rsid w:val="00EF2319"/>
     <w:rsid w:val="00EF34C5"/>
     <w:rsid w:val="00EF4654"/>
     <w:rsid w:val="00EF5085"/>
     <w:rsid w:val="00EF5F83"/>
     <w:rsid w:val="00EF6EBE"/>
     <w:rsid w:val="00EF7609"/>
     <w:rsid w:val="00F01088"/>
     <w:rsid w:val="00F01631"/>
     <w:rsid w:val="00F01633"/>
     <w:rsid w:val="00F0198B"/>
     <w:rsid w:val="00F02034"/>
     <w:rsid w:val="00F02B8C"/>
     <w:rsid w:val="00F03BEF"/>
     <w:rsid w:val="00F04642"/>
     <w:rsid w:val="00F05756"/>
     <w:rsid w:val="00F0621F"/>
     <w:rsid w:val="00F06842"/>
@@ -10084,88 +10315,94 @@
     <w:rsid w:val="00F639D7"/>
     <w:rsid w:val="00F644CF"/>
     <w:rsid w:val="00F6577A"/>
     <w:rsid w:val="00F659A9"/>
     <w:rsid w:val="00F65DC3"/>
     <w:rsid w:val="00F66040"/>
     <w:rsid w:val="00F6685B"/>
     <w:rsid w:val="00F677A4"/>
     <w:rsid w:val="00F678EB"/>
     <w:rsid w:val="00F701D2"/>
     <w:rsid w:val="00F70224"/>
     <w:rsid w:val="00F7142E"/>
     <w:rsid w:val="00F72F67"/>
     <w:rsid w:val="00F75000"/>
     <w:rsid w:val="00F7665E"/>
     <w:rsid w:val="00F76D94"/>
     <w:rsid w:val="00F814E3"/>
     <w:rsid w:val="00F81E50"/>
     <w:rsid w:val="00F82D60"/>
     <w:rsid w:val="00F8467A"/>
     <w:rsid w:val="00F84963"/>
     <w:rsid w:val="00F851E3"/>
     <w:rsid w:val="00F8556C"/>
     <w:rsid w:val="00F857D5"/>
     <w:rsid w:val="00F860E0"/>
+    <w:rsid w:val="00F8676E"/>
     <w:rsid w:val="00F87E8D"/>
     <w:rsid w:val="00F90CD4"/>
     <w:rsid w:val="00F9133B"/>
     <w:rsid w:val="00F933E2"/>
     <w:rsid w:val="00F93449"/>
     <w:rsid w:val="00F94C8C"/>
+    <w:rsid w:val="00F956DC"/>
     <w:rsid w:val="00FA0586"/>
     <w:rsid w:val="00FA24A9"/>
     <w:rsid w:val="00FA2BF5"/>
     <w:rsid w:val="00FA2E9B"/>
     <w:rsid w:val="00FA3657"/>
     <w:rsid w:val="00FA50B1"/>
     <w:rsid w:val="00FA5138"/>
     <w:rsid w:val="00FA5415"/>
     <w:rsid w:val="00FB0223"/>
     <w:rsid w:val="00FB09B4"/>
     <w:rsid w:val="00FB0D93"/>
+    <w:rsid w:val="00FB14F5"/>
     <w:rsid w:val="00FB2FBD"/>
     <w:rsid w:val="00FB331F"/>
     <w:rsid w:val="00FB3EB1"/>
     <w:rsid w:val="00FB43DE"/>
     <w:rsid w:val="00FB645D"/>
+    <w:rsid w:val="00FB6830"/>
     <w:rsid w:val="00FB6D2C"/>
     <w:rsid w:val="00FC10D6"/>
     <w:rsid w:val="00FC1FF0"/>
     <w:rsid w:val="00FC2D42"/>
     <w:rsid w:val="00FC2EC1"/>
     <w:rsid w:val="00FC38E3"/>
     <w:rsid w:val="00FC3B66"/>
     <w:rsid w:val="00FC40D9"/>
     <w:rsid w:val="00FC4180"/>
     <w:rsid w:val="00FC5289"/>
     <w:rsid w:val="00FC6179"/>
     <w:rsid w:val="00FC65F2"/>
     <w:rsid w:val="00FD1FEC"/>
+    <w:rsid w:val="00FD38EC"/>
     <w:rsid w:val="00FD3A79"/>
     <w:rsid w:val="00FD453F"/>
     <w:rsid w:val="00FD4729"/>
+    <w:rsid w:val="00FD4D51"/>
     <w:rsid w:val="00FD5F4B"/>
     <w:rsid w:val="00FD7737"/>
     <w:rsid w:val="00FE0135"/>
     <w:rsid w:val="00FE142C"/>
     <w:rsid w:val="00FE1ADE"/>
     <w:rsid w:val="00FE6D07"/>
     <w:rsid w:val="00FE7644"/>
     <w:rsid w:val="00FE7E03"/>
     <w:rsid w:val="00FF05F5"/>
     <w:rsid w:val="00FF0633"/>
     <w:rsid w:val="00FF0AA3"/>
     <w:rsid w:val="00FF11DE"/>
     <w:rsid w:val="00FF12E2"/>
     <w:rsid w:val="00FF1532"/>
     <w:rsid w:val="00FF1923"/>
     <w:rsid w:val="00FF1F5F"/>
     <w:rsid w:val="00FF2424"/>
     <w:rsid w:val="00FF24E9"/>
     <w:rsid w:val="00FF3B32"/>
     <w:rsid w:val="00FF401E"/>
     <w:rsid w:val="00FF55CA"/>
     <w:rsid w:val="00FF5B92"/>
     <w:rsid w:val="00FF5FA2"/>
     <w:rsid w:val="00FF6532"/>
     <w:rsid w:val="00FF6B5A"/>
@@ -10570,51 +10807,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF2319"/>
+    <w:rsid w:val="00094326"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
@@ -10669,51 +10906,50 @@
       <w:color w:val="000000"/>
       <w:kern w:val="28"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
@@ -32416,51 +32652,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2065595207">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lycreciagcc@yahoo.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parishdonaghmore@gmail.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nursingclio.org/2012/12/15/dear-santa/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parishdonaghmore@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -32723,75 +32959,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1371F1D9-F782-40F4-B352-0EA7DF94B8CF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1501</Words>
-  <Characters>7960</Characters>
+  <Words>998</Words>
+  <Characters>5285</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>274</Lines>
-  <Paragraphs>205</Paragraphs>
+  <Lines>528</Lines>
+  <Paragraphs>314</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Domhnach Mór</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>RM plc</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9256</CharactersWithSpaces>
+  <CharactersWithSpaces>5969</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="36" baseType="variant">
       <vt:variant>
         <vt:i4>4259926</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.midulsterwomensaid.org.uk/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6946817</vt:i4>
       </vt:variant>
       <vt:variant>