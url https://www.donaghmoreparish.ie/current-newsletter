--- v1 (2026-01-03)
+++ v2 (2026-01-23)
@@ -1,30 +1,29 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
@@ -179,337 +178,311 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2603695" cy="236257"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38CFD5A0" w14:textId="15E8400E" w:rsidR="00385734" w:rsidRPr="0073027D" w:rsidRDefault="006E06D2" w:rsidP="0014750C">
+    <w:p w14:paraId="38CFD5A0" w14:textId="56637452" w:rsidR="00385734" w:rsidRPr="00C630CB" w:rsidRDefault="00B1607D" w:rsidP="0014750C">
       <w:pPr>
         <w:ind w:right="-369"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>FO</w:t>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> SUNDAY OF ADVENT</w:t>
+        <w:t>SECOND SUNDAY IN ORDINARY TIME</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FDE9C30" w14:textId="14478FD9" w:rsidR="00524346" w:rsidRPr="0073027D" w:rsidRDefault="00743A77" w:rsidP="00743A77">
+    <w:p w14:paraId="1FDE9C30" w14:textId="02E3C1F1" w:rsidR="00524346" w:rsidRPr="00C630CB" w:rsidRDefault="00743A77" w:rsidP="00743A77">
       <w:pPr>
         <w:ind w:left="720" w:right="-369"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0073027D">
+      <w:r w:rsidRPr="00C630CB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">                                                    </w:t>
       </w:r>
-      <w:r w:rsidR="00524346" w:rsidRPr="0073027D">
+      <w:r w:rsidR="00524346" w:rsidRPr="00C630CB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Next Sunday</w:t>
       </w:r>
-      <w:r w:rsidR="00787C64" w:rsidRPr="0073027D">
+      <w:r w:rsidR="00787C64" w:rsidRPr="00C630CB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="0073027D" w:rsidRPr="0073027D">
+      <w:r w:rsidR="00854F48">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>25</w:t>
       </w:r>
-      <w:r w:rsidR="006E06D2">
+      <w:r w:rsidR="006E06D2" w:rsidRPr="00C630CB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>8th</w:t>
+        <w:t>th</w:t>
       </w:r>
-      <w:r w:rsidR="0095089C" w:rsidRPr="0073027D">
+      <w:r w:rsidR="0095089C" w:rsidRPr="00C630CB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A27265" w:rsidRPr="0073027D">
+      <w:r w:rsidR="00C630CB" w:rsidRPr="00C630CB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>December</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 2025</w:t>
+        <w:t>January 2026</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A841213" w14:textId="268C72EA" w:rsidR="00A969B4" w:rsidRPr="0073027D" w:rsidRDefault="00816FCE" w:rsidP="0014750C">
+    <w:p w14:paraId="3A841213" w14:textId="24426D93" w:rsidR="00A969B4" w:rsidRPr="00C630CB" w:rsidRDefault="00816FCE" w:rsidP="0014750C">
       <w:pPr>
         <w:ind w:right="-369"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:bCs/>
-          <w:color w:val="EE0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0073027D">
+      <w:r w:rsidRPr="00C630CB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Readings:</w:t>
       </w:r>
-      <w:r w:rsidR="005E1C24" w:rsidRPr="0073027D">
+      <w:r w:rsidR="005E1C24" w:rsidRPr="00C630CB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006E06D2">
+      <w:r w:rsidR="00C630CB" w:rsidRPr="00C630CB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Eccles 3</w:t>
+        <w:t xml:space="preserve">Is </w:t>
       </w:r>
-      <w:r w:rsidR="009B4088" w:rsidRPr="0073027D">
+      <w:r w:rsidR="006A6C7F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00C630CB" w:rsidRPr="00C630CB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="006E06D2">
+      <w:r w:rsidR="006A6C7F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>2 - 6</w:t>
+        <w:t>23-9:3</w:t>
       </w:r>
-      <w:r w:rsidR="00832063" w:rsidRPr="0073027D">
+      <w:r w:rsidR="00D54C98">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="006E06D2">
+      <w:r w:rsidR="00832063" w:rsidRPr="00C630CB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E06D2" w:rsidRPr="00C630CB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Col</w:t>
       </w:r>
-      <w:r w:rsidR="00396D66">
+      <w:r w:rsidR="00396D66" w:rsidRPr="00C630CB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006E06D2">
+      <w:r w:rsidR="00C630CB" w:rsidRPr="00C630CB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>3:12-21</w:t>
+        <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="007508C8" w:rsidRPr="0073027D">
+      <w:r w:rsidR="006E06D2" w:rsidRPr="00C630CB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>, Gospel</w:t>
+        <w:t>:1</w:t>
       </w:r>
-      <w:r w:rsidR="001D64E6" w:rsidRPr="0073027D">
+      <w:r w:rsidR="00D54C98">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>0-13</w:t>
+      </w:r>
+      <w:r w:rsidR="007508C8" w:rsidRPr="00C630CB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D54C98">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidR="007508C8" w:rsidRPr="00C630CB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gospel</w:t>
+      </w:r>
+      <w:r w:rsidR="001D64E6" w:rsidRPr="00C630CB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00832063" w:rsidRPr="0073027D">
+      <w:r w:rsidR="00C15A76">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>M</w:t>
+        <w:t>Mt</w:t>
       </w:r>
-      <w:r w:rsidR="00126D41" w:rsidRPr="0073027D">
-[...7 lines deleted...]
-      <w:r w:rsidR="005C3E86" w:rsidRPr="0073027D">
+      <w:r w:rsidR="00605C24">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006E06D2">
+      <w:r w:rsidR="00C15A76">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>2</w:t>
-[...23 lines deleted...]
-        <w:t>3-15, 19-23</w:t>
+        <w:t>4:12-23</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="-172" w:tblpY="147"/>
         <w:tblW w:w="10871" w:type="dxa"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5613"/>
         <w:gridCol w:w="5258"/>
       </w:tblGrid>
       <w:tr w:rsidR="00584C44" w:rsidRPr="002D3356" w14:paraId="6AED38DD" w14:textId="77777777" w:rsidTr="005D60FE">
         <w:trPr>
           <w:trHeight w:val="5499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5807" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2ABB8EBC" w14:textId="32F98BD8" w:rsidR="00712BC9" w:rsidRPr="002D3356" w:rsidRDefault="00712BC9" w:rsidP="00CF1618">
@@ -553,398 +526,398 @@
               <w:tblStyle w:val="TableGrid"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblInd w:w="3" w:type="dxa"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1182"/>
               <w:gridCol w:w="2271"/>
               <w:gridCol w:w="1607"/>
             </w:tblGrid>
             <w:tr w:rsidR="008E6B13" w:rsidRPr="002D3356" w14:paraId="45B7ECFE" w14:textId="77777777" w:rsidTr="00547091">
               <w:trPr>
                 <w:trHeight w:val="421"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1182" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="5FB81ABB" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="002F27F5">
+                <w:p w14:paraId="5FB81ABB" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00D832FC">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Parish Priest</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2271" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="34E6561F" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="002F27F5">
+                <w:p w14:paraId="34E6561F" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00D832FC">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Fr Brian Slater</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1607" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="0382A31B" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="002F27F5">
+                <w:p w14:paraId="0382A31B" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00D832FC">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>Tel: (028) 87761327</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="008E6B13" w:rsidRPr="002D3356" w14:paraId="5E9E2A30" w14:textId="77777777" w:rsidTr="00547091">
               <w:trPr>
                 <w:trHeight w:val="386"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1182" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="157242D1" w14:textId="77777777" w:rsidR="008E6B13" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="002F27F5">
+                <w:p w14:paraId="157242D1" w14:textId="77777777" w:rsidR="008E6B13" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00D832FC">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Associate </w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="3C0BB03A" w14:textId="0FF3C250" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="002F27F5">
+                <w:p w14:paraId="3C0BB03A" w14:textId="0FF3C250" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00D832FC">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Pastor</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2271" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="277486C0" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="002F27F5">
+                <w:p w14:paraId="277486C0" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00D832FC">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Fr Patrick Breslan  </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1607" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="3C6239E2" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="002F27F5">
+                <w:p w14:paraId="3C6239E2" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00D832FC">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>Tel: (028) 8775 8277</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="1F536D8B" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="002F27F5">
+                <w:p w14:paraId="1F536D8B" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00D832FC">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="008E6B13" w:rsidRPr="002D3356" w14:paraId="01577D05" w14:textId="77777777" w:rsidTr="00547091">
               <w:trPr>
                 <w:trHeight w:val="386"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1182" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="74C55238" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="002F27F5">
+                <w:p w14:paraId="74C55238" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00D832FC">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Retired</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2271" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="50F025EE" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="002F27F5">
+                <w:p w14:paraId="50F025EE" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00D832FC">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Fr Patrick McGuckin</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="27EBF168" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="002F27F5">
+                <w:p w14:paraId="27EBF168" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00D832FC">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1607" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="2198E35F" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="002F27F5">
+                <w:p w14:paraId="2198E35F" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00D832FC">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="3EA4E0C1" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
@@ -1635,225 +1608,225 @@
             <w:tblPr>
               <w:tblStyle w:val="TableGrid"/>
               <w:tblW w:w="5029" w:type="dxa"/>
               <w:tblInd w:w="3" w:type="dxa"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1287"/>
               <w:gridCol w:w="2028"/>
               <w:gridCol w:w="1714"/>
             </w:tblGrid>
             <w:tr w:rsidR="004D6181" w:rsidRPr="002D3356" w14:paraId="10623BE1" w14:textId="77777777" w:rsidTr="00547091">
               <w:trPr>
                 <w:trHeight w:val="212"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1287" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="3A7DBB3A" w14:textId="77777777" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="002F27F5">
+                <w:p w14:paraId="3A7DBB3A" w14:textId="77777777" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="00D832FC">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2028" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="04847305" w14:textId="77777777" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="002F27F5">
+                <w:p w14:paraId="04847305" w14:textId="77777777" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="00D832FC">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>DONAGHMORE</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1714" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="683D3D36" w14:textId="77777777" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="002F27F5">
+                <w:p w14:paraId="683D3D36" w14:textId="77777777" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="00D832FC">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>GALBALLY</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="004D6181" w:rsidRPr="002D3356" w14:paraId="066831CB" w14:textId="77777777" w:rsidTr="00547091">
               <w:trPr>
                 <w:trHeight w:val="224"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1287" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="239FD280" w14:textId="77777777" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="002F27F5">
+                <w:p w14:paraId="239FD280" w14:textId="77777777" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="00D832FC">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>WEEKDAY</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2028" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="455B2EF9" w14:textId="35D74AC8" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="002F27F5">
+                <w:p w14:paraId="455B2EF9" w14:textId="35D74AC8" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="00D832FC">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t xml:space="preserve">9.30am </w:t>
                   </w:r>
                   <w:r w:rsidR="00816FCE" w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>(MON</w:t>
                   </w:r>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> – FRI)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1714" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="5625E251" w14:textId="43965186" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="002F27F5">
+                <w:p w14:paraId="5625E251" w14:textId="43965186" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="00D832FC">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t xml:space="preserve">10am </w:t>
                   </w:r>
                   <w:r w:rsidR="00816FCE" w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
@@ -1864,83 +1837,83 @@
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> - FRI)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="004D6181" w:rsidRPr="002D3356" w14:paraId="6E6FF3D6" w14:textId="77777777" w:rsidTr="00547091">
               <w:trPr>
                 <w:trHeight w:val="336"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1287" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="664AEF97" w14:textId="77777777" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="002F27F5">
+                <w:p w14:paraId="664AEF97" w14:textId="77777777" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="00D832FC">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>WEEKEND</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2028" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="63D6728F" w14:textId="6ACA3B54" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="002F27F5">
+                <w:p w14:paraId="63D6728F" w14:textId="6ACA3B54" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="00D832FC">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>VIGIL MASS 6</w:t>
                   </w:r>
                   <w:r w:rsidR="00E5669E" w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
@@ -1952,51 +1925,51 @@
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="00816FCE" w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>(SAT</w:t>
                   </w:r>
                   <w:r w:rsidR="005F6FB5" w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>)</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="34F5B7B5" w14:textId="0BD0368E" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="002F27F5">
+                <w:p w14:paraId="34F5B7B5" w14:textId="0BD0368E" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="00D832FC">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t xml:space="preserve">11am </w:t>
                   </w:r>
                   <w:r w:rsidR="00C67B53" w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
@@ -2011,51 +1984,51 @@
                     </w:rPr>
                     <w:t>SUN</w:t>
                   </w:r>
                   <w:r w:rsidR="00C67B53" w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1714" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="519579D6" w14:textId="695F6004" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="002F27F5">
+                <w:p w14:paraId="519579D6" w14:textId="695F6004" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="00D832FC">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t xml:space="preserve">10am </w:t>
                   </w:r>
                   <w:r w:rsidR="00C67B53" w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
@@ -2289,1172 +2262,1393 @@
                               <a:fillRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:fillRef>
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="tx1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:line w14:anchorId="76A7E684" id="Straight Connector 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-5.65pt,7.45pt" to="256.55pt,7.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAUHL8JsgEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3LSYViNOD206C7D&#10;VmzrB6gyFQuQREHSYufvRymJXWwDhhW90CLF90g+0dubyVl2gJgM+o6vVw1n4BX2xu87/vjj/t1H&#10;zlKWvpcWPXT8CInf7N6+2Y6hhQ0OaHuIjEh8asfQ8SHn0AqR1ABOphUG8HSpMTqZyY170Uc5Eruz&#10;YtM0H8SIsQ8RFaRE0bvTJd9Vfq1B5a9aJ8jMdpx6y9XGap+KFbutbPdRhsGocxvyBV04aTwVnanu&#10;ZJbsZzR/UDmjIibUeaXQCdTaKKgz0DTr5rdpvg8yQJ2FxElhlim9Hq36crj1D5FkGENqU3iIZYpJ&#10;R1e+1B+bqljHWSyYMlMUvLraXF+/J03V5U4swBBT/gToWDl03Bpf5pCtPHxOmYpR6iWlhK0vNqE1&#10;/b2xtjplA+DWRnaQ9HZ5Wpe3ItyzLPIKUiyt11M+WjixfgPNTE/Nrmv1ulULp1QKfL7wWk/ZBaap&#10;gxnY/Bt4zi9QqBv3P+AZUSujzzPYGY/xb9UXKfQp/6LAae4iwRP2x/qoVRpanarcec3Lbj73K3z5&#10;GXe/AAAA//8DAFBLAwQUAAYACAAAACEAuEEYu90AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMAyG70i8Q2QkbltaNqZRmk4IwQVxadkBblnjNRWN0zXpWt4eIw5wtP9Pvz/nu9l14oxDaD0p&#10;SJcJCKTam5YaBfu358UWRIiajO48oYIvDLArLi9ynRk/UYnnKjaCSyhkWoGNsc+kDLVFp8PS90ic&#10;Hf3gdORxaKQZ9MTlrpM3SbKRTrfEF6zu8dFi/VmNTsHL6TXs15vyqXw/bavp4zjaxqNS11fzwz2I&#10;iHP8g+FHn9WhYKeDH8kE0SlYpOmKUQ7WdyAYuE1XKYjD70IWufz/QfENAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAFBy/CbIBAADUAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAuEEYu90AAAAJAQAADwAAAAAAAAAAAAAAAAAMBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3213]"/>
+                    <v:line w14:anchorId="45F2714F" id="Straight Connector 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-5.65pt,7.45pt" to="256.55pt,7.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAUHL8JsgEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3LSYViNOD206C7D&#10;VmzrB6gyFQuQREHSYufvRymJXWwDhhW90CLF90g+0dubyVl2gJgM+o6vVw1n4BX2xu87/vjj/t1H&#10;zlKWvpcWPXT8CInf7N6+2Y6hhQ0OaHuIjEh8asfQ8SHn0AqR1ABOphUG8HSpMTqZyY170Uc5Eruz&#10;YtM0H8SIsQ8RFaRE0bvTJd9Vfq1B5a9aJ8jMdpx6y9XGap+KFbutbPdRhsGocxvyBV04aTwVnanu&#10;ZJbsZzR/UDmjIibUeaXQCdTaKKgz0DTr5rdpvg8yQJ2FxElhlim9Hq36crj1D5FkGENqU3iIZYpJ&#10;R1e+1B+bqljHWSyYMlMUvLraXF+/J03V5U4swBBT/gToWDl03Bpf5pCtPHxOmYpR6iWlhK0vNqE1&#10;/b2xtjplA+DWRnaQ9HZ5Wpe3ItyzLPIKUiyt11M+WjixfgPNTE/Nrmv1ulULp1QKfL7wWk/ZBaap&#10;gxnY/Bt4zi9QqBv3P+AZUSujzzPYGY/xb9UXKfQp/6LAae4iwRP2x/qoVRpanarcec3Lbj73K3z5&#10;GXe/AAAA//8DAFBLAwQUAAYACAAAACEAuEEYu90AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMAyG70i8Q2QkbltaNqZRmk4IwQVxadkBblnjNRWN0zXpWt4eIw5wtP9Pvz/nu9l14oxDaD0p&#10;SJcJCKTam5YaBfu358UWRIiajO48oYIvDLArLi9ynRk/UYnnKjaCSyhkWoGNsc+kDLVFp8PS90ic&#10;Hf3gdORxaKQZ9MTlrpM3SbKRTrfEF6zu8dFi/VmNTsHL6TXs15vyqXw/bavp4zjaxqNS11fzwz2I&#10;iHP8g+FHn9WhYKeDH8kE0SlYpOmKUQ7WdyAYuE1XKYjD70IWufz/QfENAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAFBy/CbIBAADUAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAuEEYu90AAAAJAQAADwAAAAAAAAAAAAAAAAAMBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3213]"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2734C873" w14:textId="69F04120" w:rsidR="00154741" w:rsidRDefault="00E1224F" w:rsidP="0010708C">
+          <w:p w14:paraId="1477E45E" w14:textId="58EDC9E6" w:rsidR="00624C85" w:rsidRDefault="00562407" w:rsidP="00562407">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562407">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>MASS TIMES 9</w:t>
+            </w:r>
+            <w:r w:rsidR="005B5F6A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>th -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562407">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidR="00031C88">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562407">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Feb</w:t>
+            </w:r>
+            <w:r w:rsidR="00417BC7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in DONAGHMORE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E17276C" w14:textId="6AFA7C73" w:rsidR="00417BC7" w:rsidRPr="0050348C" w:rsidRDefault="00417BC7" w:rsidP="00417BC7">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0050348C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Monday 9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0050348C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0050348C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D738D9" w:rsidRPr="0050348C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>– 9.30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0050348C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mass</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13E65800" w14:textId="0FDD4ABE" w:rsidR="00417BC7" w:rsidRPr="0050348C" w:rsidRDefault="00417BC7" w:rsidP="00417BC7">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0050348C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Tues</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD67FB" w:rsidRPr="0050348C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; Wed 10</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD67FB" w:rsidRPr="0050348C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD67FB" w:rsidRPr="0050348C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; 11</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD67FB" w:rsidRPr="0050348C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD67FB" w:rsidRPr="0050348C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – No mass</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EDBC33C" w14:textId="302741DF" w:rsidR="00FD67FB" w:rsidRDefault="00FD67FB" w:rsidP="00417BC7">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0050348C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Thu&amp; Fri </w:t>
+            </w:r>
+            <w:r w:rsidR="0050348C" w:rsidRPr="0050348C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="0050348C" w:rsidRPr="0050348C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidR="0050348C" w:rsidRPr="0050348C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; 13</w:t>
+            </w:r>
+            <w:r w:rsidR="0050348C" w:rsidRPr="0050348C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidR="0050348C" w:rsidRPr="0050348C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Communion service led b</w:t>
+            </w:r>
+            <w:r w:rsidR="0050348C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>y</w:t>
+            </w:r>
+            <w:r w:rsidR="0050348C" w:rsidRPr="0050348C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Deacon Eamon </w:t>
+            </w:r>
+            <w:r w:rsidR="0050348C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Q</w:t>
+            </w:r>
+            <w:r w:rsidR="0050348C" w:rsidRPr="0050348C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>uinn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5381FEF7" w14:textId="4E012235" w:rsidR="006B58A7" w:rsidRDefault="006B58A7" w:rsidP="00417BC7">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Masses in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Galbally</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as </w:t>
+            </w:r>
+            <w:r w:rsidR="0013684F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>normal.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53A3A3CE" w14:textId="08ADBFBD" w:rsidR="006B58A7" w:rsidRPr="0050348C" w:rsidRDefault="006B58A7" w:rsidP="00417BC7">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Exposition of Blessed Sacrament as normal.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F44EEDA" w14:textId="6B7947DC" w:rsidR="00562407" w:rsidRPr="00562407" w:rsidRDefault="00562407" w:rsidP="00562407">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18D7BFCC" w14:textId="77777777" w:rsidR="00C630CB" w:rsidRPr="00E1224F" w:rsidRDefault="00C630CB" w:rsidP="00C630CB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
-                <w:sz w:val="22"/>
-[...372 lines deleted...]
-                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD7FF3">
-[...403 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+            <w:r w:rsidRPr="00E1224F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
+              <w:t>EXPOSITION OF THE BLESSED SACRAMENT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27E5A8E3" w14:textId="77777777" w:rsidR="00C630CB" w:rsidRDefault="00C630CB" w:rsidP="00C630CB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E1224F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Exposition and Adoration of the Blessed Sacrament will continue every Tuesday. Exposition will take place after the 9.30am Mass until 5.30pm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="056082C7" w14:textId="77777777" w:rsidR="00C630CB" w:rsidRPr="00C630CB" w:rsidRDefault="00C630CB" w:rsidP="00C630CB">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-              <w:t>CHRISTMAS MASS BOUQUETS</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C630CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>WEDDINGS 2026</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="121E8E3C" w14:textId="77777777" w:rsidR="006E06D2" w:rsidRDefault="006E06D2" w:rsidP="006E06D2">
+          <w:p w14:paraId="6285BA86" w14:textId="130EA849" w:rsidR="00C630CB" w:rsidRPr="00C630CB" w:rsidRDefault="00C630CB" w:rsidP="00C630CB">
             <w:pPr>
-              <w:pStyle w:val="NormalWeb"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-                <w:color w:val="1F1F1F"/>
-[...2 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD7FF3">
+            <w:r w:rsidRPr="00C630CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-                <w:color w:val="1F1F1F"/>
-[...4 lines deleted...]
-              <w:t>Parish Christmas Mass Bouquets are now available from the Church Sacristies. All donations go towards the Sick and Retired Priests Fund in the diocese, and all Christmas masses will be offered for the intentions requested.</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>All couples who plan to marry in 2026 are asked to contact the Parish Office</w:t>
+            </w:r>
+            <w:r w:rsidR="0012121B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for an appo</w:t>
+            </w:r>
+            <w:r w:rsidR="0085682C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">intment on a </w:t>
+            </w:r>
+            <w:r w:rsidR="0085682C" w:rsidRPr="006638A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MONDAY at either 5</w:t>
+            </w:r>
+            <w:r w:rsidR="00350BFB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.30</w:t>
+            </w:r>
+            <w:r w:rsidR="0085682C" w:rsidRPr="006638A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pm or </w:t>
+            </w:r>
+            <w:r w:rsidR="00985B44">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6pm</w:t>
+            </w:r>
+            <w:r w:rsidR="0085682C" w:rsidRPr="006638A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="0085682C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C630CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The completion of the necessary paperwork is a legal requirement and without completion the wedding cannot take place. The requirements are:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16CFF824" w14:textId="77777777" w:rsidR="006E06D2" w:rsidRDefault="006E06D2" w:rsidP="00DD5EBA">
+          <w:p w14:paraId="3F51834B" w14:textId="77777777" w:rsidR="00C630CB" w:rsidRPr="00C630CB" w:rsidRDefault="00C630CB" w:rsidP="00C630CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C630CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) Arrange for your Pre- Marriage Course – see accord.ni for details</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35269B34" w14:textId="77777777" w:rsidR="00C630CB" w:rsidRPr="00C630CB" w:rsidRDefault="00C630CB" w:rsidP="00C630CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C630CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) Contact your local Council Offices for Notification of Marriage Forms</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32CDCDFF" w14:textId="63C2F6BA" w:rsidR="00C630CB" w:rsidRDefault="00C630CB" w:rsidP="00C630CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C630CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) Complete Pre-Nuptial Enquiry forms with the Priest of the Parish you live in.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C4139F8" w14:textId="2F5BF7E3" w:rsidR="00C630CB" w:rsidRPr="002A270F" w:rsidRDefault="00C630CB" w:rsidP="00DD5EBA">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="370C38D6" w14:textId="734338DF" w:rsidR="00BF5EB4" w:rsidRPr="002D3356" w:rsidRDefault="00BF5EB4" w:rsidP="00094326">
+          <w:p w14:paraId="5280B126" w14:textId="77777777" w:rsidR="00424C91" w:rsidRPr="005741C3" w:rsidRDefault="00424C91" w:rsidP="00424C91">
             <w:pPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:textAlignment w:val="baseline"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005741C3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Armagh Annual Pilgrimage to Lourdes 10 – 15 May 2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E18D5F3" w14:textId="77777777" w:rsidR="00424C91" w:rsidRPr="005741C3" w:rsidRDefault="00424C91" w:rsidP="00424C91">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C48F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005741C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2026 Annual Pilgrimage to Lourdes will take place from the 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005741C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005741C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005741C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005741C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005741C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t> May 2026.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09D48846" w14:textId="77777777" w:rsidR="00424C91" w:rsidRPr="005741C3" w:rsidRDefault="00424C91" w:rsidP="00424C91">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005741C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005741C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Accueil</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005741C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Notre Dame: For our Assisted Pilgrims sharing in the </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005741C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Accueil</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005741C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> fares will be €1,050.00 (this includes JWT Travel Insurance)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="397C935D" w14:textId="77777777" w:rsidR="00424C91" w:rsidRPr="005741C3" w:rsidRDefault="00424C91" w:rsidP="00424C91">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005741C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Agena and The Jeanne </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005741C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D’arc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005741C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> will be €1,020.00 per person sharing. The single room supplement for these hotels will have an additional €195.00.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B2E1785" w14:textId="77777777" w:rsidR="00424C91" w:rsidRPr="005741C3" w:rsidRDefault="00424C91" w:rsidP="00424C91">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005741C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>The St Sauveur will cost €1,020.00 per person sharing. The single room supplement for this hotel will cost an additional €235.00.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3249471F" w14:textId="77777777" w:rsidR="00424C91" w:rsidRPr="005741C3" w:rsidRDefault="00424C91" w:rsidP="00424C91">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005741C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>The La Solitude will cost €1,040.00 per person sharing.  The single Room supplement for this hotel will cost an additional €245.00.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="403A4934" w14:textId="3EFD5382" w:rsidR="00424C91" w:rsidRPr="005741C3" w:rsidRDefault="00424C91" w:rsidP="00424C91">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005741C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Theses</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005741C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> prices exclude travel insurance </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005741C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>into</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005741C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the hotels.  JWT Pilgrimage Travel Insurance will cost €55 per </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005741C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>person</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005741C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> up to 79 years &amp; €75 per </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005741C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>person</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005741C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 80-94 years.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF64B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> P</w:t>
+            </w:r>
+            <w:r w:rsidR="004F0FE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">lease contact the parish office for more </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="004F0FE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>detail</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="004F0FE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="370C38D6" w14:textId="734338DF" w:rsidR="00BF5EB4" w:rsidRPr="002D3356" w:rsidRDefault="00BF5EB4" w:rsidP="00C630CB">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00584C44" w:rsidRPr="00AE76D5" w14:paraId="59665E9B" w14:textId="77777777" w:rsidTr="005D60FE">
         <w:trPr>
           <w:trHeight w:val="1408"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5807" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D904DD9" w14:textId="77777777" w:rsidR="006E06D2" w:rsidRDefault="006E06D2" w:rsidP="00D407F8">
+          <w:p w14:paraId="4B8BEAA3" w14:textId="6B461CED" w:rsidR="008E672F" w:rsidRPr="00D407F8" w:rsidRDefault="00D407F8" w:rsidP="00D407F8">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+            <w:r w:rsidRPr="00D407F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00D407F8">
+              <w:t>ANNIVERSARY NOTICES</w:t>
+            </w:r>
+            <w:r w:rsidR="00534C3F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>ANNIVERSARY NOTICES</w:t>
+              <w:t xml:space="preserve"> for 2026</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="067C8866" w14:textId="2B5FF79C" w:rsidR="00AA38A8" w:rsidRDefault="00E1224F" w:rsidP="006E7EC5">
+          <w:p w14:paraId="067C8866" w14:textId="5E3BFCFA" w:rsidR="00AA38A8" w:rsidRDefault="00534C3F" w:rsidP="006E7EC5">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D407F8">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>P</w:t>
+              <w:t xml:space="preserve">The diary for anniversaries is now </w:t>
             </w:r>
-            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+            <w:r w:rsidR="004A7A77">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">lease note that all notices for the bulletin must include a contact number and be left at the Parochial House, Donaghmore by </w:t>
+              <w:t>open,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> please try to </w:t>
+            </w:r>
+            <w:r w:rsidR="000B3342">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>book anniversaries at least 1 month in advance and ensure notice is in written for</w:t>
+            </w:r>
+            <w:r w:rsidR="009939A4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidR="00D514FA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="0000234C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>via</w:t>
+            </w:r>
+            <w:r w:rsidR="00D514FA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> email or by leaving into </w:t>
+            </w:r>
+            <w:r w:rsidR="009939A4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the sacristy or Parochial house.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E1224F" w:rsidRPr="00D407F8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">lease note that all notices for the bulletin </w:t>
+            </w:r>
+            <w:r w:rsidR="0030469B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">need to reach us </w:t>
+            </w:r>
+            <w:r w:rsidR="00B51DEF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">by </w:t>
+            </w:r>
+            <w:r w:rsidR="00B51DEF" w:rsidRPr="007D365E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Wednesday PM</w:t>
+            </w:r>
+            <w:r w:rsidR="00B51DEF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to ensure inclusion in bulletin for that week.</w:t>
+            </w:r>
+            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve">9.00pm on Wednesday </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>or they will not be recorded in the bulletin.</w:t>
+              <w:t xml:space="preserve">When requesting an anniversary </w:t>
+            </w:r>
+            <w:r w:rsidR="00905730">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ass please write the </w:t>
             </w:r>
             <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>name</w:t>
             </w:r>
             <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">When requesting an anniversary mass please write the </w:t>
+              <w:t xml:space="preserve"> of the deceased, the </w:t>
             </w:r>
             <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>name</w:t>
+              <w:t>day</w:t>
             </w:r>
             <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> of the deceased, the </w:t>
+              <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>day</w:t>
+              <w:t>date</w:t>
             </w:r>
             <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and </w:t>
+              <w:t xml:space="preserve"> of the anniversary, the </w:t>
             </w:r>
             <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>date</w:t>
+              <w:t>chapel</w:t>
             </w:r>
             <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> of the anniversary, the </w:t>
+              <w:t xml:space="preserve"> and a </w:t>
             </w:r>
             <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>chapel</w:t>
+              <w:t>contact name and number</w:t>
             </w:r>
             <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and a </w:t>
+              <w:t xml:space="preserve"> on the </w:t>
             </w:r>
             <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>contact name and number</w:t>
+              <w:t>outside</w:t>
             </w:r>
             <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> on the </w:t>
+              <w:t xml:space="preserve"> of the envelope</w:t>
             </w:r>
-            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+            <w:r w:rsidR="008425CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:u w:val="single"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+              <w:t>/or in the email.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01D183DF" w14:textId="77777777" w:rsidR="00566423" w:rsidRPr="002D3356" w:rsidRDefault="00566423" w:rsidP="00566423">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D3356">
               <w:rPr>
@@ -3501,153 +3695,50 @@
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>See below the dates available for the next few months:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29D3E3DB" w14:textId="77777777" w:rsidR="00566423" w:rsidRPr="002D3356" w:rsidRDefault="00566423" w:rsidP="00566423">
-[...101 lines deleted...]
-          </w:p>
           <w:p w14:paraId="6168FE7F" w14:textId="77777777" w:rsidR="00566423" w:rsidRDefault="00566423" w:rsidP="00566423">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>24</w:t>
@@ -3661,121 +3752,307 @@
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Jan – </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Galbally</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="13F84247" w14:textId="77777777" w:rsidR="00566423" w:rsidRPr="002D3356" w:rsidRDefault="00566423" w:rsidP="00566423">
+          <w:p w14:paraId="13F84247" w14:textId="482C3AB1" w:rsidR="00566423" w:rsidRDefault="00566423" w:rsidP="00566423">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="008F73B3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Feb - Donaghmore</w:t>
+              <w:t xml:space="preserve"> Feb </w:t>
+            </w:r>
+            <w:r w:rsidR="00C630CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Donaghmore</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3613661A" w14:textId="77777777" w:rsidR="00566423" w:rsidRPr="002D3356" w:rsidRDefault="00566423" w:rsidP="00566423">
+          <w:p w14:paraId="24E6EB1E" w14:textId="3DA115D3" w:rsidR="00C630CB" w:rsidRDefault="00C630CB" w:rsidP="00566423">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D3356">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C630CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Feb – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Galbally</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="1D8C14AD" w14:textId="6CC61EFE" w:rsidR="00C630CB" w:rsidRPr="002D3356" w:rsidRDefault="00C630CB" w:rsidP="00566423">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C630CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Feb - Donaghmore</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3613661A" w14:textId="3535EB55" w:rsidR="00566423" w:rsidRPr="002D3356" w:rsidRDefault="00566423" w:rsidP="00566423">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D3356">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">Please contact the Parish Secretary during office hours to arrange a suitable date. </w:t>
+            </w:r>
+            <w:r w:rsidR="00C630CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">We welcome </w:t>
+            </w:r>
+            <w:r w:rsidR="000137CE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Faolán James O’Rourke </w:t>
+            </w:r>
+            <w:r w:rsidR="005E738D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">&amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="005E738D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Emmé</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="005E738D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Jane Conway</w:t>
+            </w:r>
+            <w:r w:rsidR="0069701A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00C630CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> recently baptised into our Christian family.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2841F51B" w14:textId="77777777" w:rsidR="006E06D2" w:rsidRDefault="006E06D2" w:rsidP="006E7EC5">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="57330370" w14:textId="77777777" w:rsidR="00094326" w:rsidRPr="00E1224F" w:rsidRDefault="00094326" w:rsidP="00094326">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
@@ -3825,113 +4102,64 @@
             </w:pPr>
             <w:r w:rsidRPr="00E1224F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>God our Father send your Holy Spirit to enlighten the minds and hearts of those people who can roll away the stone of sadness and anguish long suffered by the families of the Disappeared…</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DFD1338" w14:textId="77777777" w:rsidR="006E06D2" w:rsidRPr="00E1224F" w:rsidRDefault="006E06D2" w:rsidP="00094326">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3CA4AEA2" w14:textId="77777777" w:rsidR="00094326" w:rsidRPr="00E1224F" w:rsidRDefault="00094326" w:rsidP="00094326">
+          <w:p w14:paraId="347B5F83" w14:textId="77777777" w:rsidR="00AD7FF3" w:rsidRDefault="00AD7FF3" w:rsidP="00C630CB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E1224F">
-[...11 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="49933C2E" w14:textId="77777777" w:rsidR="00094326" w:rsidRDefault="00094326" w:rsidP="00566423">
-[...32 lines deleted...]
-          <w:p w14:paraId="6F17E286" w14:textId="104FD20F" w:rsidR="00AD7FF3" w:rsidRPr="008E005D" w:rsidRDefault="00AD7FF3" w:rsidP="00566423">
+          <w:p w14:paraId="6F17E286" w14:textId="104FD20F" w:rsidR="00C630CB" w:rsidRPr="008E005D" w:rsidRDefault="00C630CB" w:rsidP="00C630CB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5064" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="025A3315" w14:textId="77777777" w:rsidR="00584C44" w:rsidRPr="00AE76D5" w:rsidRDefault="00584C44" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
@@ -3941,2936 +4169,2684 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5BB0289C" w14:textId="77777777" w:rsidR="001112CD" w:rsidRDefault="001112CD" w:rsidP="00896F7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6379"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C82ECE6" w14:textId="2DC912F0" w:rsidR="00896F7F" w:rsidRDefault="00943D7F" w:rsidP="00896F7F">
+    <w:p w14:paraId="43234FB5" w14:textId="77777777" w:rsidR="006A4194" w:rsidRDefault="006A4194" w:rsidP="00896F7F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="6379"/>
+          <w:tab w:val="left" w:pos="6804"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C82ECE6" w14:textId="526937A0" w:rsidR="00896F7F" w:rsidRDefault="00943D7F" w:rsidP="00896F7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6379"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D2EB7">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">ANNIVERSARIES FOR </w:t>
       </w:r>
-      <w:r w:rsidR="006E06D2">
+      <w:r w:rsidR="00C630CB">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>FO</w:t>
+        <w:t xml:space="preserve">THE </w:t>
       </w:r>
-      <w:r w:rsidR="00EA7B99">
+      <w:r w:rsidR="006A4194">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>U</w:t>
+        <w:t>SECOND SUNDAY OF ORDINARY TIME</w:t>
       </w:r>
-      <w:r w:rsidR="006E06D2">
+    </w:p>
+    <w:p w14:paraId="68A98C20" w14:textId="77777777" w:rsidR="00C630CB" w:rsidRDefault="00C630CB" w:rsidP="00896F7F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="6379"/>
+          <w:tab w:val="left" w:pos="6804"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">RTH </w:t>
-[...10 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="42AAF28C" w14:textId="26147DA4" w:rsidR="00434FC8" w:rsidRDefault="003475BA" w:rsidP="006012C9">
+    <w:p w14:paraId="484AAEF4" w14:textId="2F7F74F6" w:rsidR="000249D1" w:rsidRDefault="003475BA" w:rsidP="000249D1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6379"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006012C9">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">RECENTLY </w:t>
       </w:r>
       <w:r w:rsidR="004C2B4A" w:rsidRPr="006012C9">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DECEASED</w:t>
       </w:r>
       <w:r w:rsidR="004C2B4A" w:rsidRPr="006012C9">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00BF1282" w:rsidRPr="006012C9">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F7665E">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00764D90">
+      <w:r w:rsidR="007E407E">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Arthur Kelly, </w:t>
+        <w:t xml:space="preserve"> LIZZIE MC </w:t>
       </w:r>
-      <w:r w:rsidR="008E0929">
+      <w:r w:rsidR="00D9435C">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Brendan </w:t>
+        <w:t>KILLION,</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="008E0929">
+      <w:r w:rsidR="007E407E">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Comac ,</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00610F5E">
+      <w:r w:rsidR="000249D1" w:rsidRPr="00FB465F">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>John</w:t>
+        <w:t xml:space="preserve">Dr JOHN MC </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00610F5E">
+      <w:r w:rsidR="00FA6488" w:rsidRPr="00FB465F">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Kelly, </w:t>
+        <w:t>KAY, SEAMUS</w:t>
       </w:r>
-      <w:r w:rsidR="003E4B12">
+      <w:r w:rsidR="000249D1" w:rsidRPr="00FB465F">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Rosaleen Cooney</w:t>
+        <w:t xml:space="preserve"> COLTON, PADRAIG </w:t>
       </w:r>
-      <w:r w:rsidR="00CF4B4B">
+      <w:r w:rsidR="00D9435C" w:rsidRPr="00FB465F">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>Mc</w:t>
+      </w:r>
+      <w:r w:rsidR="00D9435C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D9435C" w:rsidRPr="00FB465F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00D9435C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ONALD,</w:t>
+      </w:r>
+      <w:r w:rsidR="000249D1" w:rsidRPr="00FB465F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PATSY </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000249D1" w:rsidRPr="00FB465F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>McGURK</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000249D1" w:rsidRPr="00FB465F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (FORMERY CASTLECAULFILED WHO DIED IN NEW ZEALAND) </w:t>
+      </w:r>
+      <w:r w:rsidR="00140214">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ATHUR KELLY, </w:t>
+      </w:r>
+      <w:r w:rsidR="000249D1" w:rsidRPr="00FB465F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>TERESA RAFFERTY</w:t>
+      </w:r>
+      <w:r w:rsidR="000249D1">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C770F54" w14:textId="77777777" w:rsidR="00CF4B4B" w:rsidRDefault="00CF4B4B" w:rsidP="006012C9">
+    <w:p w14:paraId="587B3CAF" w14:textId="77777777" w:rsidR="00FB465F" w:rsidRPr="00B61C5A" w:rsidRDefault="00FB465F" w:rsidP="000249D1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6379"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10485" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2547"/>
         <w:gridCol w:w="7938"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w14:paraId="413B35D6" w14:textId="77777777" w:rsidTr="00492EFC">
+      <w:tr w:rsidR="009066E9" w:rsidRPr="006012C9" w14:paraId="413B35D6" w14:textId="77777777" w:rsidTr="00492EFC">
         <w:trPr>
           <w:trHeight w:val="471"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4FD310DE" w14:textId="1F36ABDE" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+          <w:p w14:paraId="4FD310DE" w14:textId="50D461C1" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="009066E9" w:rsidP="009066E9">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006012C9">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SATURDAY </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>20th Dec</w:t>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C630CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Jan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44E1C8B4" w14:textId="621B02B9" w:rsidR="00CF4B4B" w:rsidRPr="000B3845" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+          <w:p w14:paraId="6F3AE39F" w14:textId="4C5B2EEF" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="009066E9" w:rsidP="009066E9">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">KATHLEEN MC </w:t>
+              <w:t xml:space="preserve"> Brendan Comac (MM </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>MAHON  MARGARET</w:t>
+              <w:t>D’more</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> &amp; </w:t>
+              <w:t xml:space="preserve"> 6pm), Paddy Cush</w:t>
             </w:r>
-            <w:r w:rsidRPr="000B3845">
-[...49 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w14:paraId="5642B060" w14:textId="77777777" w:rsidTr="00F7665E">
+      <w:tr w:rsidR="009066E9" w:rsidRPr="006012C9" w14:paraId="5642B060" w14:textId="77777777" w:rsidTr="00F7665E">
         <w:trPr>
           <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="178D1BF3" w14:textId="3016A79D" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+          <w:p w14:paraId="178D1BF3" w14:textId="4A1CDF5F" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="009066E9" w:rsidP="009066E9">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006012C9">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SUNDAY </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>21st Dec</w:t>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C630CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Jan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1BB27567" w14:textId="77777777" w:rsidR="005E4797" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+          <w:p w14:paraId="30CFC4E9" w14:textId="77777777" w:rsidR="009066E9" w:rsidRDefault="009066E9" w:rsidP="009066E9">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>JEAN MC GEARY (1</w:t>
+              <w:t xml:space="preserve">Paul Loughran, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D06A07">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:vertAlign w:val="superscript"/>
-[...1 lines deleted...]
-              <w:t>st</w:t>
+              </w:rPr>
+              <w:t>Tishey</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Ann D’MORE 11am),</w:t>
+              <w:t xml:space="preserve"> &amp; Pat Mc Donnell</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidR="00562A08">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>, Mary Jane &amp; Angela Maguire</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3163A1CB" w14:textId="65B323EA" w:rsidR="000A656B" w:rsidRPr="006012C9" w:rsidRDefault="000A656B" w:rsidP="009066E9">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PATRICK REGAN, PEADAR DONNELLY, PHILOMENA &amp; ELIZABETH GIRVAN</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="005E4797">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...116 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Alphie Boyle.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w14:paraId="75B21741" w14:textId="77777777" w:rsidTr="00492EFC">
+      <w:tr w:rsidR="009066E9" w:rsidRPr="006012C9" w14:paraId="75B21741" w14:textId="77777777" w:rsidTr="00492EFC">
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57754597" w14:textId="614A09EE" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+          <w:p w14:paraId="57754597" w14:textId="06D83B89" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="009066E9" w:rsidP="009066E9">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>MONDAY 22nd</w:t>
-[...18 lines deleted...]
-              <w:t>Dec</w:t>
+              <w:t>MONDAY 19th Jan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48FB8F37" w14:textId="66794891" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+          <w:p w14:paraId="48FB8F37" w14:textId="66794891" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="009066E9" w:rsidP="009066E9">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w14:paraId="21AD835D" w14:textId="77777777" w:rsidTr="00492EFC">
+      <w:tr w:rsidR="009066E9" w:rsidRPr="006012C9" w14:paraId="21AD835D" w14:textId="77777777" w:rsidTr="00492EFC">
         <w:trPr>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C33167E" w14:textId="15B2A011" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+          <w:p w14:paraId="4C33167E" w14:textId="53E0C1A7" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="009066E9" w:rsidP="009066E9">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>TUESDAY 23rd Dec</w:t>
+              <w:t>TUESDAY 20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C630CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>h</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Jan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5EF2BF9B" w14:textId="708C4CB0" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00AB622C" w:rsidP="00CF4B4B">
+          <w:p w14:paraId="5EF2BF9B" w14:textId="39132515" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="000A656B" w:rsidP="009066E9">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ROSALEEN LANDI</w:t>
+              <w:t>Richard &amp; Jane Ogle &amp; deceased members of the Ogle family.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w14:paraId="198F5065" w14:textId="77777777" w:rsidTr="00492EFC">
+      <w:tr w:rsidR="009066E9" w:rsidRPr="006012C9" w14:paraId="198F5065" w14:textId="77777777" w:rsidTr="00492EFC">
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18954966" w14:textId="0E16C456" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+          <w:p w14:paraId="18954966" w14:textId="6289F6F5" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="009066E9" w:rsidP="009066E9">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>WEDNESDAY 24thDec</w:t>
+              <w:t>WEDNESDAY 21st</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00971A50">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>h</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Jan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="322D93E4" w14:textId="3CB78C2C" w:rsidR="006E495C" w:rsidRPr="006012C9" w:rsidRDefault="00AB622C" w:rsidP="004C36FD">
+          <w:p w14:paraId="322D93E4" w14:textId="05486E39" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="007B37F7" w:rsidP="009066E9">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>PADDY &amp; EILEEN SKEFFINGTON</w:t>
-[...17 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Dinny O’Neill, Paula Mc Kenna.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w14:paraId="7386E421" w14:textId="77777777" w:rsidTr="00492EFC">
+      <w:tr w:rsidR="009066E9" w:rsidRPr="006012C9" w14:paraId="7386E421" w14:textId="77777777" w:rsidTr="00492EFC">
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A0BFFDF" w14:textId="7D7632D5" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+          <w:p w14:paraId="2A0BFFDF" w14:textId="3258E6F9" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="009066E9" w:rsidP="009066E9">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>THURSDAY 25th Dec</w:t>
+              <w:t>THURSDAY 22ndJan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57DA6E7D" w14:textId="77777777" w:rsidR="00EC0951" w:rsidRDefault="006E495C" w:rsidP="00CF4B4B">
+          <w:p w14:paraId="2963C4F0" w14:textId="4BAA256C" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="007B37F7" w:rsidP="009066E9">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>IMELDA QUINN, PATSY GALLAGHER, BERNARD &amp; CATHERINE MORRI</w:t>
-[...47 lines deleted...]
-              <w:t>TERESA HUGHES.</w:t>
+              <w:t>Marianna Feeney</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w14:paraId="64A82397" w14:textId="77777777" w:rsidTr="00492EFC">
+      <w:tr w:rsidR="009066E9" w:rsidRPr="006012C9" w14:paraId="64A82397" w14:textId="77777777" w:rsidTr="00492EFC">
         <w:trPr>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18EAC7FE" w14:textId="5DEE3AF5" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+          <w:p w14:paraId="18EAC7FE" w14:textId="4A7D480C" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="009066E9" w:rsidP="009066E9">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>FRIDAY 26th Dec</w:t>
+              <w:t>FRIDAY 24th Jan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="02071473" w14:textId="4ACE3F48" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+          <w:p w14:paraId="02071473" w14:textId="556BF906" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="009066E9" w:rsidP="009066E9">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w14:paraId="523901CA" w14:textId="77777777" w:rsidTr="00492EFC">
+      <w:tr w:rsidR="009066E9" w:rsidRPr="006012C9" w14:paraId="523901CA" w14:textId="77777777" w:rsidTr="00492EFC">
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="216A5152" w14:textId="4248DDA7" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+          <w:p w14:paraId="216A5152" w14:textId="2DB5C07F" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="009066E9" w:rsidP="009066E9">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006012C9">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SATURDAY </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>27th Dec</w:t>
+              <w:t>25th Jan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68FCD35A" w14:textId="22BF988C" w:rsidR="00EC0951" w:rsidRDefault="00352D0C" w:rsidP="00CF4B4B">
+          <w:p w14:paraId="2217D0BE" w14:textId="77777777" w:rsidR="009066E9" w:rsidRDefault="004733DD" w:rsidP="009066E9">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ROSALEEN COONEY (MM D’MORE 6pm) </w:t>
+              <w:t>Peter Joe Quinn</w:t>
             </w:r>
-            <w:r w:rsidR="00CF4B4B">
+            <w:r w:rsidR="00E04E34">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>BREDA O’KAN</w:t>
+              <w:t xml:space="preserve">, Vivian Mc </w:t>
             </w:r>
-            <w:r w:rsidR="007610ED">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E04E34">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">E,                                </w:t>
+              <w:t>Cann</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E04E34">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t xml:space="preserve">, Barry Carberry, Margaret Hetherington, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B7BF2C3" w14:textId="77777777" w:rsidR="00E04E34" w:rsidRDefault="00E04E34" w:rsidP="009066E9">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007610ED">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">GREGORY, </w:t>
+              <w:t>James &amp; B</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00F37218">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>BRIDGET &amp; PETER MULLEN.</w:t>
+              <w:t xml:space="preserve">ridget </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00F37218">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Hetherington ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00F37218">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Johnny, Kathleen &amp; Catherine Quinn.</w:t>
+            </w:r>
+            <w:r w:rsidR="00912724">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06BE6BC4" w14:textId="1F2F44FE" w:rsidR="00912724" w:rsidRPr="006012C9" w:rsidRDefault="00912724" w:rsidP="009066E9">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>James Quinn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w14:paraId="0D9B3F99" w14:textId="77777777" w:rsidTr="00492EFC">
+      <w:tr w:rsidR="009066E9" w:rsidRPr="006012C9" w14:paraId="0D9B3F99" w14:textId="77777777" w:rsidTr="00492EFC">
         <w:trPr>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70067613" w14:textId="679BD7F1" w:rsidR="00CF4B4B" w:rsidRPr="006012C9" w:rsidRDefault="00CF4B4B" w:rsidP="00CF4B4B">
+          <w:p w14:paraId="70067613" w14:textId="531F5ECB" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="009066E9" w:rsidP="009066E9">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006012C9">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SUNDAY </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>28th Dec</w:t>
+              <w:t>26</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C630CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Jan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7EB63F3A" w14:textId="68C754B1" w:rsidR="00CF4B4B" w:rsidRDefault="007121E8" w:rsidP="00CF4B4B">
+          <w:p w14:paraId="73037B0B" w14:textId="77777777" w:rsidR="00D81665" w:rsidRDefault="006E15D1" w:rsidP="009066E9">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>GRETT</w:t>
+              <w:t xml:space="preserve">Kieran Mc </w:t>
             </w:r>
-            <w:r w:rsidR="00CE6936">
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>A MAGUIRE (1</w:t>
+              <w:t>Cann</w:t>
             </w:r>
-            <w:r w:rsidR="00CE6936" w:rsidRPr="00CE6936">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D81665">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00D81665">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 50</w:t>
+            </w:r>
+            <w:r w:rsidR="00D81665" w:rsidRPr="00D81665">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>st</w:t>
+              <w:t>th</w:t>
             </w:r>
-            <w:r w:rsidR="00CE6936">
+            <w:r w:rsidR="00D81665">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Ann </w:t>
+              <w:t xml:space="preserve"> anniversary) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00CE6936">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Galbally</w:t>
+              <w:t xml:space="preserve">and his parents </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00CE6936">
+          </w:p>
+          <w:p w14:paraId="7F3AA796" w14:textId="536F61B0" w:rsidR="008364A2" w:rsidRDefault="006E15D1" w:rsidP="009066E9">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00841155">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>10am), K</w:t>
+              <w:t xml:space="preserve">Teresa &amp; Michael Mc </w:t>
             </w:r>
-            <w:r w:rsidR="005D0CC6">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>EVIN</w:t>
+              <w:t>Cann</w:t>
             </w:r>
-            <w:r w:rsidR="00841155">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> &amp; ANNIE TONER</w:t>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00BF1459">
+          </w:p>
+          <w:p w14:paraId="6B85BB8A" w14:textId="1D5990DF" w:rsidR="008364A2" w:rsidRDefault="006E15D1" w:rsidP="009066E9">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...5 lines deleted...]
-              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>Nancy Donnelly</w:t>
+            </w:r>
+            <w:r w:rsidR="008364A2">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>JOHN O’NEILL.</w:t>
+              <w:t>,</w:t>
             </w:r>
-          </w:p>
-[...19 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidR="000B178A">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>MONDAY 29th</w:t>
+              <w:t>Josie Mc Vei</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00040BF4">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:vertAlign w:val="superscript"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+              <w:t>gh, Christine Nugent,</w:t>
             </w:r>
-            <w:r>
+          </w:p>
+          <w:p w14:paraId="31C9C37A" w14:textId="67945A97" w:rsidR="000B178A" w:rsidRDefault="00040BF4" w:rsidP="000B178A">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Dec</w:t>
-[...8 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t xml:space="preserve">Roseanne Mc Caul &amp; deceased Family members. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42ECB2FC" w14:textId="60E44F79" w:rsidR="006E15D1" w:rsidRPr="006012C9" w:rsidRDefault="008364A2" w:rsidP="000B178A">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>KEVIN MC GEE</w:t>
-[...21 lines deleted...]
-              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>Peter &amp; Agnes Quinn and deceased family members.</w:t>
+            </w:r>
+            <w:r w:rsidR="00040BF4">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>TUESDAY 30th Dec</w:t>
-[...440 lines deleted...]
-              <w:t>PATSY MC NULTY</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="54AB3646" w14:textId="792E1E23" w:rsidR="006C37B4" w:rsidRPr="00372F58" w:rsidRDefault="00FB6830" w:rsidP="001D0D6D">
-[...221 lines deleted...]
-    <w:p w14:paraId="7F3EF91C" w14:textId="7463C1C4" w:rsidR="00CF4B4B" w:rsidRPr="00AE6BAE" w:rsidRDefault="002170EE" w:rsidP="001D0D6D">
+    <w:p w14:paraId="7F3EF91C" w14:textId="14D2CF2A" w:rsidR="00CF4B4B" w:rsidRDefault="00CF4B4B" w:rsidP="00971A50">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002170EE">
+    </w:p>
+    <w:p w14:paraId="21D7AC78" w14:textId="77777777" w:rsidR="00BB331D" w:rsidRDefault="00BB331D" w:rsidP="00BB331D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:noProof/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
-        <w:drawing>
-[...70 lines deleted...]
-        </w:drawing>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB331D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Galbally</w:t>
       </w:r>
-      <w:r w:rsidRPr="002170EE">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB331D">
         <w:rPr>
-          <w:noProof/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
-        <w:drawing>
-[...70 lines deleted...]
-        </w:drawing>
+        <w:t xml:space="preserve"> Community Centre</w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="001F559E">
+    </w:p>
+    <w:p w14:paraId="0FFC0034" w14:textId="77777777" w:rsidR="0076377F" w:rsidRDefault="0076377F" w:rsidP="00BB331D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D1F21E7" w14:textId="77777777" w:rsidR="0076377F" w:rsidRPr="0076377F" w:rsidRDefault="0076377F" w:rsidP="009F4990">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076377F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076377F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>otto Draw: Monday 12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076377F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076377F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> January 2026:  winning numbers were: 2, 13, 23, 24</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C452626" w14:textId="77777777" w:rsidR="0076377F" w:rsidRPr="0076377F" w:rsidRDefault="0076377F" w:rsidP="009F4990">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076377F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Congratulations to match 3 winners: Rosaleen Hurson, Colm Rafferty, Patsy Hetherington, Stephen McGee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3018646C" w14:textId="77777777" w:rsidR="0076377F" w:rsidRPr="0076377F" w:rsidRDefault="0076377F" w:rsidP="009F4990">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076377F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Next Draw Monday 19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076377F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076377F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> January 2026. Jackpot: £4100.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25904C34" w14:textId="77777777" w:rsidR="0076377F" w:rsidRPr="0076377F" w:rsidRDefault="0076377F" w:rsidP="009F4990">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076377F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Monthly Prize Draw – December 2025 Winners</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA1C088" w14:textId="77777777" w:rsidR="0076377F" w:rsidRPr="0076377F" w:rsidRDefault="0076377F" w:rsidP="009F4990">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076377F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>£1000 Winner: Michael &amp; Noreen Quinn</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4763E43E" w14:textId="77777777" w:rsidR="0076377F" w:rsidRPr="0076377F" w:rsidRDefault="0076377F" w:rsidP="009F4990">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076377F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>£200: Fintan &amp; Alison Kelly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E37F943" w14:textId="77777777" w:rsidR="0076377F" w:rsidRPr="0076377F" w:rsidRDefault="0076377F" w:rsidP="009F4990">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076377F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>£100: Paul Kelly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="246257E8" w14:textId="77777777" w:rsidR="0076377F" w:rsidRPr="0076377F" w:rsidRDefault="0076377F" w:rsidP="009F4990">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076377F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>£100: Julian Quinn</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F887FDA" w14:textId="77777777" w:rsidR="0076377F" w:rsidRPr="0076377F" w:rsidRDefault="0076377F" w:rsidP="009F4990">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076377F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Next draw will take place on Monday 30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076377F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076377F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> January 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="529D960D" w14:textId="77777777" w:rsidR="0076377F" w:rsidRPr="0076377F" w:rsidRDefault="0076377F" w:rsidP="009F4990">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076377F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you would like to consider joining the monthly prize draw, please contact Fergal on 07713 623264 or Lycrecia at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="0076377F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>lycreciagcc@yahoo.com</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="171976EF" w14:textId="77777777" w:rsidR="0076377F" w:rsidRPr="003C4C66" w:rsidRDefault="0076377F" w:rsidP="00BB331D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6165C273" w14:textId="77777777" w:rsidR="00D93114" w:rsidRDefault="00D93114" w:rsidP="00D93114">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D93114">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Donaghmore GAA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03DA1DD1" w14:textId="77777777" w:rsidR="003C4C66" w:rsidRPr="003C4C66" w:rsidRDefault="003C4C66" w:rsidP="003C4C66">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C4C66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Lotto</w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Beneath the stillness of the Bethlehem sky,</w:t>
+        <w:t> winners Monday 12 January 2026. </w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+    </w:p>
+    <w:p w14:paraId="61B6954B" w14:textId="77777777" w:rsidR="003C4C66" w:rsidRPr="003C4C66" w:rsidRDefault="003C4C66" w:rsidP="003C4C66">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      </w:pPr>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-        <w:t>Hope was born, fragile and small,</w:t>
+        <w:t>Winning numbers 3/6/17/27. 3 match 3 winners Joey Clarke/Rosie Mills/Briege Conlan. Next draw 19 January 2026.  Jackpot £2800. </w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+    </w:p>
+    <w:p w14:paraId="348A4B31" w14:textId="77777777" w:rsidR="003C4C66" w:rsidRPr="003C4C66" w:rsidRDefault="003C4C66" w:rsidP="003C4C66">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-        <w:t>A child cradled in a manger,</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003C4C66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Club Donaghmore winners </w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-        <w:t>Yet carrying the weight of the world.</w:t>
+        <w:t>Club Donaghmore winners for December</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE6BAE">
+    </w:p>
+    <w:p w14:paraId="387374B0" w14:textId="77777777" w:rsidR="003C4C66" w:rsidRPr="003C4C66" w:rsidRDefault="003C4C66" w:rsidP="003C4C66">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
         <w:rPr>
-          <w:i/>
-[...1 lines deleted...]
-          <w:noProof/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C4C66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>£175 Christina McNally</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40504E44" w14:textId="77777777" w:rsidR="003C4C66" w:rsidRPr="003C4C66" w:rsidRDefault="003C4C66" w:rsidP="003C4C66">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C4C66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>£75 Margaret Nugent</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63D767BC" w14:textId="77777777" w:rsidR="003C4C66" w:rsidRPr="003C4C66" w:rsidRDefault="003C4C66" w:rsidP="003C4C66">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C4C66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Scór</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C4C66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C4C66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Sinsear</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C4C66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
+        <w:t xml:space="preserve">This year's </w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-        <w:t>In this precious evening,</w:t>
+        <w:t>Scór</w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-        <w:t>We remember how Christ, the Light of the world,</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-        <w:t>Chose simplicity and poverty,</w:t>
+        <w:t>Sinsear</w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-        <w:t>Walking the paths of joy and love and</w:t>
+        <w:t xml:space="preserve"> Tyrone Semi Finals will be taking place on the </w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-        <w:t>Of sorrow and loss</w:t>
+        <w:t>21st</w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-        <w:t>To be Emmanuel, God with us.</w:t>
+        <w:t xml:space="preserve"> February!  If you are interested in representing your club in any of the acts or would like more information, please contact Gerard Quinn - gerard247@sky.com</w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+    </w:p>
+    <w:p w14:paraId="59B379C0" w14:textId="77777777" w:rsidR="003C4C66" w:rsidRPr="003C4C66" w:rsidRDefault="003C4C66" w:rsidP="003C4C66">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      </w:pPr>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-        <w:t>Let this season remind us:</w:t>
+        <w:t xml:space="preserve">𝐑𝐞𝐠𝐢𝐬𝐭𝐫𝐚𝐭𝐢𝐨𝐧 𝟐𝟎𝟐𝟔 GAA membership registration for the 2026 season is now open! All players, coaches, mentors, referees, and committee members must register from the </w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-        <w:t>That the Light that shone in Bethlehem</w:t>
+        <w:t>1st</w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-        <w:t>Can still burn within our hearts.</w:t>
+        <w:t xml:space="preserve"> January 2026 to participate in </w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-        <w:t>That the Savio</w:t>
+        <w:t>pre season</w:t>
       </w:r>
-      <w:r w:rsidR="00BD42FD" w:rsidRPr="00AE6BAE">
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>u</w:t>
+        <w:t xml:space="preserve"> training/matches.</w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+    </w:p>
+    <w:p w14:paraId="5552AE83" w14:textId="77777777" w:rsidR="003C4C66" w:rsidRPr="003C4C66" w:rsidRDefault="003C4C66" w:rsidP="003C4C66">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>r who shared our suffering</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      </w:pPr>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-        <w:t>Holds our joys and sorrows alike,</w:t>
+        <w:t>- Youth players: Must be registered via Standard or Club Donaghmore memberships.</w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+    </w:p>
+    <w:p w14:paraId="5FFDC9C7" w14:textId="77777777" w:rsidR="003C4C66" w:rsidRPr="003C4C66" w:rsidRDefault="003C4C66" w:rsidP="003C4C66">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      </w:pPr>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
+        <w:t>- Club representation is not permitted until payment &amp; registration are complete.</w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+    </w:p>
+    <w:p w14:paraId="2632D09B" w14:textId="77777777" w:rsidR="003C4C66" w:rsidRPr="003C4C66" w:rsidRDefault="003C4C66" w:rsidP="003C4C66">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      </w:pPr>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-        <w:t xml:space="preserve">May the thought draw us nearer to </w:t>
+        <w:t>REGISTRATION DEADLINE: 31st March 2026 – https://returntoplay.gaa.ie</w:t>
       </w:r>
-      <w:r w:rsidR="00FD4D51" w:rsidRPr="00AE6BAE">
+    </w:p>
+    <w:p w14:paraId="067980B6" w14:textId="77777777" w:rsidR="003C4C66" w:rsidRPr="003C4C66" w:rsidRDefault="003C4C66" w:rsidP="003C4C66">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>his</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      </w:pPr>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> love.</w:t>
+        <w:t>Club Donaghmore Membership Scheme:</w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+    </w:p>
+    <w:p w14:paraId="7E4B74A5" w14:textId="77777777" w:rsidR="003C4C66" w:rsidRPr="003C4C66" w:rsidRDefault="003C4C66" w:rsidP="003C4C66">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      </w:pPr>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-        <w:t>Both near and far,</w:t>
+        <w:t>- Covers you, your partner, and dependents (U18 only).</w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+    </w:p>
+    <w:p w14:paraId="2FC6D66D" w14:textId="77777777" w:rsidR="003C4C66" w:rsidRPr="003C4C66" w:rsidRDefault="003C4C66" w:rsidP="003C4C66">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidR="00665922" w:rsidRPr="00AE6BAE">
+      </w:pPr>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>p</w:t>
+        <w:t>- Over-18s no longer in school must register separately.</w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+    </w:p>
+    <w:p w14:paraId="7A1CF06E" w14:textId="77777777" w:rsidR="003C4C66" w:rsidRPr="003C4C66" w:rsidRDefault="003C4C66" w:rsidP="003C4C66">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>aradise.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      </w:pPr>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
+        <w:t>Update your monthly payments to £20 for automatic renewal. For changes or want to join contact: Darren: 07909996450 or Mark: 07833367485</w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+    </w:p>
+    <w:p w14:paraId="4340AE30" w14:textId="77777777" w:rsidR="003C4C66" w:rsidRPr="003C4C66" w:rsidRDefault="003C4C66" w:rsidP="003C4C66">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      </w:pPr>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-        <w:t>Are alive in this moment</w:t>
+        <w:t>Or register here: https://buy.stripe.com/5kAg1mb0GcCt3HaaEE</w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+    </w:p>
+    <w:p w14:paraId="23673597" w14:textId="77777777" w:rsidR="003C4C66" w:rsidRPr="003C4C66" w:rsidRDefault="003C4C66" w:rsidP="003C4C66">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      </w:pPr>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-        <w:t>In every prayer, in every song, in every thought of God whom they are with</w:t>
+        <w:t xml:space="preserve">For help with </w:t>
       </w:r>
-      <w:r w:rsidR="00665922" w:rsidRPr="00AE6BAE">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>Foireann</w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
+        <w:t xml:space="preserve"> check out our website or contact Fionnuala McKenna (07799007753). Please note </w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-        <w:t>May Christ, who brought heaven to earth,</w:t>
+        <w:t>In</w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-        <w:t>Bring peace to your soul,</w:t>
+        <w:t xml:space="preserve"> person - Registration/Club Donaghmore Membership Night is on Wednesday 4th </w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-        <w:t>Joy to your days,</w:t>
+        <w:t>February,</w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-        <w:t>And hope for all our tomorrows.</w:t>
+        <w:t xml:space="preserve"> 7–9 PM.</w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+    </w:p>
+    <w:p w14:paraId="497FA6A4" w14:textId="77777777" w:rsidR="003C4C66" w:rsidRPr="003C4C66" w:rsidRDefault="003C4C66" w:rsidP="003C4C66">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      </w:pPr>
+      <w:r w:rsidRPr="003C4C66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-        <w:t>As it guided the shepherds and kings, and all those whom we have loved</w:t>
+        <w:t>𝐒𝐞𝐧𝐢𝐨𝐫 𝐏𝐫𝐞𝐬𝐞𝐧𝐭𝐚𝐭𝐢𝐨𝐧 𝐍𝐢𝐠𝐡𝐭 Our Senior Presentation night will be taking place on Friday 6th February at The Gables. More information to follow. </w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+    </w:p>
+    <w:p w14:paraId="4F5CBEE6" w14:textId="77777777" w:rsidR="003C4C66" w:rsidRPr="003C4C66" w:rsidRDefault="003C4C66" w:rsidP="003C4C66">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51F5F8F5" w14:textId="77777777" w:rsidR="00BB331D" w:rsidRPr="003C4C66" w:rsidRDefault="00BB331D" w:rsidP="00D93114">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>.</w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0269E04B" w14:textId="1828F4AC" w:rsidR="0015086A" w:rsidRPr="003C4C66" w:rsidRDefault="0015086A" w:rsidP="0015086A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C4C66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>GALBALLY PEARSES GAC</w:t>
       </w:r>
-      <w:r w:rsidR="001F559E" w:rsidRPr="00AE6BAE">
+    </w:p>
+    <w:p w14:paraId="1FDEC0FB" w14:textId="77777777" w:rsidR="004C0944" w:rsidRPr="004C4750" w:rsidRDefault="004C0944" w:rsidP="0015086A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44E77A39" w14:textId="1957320D" w:rsidR="003031D7" w:rsidRPr="003C4C66" w:rsidRDefault="0015086A" w:rsidP="00D93114">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C4C66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Galbally</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C4C66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C4C66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Pearses</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C4C66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GAC are holding their AGM on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C4C66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Sunday 18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C4C66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C4C66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> of January at 6pm in McCaughey Suite</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C4C66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C4C66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Galbally</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C4C66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Community Centre).  Everyone is welcome to attend and encouraged to take up a role with the club for the incoming year. </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00CF4B4B" w:rsidRPr="00AE6BAE" w:rsidSect="00AB4905">
+    <w:sectPr w:rsidR="003031D7" w:rsidRPr="003C4C66" w:rsidSect="00AB4905">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="425" w:right="680" w:bottom="567" w:left="680" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="155"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6443D2DA" w14:textId="77777777" w:rsidR="00335865" w:rsidRDefault="00335865">
+    <w:p w14:paraId="79302F70" w14:textId="77777777" w:rsidR="007860DA" w:rsidRDefault="007860DA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="36CD305D" w14:textId="77777777" w:rsidR="00335865" w:rsidRDefault="00335865">
+    <w:p w14:paraId="2B60C9C4" w14:textId="77777777" w:rsidR="007860DA" w:rsidRDefault="007860DA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -6989,58 +6965,58 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="66B08373" w14:textId="77777777" w:rsidR="00335865" w:rsidRDefault="00335865">
+    <w:p w14:paraId="4C50EC6C" w14:textId="77777777" w:rsidR="007860DA" w:rsidRDefault="007860DA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D9A3740" w14:textId="77777777" w:rsidR="00335865" w:rsidRDefault="00335865">
+    <w:p w14:paraId="039FE598" w14:textId="77777777" w:rsidR="007860DA" w:rsidRDefault="007860DA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00A726C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD8A511E"/>
     <w:lvl w:ilvl="0" w:tplc="75F6F9F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -7385,50 +7361,163 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16A331E9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A77021C6"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="756" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1476" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2196" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2916" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3636" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4356" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5076" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5796" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6516" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18D73062"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="087E18B0"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7497,51 +7586,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1AA30414"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D3A05E1A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7637,51 +7726,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38776C23"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="11204A98"/>
     <w:lvl w:ilvl="0" w:tplc="361EA70C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -7728,51 +7817,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="444F4778"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="603A1FC6"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7841,51 +7930,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57453EB1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A40E38F0"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7958,227 +8047,243 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2140494655">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1517771925">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="108134698">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="364452597">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1303197225">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2017069106">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1617518782">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2082172848">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="729500851">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="535586339">
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF17BD"/>
     <w:rsid w:val="00000065"/>
     <w:rsid w:val="000002D0"/>
     <w:rsid w:val="00000744"/>
+    <w:rsid w:val="0000234C"/>
     <w:rsid w:val="00003056"/>
     <w:rsid w:val="00003741"/>
     <w:rsid w:val="00006981"/>
     <w:rsid w:val="000102F3"/>
     <w:rsid w:val="00010C2A"/>
     <w:rsid w:val="00010CC2"/>
     <w:rsid w:val="00012EBB"/>
+    <w:rsid w:val="000137CE"/>
     <w:rsid w:val="00013EB7"/>
     <w:rsid w:val="00015D18"/>
     <w:rsid w:val="000168A8"/>
     <w:rsid w:val="00016E4D"/>
     <w:rsid w:val="00017497"/>
     <w:rsid w:val="00020170"/>
     <w:rsid w:val="0002188D"/>
     <w:rsid w:val="00021F45"/>
     <w:rsid w:val="000223FF"/>
     <w:rsid w:val="00023657"/>
     <w:rsid w:val="0002485D"/>
+    <w:rsid w:val="000249D1"/>
     <w:rsid w:val="00024EF5"/>
     <w:rsid w:val="0002514B"/>
     <w:rsid w:val="00025946"/>
     <w:rsid w:val="00025F13"/>
     <w:rsid w:val="000269A5"/>
     <w:rsid w:val="00026CBE"/>
     <w:rsid w:val="00026F7D"/>
     <w:rsid w:val="00027594"/>
     <w:rsid w:val="00027B78"/>
     <w:rsid w:val="0003015F"/>
     <w:rsid w:val="00030F99"/>
     <w:rsid w:val="000312FE"/>
+    <w:rsid w:val="00031C88"/>
     <w:rsid w:val="00031FC9"/>
     <w:rsid w:val="0003227F"/>
     <w:rsid w:val="0003488E"/>
     <w:rsid w:val="00035045"/>
     <w:rsid w:val="00035181"/>
     <w:rsid w:val="0004099D"/>
+    <w:rsid w:val="00040BF4"/>
     <w:rsid w:val="000423BD"/>
     <w:rsid w:val="00043137"/>
     <w:rsid w:val="000444FB"/>
     <w:rsid w:val="000445E7"/>
     <w:rsid w:val="00044DAD"/>
     <w:rsid w:val="00046333"/>
     <w:rsid w:val="00047C34"/>
     <w:rsid w:val="00047D9F"/>
     <w:rsid w:val="000507E7"/>
     <w:rsid w:val="00052D7F"/>
     <w:rsid w:val="00052E69"/>
     <w:rsid w:val="00053310"/>
     <w:rsid w:val="000553A2"/>
     <w:rsid w:val="0005550C"/>
     <w:rsid w:val="000559D1"/>
     <w:rsid w:val="00055B95"/>
     <w:rsid w:val="00056162"/>
     <w:rsid w:val="00056255"/>
     <w:rsid w:val="00056D2E"/>
     <w:rsid w:val="000575C3"/>
     <w:rsid w:val="00057D95"/>
     <w:rsid w:val="0006036E"/>
+    <w:rsid w:val="00060B7A"/>
     <w:rsid w:val="00061DF2"/>
     <w:rsid w:val="00062125"/>
     <w:rsid w:val="00062EC9"/>
     <w:rsid w:val="0006659A"/>
     <w:rsid w:val="00066938"/>
     <w:rsid w:val="00070B72"/>
+    <w:rsid w:val="00070EF6"/>
     <w:rsid w:val="00070F19"/>
     <w:rsid w:val="000716C2"/>
     <w:rsid w:val="000728A1"/>
     <w:rsid w:val="00072C2D"/>
+    <w:rsid w:val="0007372D"/>
     <w:rsid w:val="00074BCD"/>
     <w:rsid w:val="00075A4B"/>
     <w:rsid w:val="00076123"/>
     <w:rsid w:val="00077093"/>
     <w:rsid w:val="000819EF"/>
     <w:rsid w:val="00081A29"/>
     <w:rsid w:val="00082B0E"/>
     <w:rsid w:val="00086594"/>
     <w:rsid w:val="0008697B"/>
     <w:rsid w:val="00091928"/>
     <w:rsid w:val="000929E8"/>
     <w:rsid w:val="00093C25"/>
     <w:rsid w:val="00093CDB"/>
     <w:rsid w:val="000941AF"/>
     <w:rsid w:val="00094211"/>
     <w:rsid w:val="00094326"/>
+    <w:rsid w:val="000943AD"/>
     <w:rsid w:val="00096919"/>
     <w:rsid w:val="00097015"/>
     <w:rsid w:val="00097D0E"/>
     <w:rsid w:val="000A0E66"/>
     <w:rsid w:val="000A1392"/>
     <w:rsid w:val="000A22E8"/>
     <w:rsid w:val="000A254B"/>
     <w:rsid w:val="000A2D04"/>
     <w:rsid w:val="000A3074"/>
     <w:rsid w:val="000A3D1F"/>
     <w:rsid w:val="000A4285"/>
     <w:rsid w:val="000A4613"/>
     <w:rsid w:val="000A47D9"/>
     <w:rsid w:val="000A4AC0"/>
     <w:rsid w:val="000A50CB"/>
     <w:rsid w:val="000A646E"/>
+    <w:rsid w:val="000A656B"/>
     <w:rsid w:val="000A733F"/>
     <w:rsid w:val="000A7DD2"/>
+    <w:rsid w:val="000B178A"/>
     <w:rsid w:val="000B2456"/>
     <w:rsid w:val="000B24C8"/>
     <w:rsid w:val="000B325E"/>
+    <w:rsid w:val="000B3342"/>
     <w:rsid w:val="000B3845"/>
     <w:rsid w:val="000B42D6"/>
     <w:rsid w:val="000B4384"/>
     <w:rsid w:val="000B4796"/>
     <w:rsid w:val="000B5AE3"/>
     <w:rsid w:val="000B6E2D"/>
     <w:rsid w:val="000B75A4"/>
     <w:rsid w:val="000C2374"/>
     <w:rsid w:val="000C30FD"/>
     <w:rsid w:val="000C4645"/>
     <w:rsid w:val="000C4952"/>
     <w:rsid w:val="000C5CDC"/>
     <w:rsid w:val="000C6737"/>
+    <w:rsid w:val="000C6ADC"/>
     <w:rsid w:val="000D0160"/>
     <w:rsid w:val="000D1277"/>
     <w:rsid w:val="000D1E54"/>
     <w:rsid w:val="000D2103"/>
     <w:rsid w:val="000D2FBE"/>
     <w:rsid w:val="000D3BF2"/>
     <w:rsid w:val="000D3CA2"/>
     <w:rsid w:val="000D43A8"/>
     <w:rsid w:val="000D722C"/>
     <w:rsid w:val="000D73D2"/>
     <w:rsid w:val="000D76B6"/>
     <w:rsid w:val="000D7FE2"/>
     <w:rsid w:val="000E0202"/>
     <w:rsid w:val="000E074E"/>
     <w:rsid w:val="000E1C31"/>
     <w:rsid w:val="000E2171"/>
     <w:rsid w:val="000E2A99"/>
     <w:rsid w:val="000E2F0A"/>
     <w:rsid w:val="000E4C28"/>
     <w:rsid w:val="000E6DF4"/>
     <w:rsid w:val="000E6E6F"/>
     <w:rsid w:val="000E73DB"/>
     <w:rsid w:val="000F0034"/>
     <w:rsid w:val="000F022B"/>
     <w:rsid w:val="000F0300"/>
@@ -8193,912 +8298,964 @@
     <w:rsid w:val="00101B18"/>
     <w:rsid w:val="001026CF"/>
     <w:rsid w:val="0010378B"/>
     <w:rsid w:val="00104437"/>
     <w:rsid w:val="00104457"/>
     <w:rsid w:val="00104757"/>
     <w:rsid w:val="00104F0F"/>
     <w:rsid w:val="0010614D"/>
     <w:rsid w:val="00106FEA"/>
     <w:rsid w:val="0010708C"/>
     <w:rsid w:val="001077FC"/>
     <w:rsid w:val="00110780"/>
     <w:rsid w:val="001112CD"/>
     <w:rsid w:val="00111853"/>
     <w:rsid w:val="00111AA9"/>
     <w:rsid w:val="00112AF7"/>
     <w:rsid w:val="00112F57"/>
     <w:rsid w:val="00113BDD"/>
     <w:rsid w:val="00114046"/>
     <w:rsid w:val="0011432A"/>
     <w:rsid w:val="00115CF8"/>
     <w:rsid w:val="00116B31"/>
     <w:rsid w:val="001179B2"/>
     <w:rsid w:val="001201FB"/>
     <w:rsid w:val="001207B5"/>
+    <w:rsid w:val="0012121B"/>
     <w:rsid w:val="0012321D"/>
     <w:rsid w:val="00124736"/>
     <w:rsid w:val="001247F4"/>
     <w:rsid w:val="00124DF6"/>
     <w:rsid w:val="00126551"/>
     <w:rsid w:val="001265F9"/>
     <w:rsid w:val="0012666E"/>
     <w:rsid w:val="00126D41"/>
     <w:rsid w:val="00126D49"/>
     <w:rsid w:val="001322F1"/>
     <w:rsid w:val="001323E0"/>
     <w:rsid w:val="0013261B"/>
     <w:rsid w:val="00134372"/>
     <w:rsid w:val="00135DA4"/>
+    <w:rsid w:val="0013684F"/>
     <w:rsid w:val="00136B07"/>
     <w:rsid w:val="00137432"/>
     <w:rsid w:val="001376D4"/>
     <w:rsid w:val="00137742"/>
     <w:rsid w:val="001378E2"/>
+    <w:rsid w:val="00140214"/>
     <w:rsid w:val="00140FA2"/>
     <w:rsid w:val="0014372F"/>
     <w:rsid w:val="00144113"/>
     <w:rsid w:val="00144DD9"/>
     <w:rsid w:val="00145882"/>
     <w:rsid w:val="00146704"/>
     <w:rsid w:val="0014750C"/>
     <w:rsid w:val="001477A3"/>
     <w:rsid w:val="001507BA"/>
     <w:rsid w:val="0015084C"/>
+    <w:rsid w:val="0015086A"/>
     <w:rsid w:val="00151DD0"/>
     <w:rsid w:val="00151FA7"/>
     <w:rsid w:val="00152AE8"/>
     <w:rsid w:val="00152CA0"/>
     <w:rsid w:val="00154741"/>
     <w:rsid w:val="001548F3"/>
     <w:rsid w:val="00155C2A"/>
     <w:rsid w:val="00155CEF"/>
     <w:rsid w:val="00157566"/>
     <w:rsid w:val="00157A60"/>
     <w:rsid w:val="00157B7D"/>
     <w:rsid w:val="001608FA"/>
     <w:rsid w:val="001616F6"/>
     <w:rsid w:val="001640FA"/>
     <w:rsid w:val="001642C4"/>
     <w:rsid w:val="0016468A"/>
     <w:rsid w:val="001646C8"/>
     <w:rsid w:val="001662C7"/>
     <w:rsid w:val="001669F9"/>
     <w:rsid w:val="00166D24"/>
     <w:rsid w:val="001679AC"/>
     <w:rsid w:val="00171844"/>
     <w:rsid w:val="00172A82"/>
     <w:rsid w:val="0017346F"/>
     <w:rsid w:val="0017478A"/>
     <w:rsid w:val="00176D19"/>
+    <w:rsid w:val="00177175"/>
     <w:rsid w:val="0018074C"/>
     <w:rsid w:val="00180851"/>
     <w:rsid w:val="00182332"/>
     <w:rsid w:val="00182F78"/>
     <w:rsid w:val="001838D8"/>
     <w:rsid w:val="00185096"/>
     <w:rsid w:val="00186B1F"/>
     <w:rsid w:val="00186DB5"/>
     <w:rsid w:val="00187A54"/>
+    <w:rsid w:val="0019101C"/>
     <w:rsid w:val="001915BA"/>
     <w:rsid w:val="001916D1"/>
     <w:rsid w:val="0019460F"/>
     <w:rsid w:val="001958B8"/>
     <w:rsid w:val="00196B5C"/>
     <w:rsid w:val="00197403"/>
     <w:rsid w:val="001A03B4"/>
     <w:rsid w:val="001A0511"/>
     <w:rsid w:val="001A188A"/>
     <w:rsid w:val="001A2B5B"/>
     <w:rsid w:val="001A38D2"/>
     <w:rsid w:val="001A4A82"/>
     <w:rsid w:val="001B00F6"/>
     <w:rsid w:val="001B03D0"/>
     <w:rsid w:val="001B048C"/>
     <w:rsid w:val="001B1228"/>
     <w:rsid w:val="001B155D"/>
     <w:rsid w:val="001B2219"/>
     <w:rsid w:val="001B2427"/>
     <w:rsid w:val="001B2C27"/>
     <w:rsid w:val="001B541C"/>
     <w:rsid w:val="001B57FA"/>
     <w:rsid w:val="001B68AA"/>
     <w:rsid w:val="001B6F73"/>
     <w:rsid w:val="001C0CB7"/>
     <w:rsid w:val="001C13F3"/>
     <w:rsid w:val="001C1D89"/>
     <w:rsid w:val="001C1E6B"/>
     <w:rsid w:val="001C23C7"/>
     <w:rsid w:val="001C23FA"/>
     <w:rsid w:val="001C3C20"/>
     <w:rsid w:val="001C6ECD"/>
     <w:rsid w:val="001C7316"/>
     <w:rsid w:val="001D0372"/>
     <w:rsid w:val="001D0C6D"/>
     <w:rsid w:val="001D0D6D"/>
     <w:rsid w:val="001D1659"/>
     <w:rsid w:val="001D1E74"/>
     <w:rsid w:val="001D2319"/>
     <w:rsid w:val="001D64E6"/>
     <w:rsid w:val="001D6830"/>
     <w:rsid w:val="001D6FB1"/>
     <w:rsid w:val="001E0C00"/>
     <w:rsid w:val="001E285A"/>
     <w:rsid w:val="001E36A7"/>
     <w:rsid w:val="001E5113"/>
     <w:rsid w:val="001E6314"/>
     <w:rsid w:val="001E7065"/>
     <w:rsid w:val="001F014B"/>
+    <w:rsid w:val="001F01E2"/>
     <w:rsid w:val="001F05F7"/>
     <w:rsid w:val="001F20D0"/>
     <w:rsid w:val="001F2207"/>
     <w:rsid w:val="001F2369"/>
     <w:rsid w:val="001F2ACB"/>
     <w:rsid w:val="001F305C"/>
     <w:rsid w:val="001F404D"/>
     <w:rsid w:val="001F4599"/>
     <w:rsid w:val="001F5282"/>
     <w:rsid w:val="001F52C9"/>
     <w:rsid w:val="001F559E"/>
     <w:rsid w:val="001F76BA"/>
     <w:rsid w:val="00203FE6"/>
     <w:rsid w:val="00204C2B"/>
     <w:rsid w:val="0020617A"/>
     <w:rsid w:val="00206421"/>
     <w:rsid w:val="00207C62"/>
     <w:rsid w:val="002101C3"/>
+    <w:rsid w:val="00210B37"/>
     <w:rsid w:val="0021134C"/>
     <w:rsid w:val="00211BC2"/>
     <w:rsid w:val="00215F7D"/>
     <w:rsid w:val="002170EE"/>
     <w:rsid w:val="002175F1"/>
     <w:rsid w:val="002221DA"/>
     <w:rsid w:val="00222278"/>
     <w:rsid w:val="00222C1A"/>
     <w:rsid w:val="00223878"/>
     <w:rsid w:val="00224261"/>
+    <w:rsid w:val="00225419"/>
     <w:rsid w:val="0022651A"/>
     <w:rsid w:val="00226591"/>
     <w:rsid w:val="00227DAB"/>
     <w:rsid w:val="00230C26"/>
     <w:rsid w:val="002320B7"/>
     <w:rsid w:val="00232ECC"/>
     <w:rsid w:val="002348D9"/>
     <w:rsid w:val="00235B44"/>
     <w:rsid w:val="00236A22"/>
     <w:rsid w:val="00236DD6"/>
     <w:rsid w:val="002371BE"/>
+    <w:rsid w:val="00240FF7"/>
     <w:rsid w:val="00241244"/>
     <w:rsid w:val="002426F1"/>
     <w:rsid w:val="0024584F"/>
     <w:rsid w:val="00247769"/>
     <w:rsid w:val="00250130"/>
     <w:rsid w:val="00250275"/>
     <w:rsid w:val="00251110"/>
     <w:rsid w:val="00251A6F"/>
     <w:rsid w:val="00251E1E"/>
     <w:rsid w:val="00252110"/>
     <w:rsid w:val="00252A5A"/>
     <w:rsid w:val="00254587"/>
     <w:rsid w:val="00254972"/>
     <w:rsid w:val="00255452"/>
     <w:rsid w:val="00256B71"/>
     <w:rsid w:val="00256FE7"/>
     <w:rsid w:val="0025776D"/>
     <w:rsid w:val="00257D38"/>
     <w:rsid w:val="00260221"/>
     <w:rsid w:val="0026086E"/>
     <w:rsid w:val="00260AA2"/>
     <w:rsid w:val="00261899"/>
     <w:rsid w:val="00263A73"/>
     <w:rsid w:val="00265168"/>
     <w:rsid w:val="00267753"/>
     <w:rsid w:val="00270692"/>
     <w:rsid w:val="002728EA"/>
     <w:rsid w:val="00272FE0"/>
     <w:rsid w:val="00273EB8"/>
     <w:rsid w:val="00276F03"/>
     <w:rsid w:val="00280651"/>
     <w:rsid w:val="00280C13"/>
     <w:rsid w:val="00282390"/>
     <w:rsid w:val="002830BB"/>
     <w:rsid w:val="00283BE0"/>
     <w:rsid w:val="00284300"/>
     <w:rsid w:val="0028718E"/>
     <w:rsid w:val="00287613"/>
     <w:rsid w:val="00287B4C"/>
     <w:rsid w:val="00287F09"/>
     <w:rsid w:val="00291B1B"/>
     <w:rsid w:val="00292396"/>
     <w:rsid w:val="0029557E"/>
     <w:rsid w:val="002957B9"/>
     <w:rsid w:val="002957E3"/>
     <w:rsid w:val="002970F5"/>
     <w:rsid w:val="002A013E"/>
     <w:rsid w:val="002A043D"/>
     <w:rsid w:val="002A0BA5"/>
     <w:rsid w:val="002A26BD"/>
+    <w:rsid w:val="002A270F"/>
     <w:rsid w:val="002A290E"/>
     <w:rsid w:val="002A37C6"/>
     <w:rsid w:val="002A42AB"/>
     <w:rsid w:val="002A4765"/>
     <w:rsid w:val="002A4CB2"/>
     <w:rsid w:val="002A5CC6"/>
     <w:rsid w:val="002A62F5"/>
     <w:rsid w:val="002A63D3"/>
     <w:rsid w:val="002A6666"/>
     <w:rsid w:val="002B21A4"/>
     <w:rsid w:val="002B3CBF"/>
     <w:rsid w:val="002B4BBD"/>
     <w:rsid w:val="002B4F6C"/>
     <w:rsid w:val="002B5FB2"/>
     <w:rsid w:val="002B64F4"/>
     <w:rsid w:val="002B655F"/>
     <w:rsid w:val="002B6A85"/>
     <w:rsid w:val="002B70A4"/>
     <w:rsid w:val="002B7528"/>
     <w:rsid w:val="002B7715"/>
     <w:rsid w:val="002C051E"/>
     <w:rsid w:val="002C069A"/>
     <w:rsid w:val="002C0C79"/>
     <w:rsid w:val="002C0F6F"/>
     <w:rsid w:val="002C209D"/>
     <w:rsid w:val="002C2A9E"/>
     <w:rsid w:val="002C5992"/>
     <w:rsid w:val="002C68EA"/>
     <w:rsid w:val="002C6BE2"/>
+    <w:rsid w:val="002C6C8B"/>
     <w:rsid w:val="002C6FDB"/>
     <w:rsid w:val="002D106E"/>
     <w:rsid w:val="002D1215"/>
     <w:rsid w:val="002D15A7"/>
     <w:rsid w:val="002D1A06"/>
     <w:rsid w:val="002D1F64"/>
     <w:rsid w:val="002D3356"/>
     <w:rsid w:val="002D3616"/>
     <w:rsid w:val="002D3B26"/>
     <w:rsid w:val="002D41ED"/>
     <w:rsid w:val="002D46AC"/>
     <w:rsid w:val="002D52AA"/>
     <w:rsid w:val="002D5A39"/>
     <w:rsid w:val="002E0478"/>
     <w:rsid w:val="002E69DD"/>
     <w:rsid w:val="002E6D03"/>
     <w:rsid w:val="002E73AA"/>
     <w:rsid w:val="002E7844"/>
     <w:rsid w:val="002E78EB"/>
     <w:rsid w:val="002E7EB1"/>
     <w:rsid w:val="002E7FC9"/>
+    <w:rsid w:val="002F0171"/>
     <w:rsid w:val="002F177D"/>
     <w:rsid w:val="002F27F5"/>
     <w:rsid w:val="002F5B8B"/>
     <w:rsid w:val="002F5E21"/>
     <w:rsid w:val="002F6A77"/>
     <w:rsid w:val="002F71AD"/>
+    <w:rsid w:val="002F7EA9"/>
     <w:rsid w:val="00302053"/>
+    <w:rsid w:val="003031D7"/>
     <w:rsid w:val="00304183"/>
+    <w:rsid w:val="003043B6"/>
+    <w:rsid w:val="0030469B"/>
     <w:rsid w:val="00304B3D"/>
     <w:rsid w:val="00306497"/>
     <w:rsid w:val="00307C8D"/>
     <w:rsid w:val="00310239"/>
     <w:rsid w:val="003108EB"/>
     <w:rsid w:val="003113A9"/>
     <w:rsid w:val="0031393F"/>
     <w:rsid w:val="0031434D"/>
     <w:rsid w:val="00314F4A"/>
     <w:rsid w:val="0031625B"/>
     <w:rsid w:val="003175A8"/>
     <w:rsid w:val="003205D3"/>
     <w:rsid w:val="00320F89"/>
     <w:rsid w:val="0032100B"/>
     <w:rsid w:val="0032243D"/>
     <w:rsid w:val="00322F4C"/>
     <w:rsid w:val="0032326C"/>
     <w:rsid w:val="003236C0"/>
     <w:rsid w:val="00323920"/>
     <w:rsid w:val="00323AB8"/>
     <w:rsid w:val="00323B7F"/>
     <w:rsid w:val="00324DBB"/>
     <w:rsid w:val="00325E60"/>
     <w:rsid w:val="003261D2"/>
     <w:rsid w:val="0032648B"/>
     <w:rsid w:val="00326D06"/>
     <w:rsid w:val="00327EE9"/>
     <w:rsid w:val="00331228"/>
     <w:rsid w:val="0033149A"/>
     <w:rsid w:val="00332158"/>
     <w:rsid w:val="003323CA"/>
     <w:rsid w:val="0033358F"/>
     <w:rsid w:val="003344AD"/>
     <w:rsid w:val="003347AB"/>
     <w:rsid w:val="00335865"/>
     <w:rsid w:val="00336981"/>
     <w:rsid w:val="00340D67"/>
     <w:rsid w:val="003413B8"/>
     <w:rsid w:val="00342B0B"/>
     <w:rsid w:val="00343E02"/>
     <w:rsid w:val="003458DB"/>
     <w:rsid w:val="003475BA"/>
     <w:rsid w:val="00347E92"/>
     <w:rsid w:val="00350237"/>
+    <w:rsid w:val="00350BFB"/>
     <w:rsid w:val="00351ABC"/>
     <w:rsid w:val="00351EC8"/>
     <w:rsid w:val="003527E8"/>
     <w:rsid w:val="0035296F"/>
     <w:rsid w:val="00352D0C"/>
     <w:rsid w:val="003533EE"/>
     <w:rsid w:val="003537A1"/>
     <w:rsid w:val="0035396D"/>
     <w:rsid w:val="00353A39"/>
     <w:rsid w:val="003568B3"/>
     <w:rsid w:val="00357378"/>
     <w:rsid w:val="00357FDB"/>
+    <w:rsid w:val="00360EE3"/>
     <w:rsid w:val="0036379E"/>
     <w:rsid w:val="0036429F"/>
     <w:rsid w:val="0037016B"/>
     <w:rsid w:val="003714EC"/>
     <w:rsid w:val="0037217C"/>
     <w:rsid w:val="00372293"/>
     <w:rsid w:val="003722D2"/>
     <w:rsid w:val="00372E23"/>
     <w:rsid w:val="00372F58"/>
     <w:rsid w:val="00372F8C"/>
     <w:rsid w:val="00373B54"/>
     <w:rsid w:val="003765BE"/>
     <w:rsid w:val="00376D0D"/>
     <w:rsid w:val="00380043"/>
     <w:rsid w:val="00382E19"/>
     <w:rsid w:val="0038377E"/>
     <w:rsid w:val="0038425B"/>
     <w:rsid w:val="003850F1"/>
     <w:rsid w:val="0038568D"/>
     <w:rsid w:val="00385734"/>
     <w:rsid w:val="00385763"/>
     <w:rsid w:val="003857FE"/>
     <w:rsid w:val="00385C70"/>
     <w:rsid w:val="0038602D"/>
     <w:rsid w:val="003905C8"/>
     <w:rsid w:val="00390806"/>
     <w:rsid w:val="0039156B"/>
     <w:rsid w:val="00392A45"/>
     <w:rsid w:val="0039302B"/>
     <w:rsid w:val="003946C0"/>
     <w:rsid w:val="00396D66"/>
     <w:rsid w:val="003976BD"/>
     <w:rsid w:val="00397A32"/>
     <w:rsid w:val="003A0E52"/>
     <w:rsid w:val="003A183D"/>
     <w:rsid w:val="003A1A77"/>
     <w:rsid w:val="003A1C87"/>
     <w:rsid w:val="003A2327"/>
     <w:rsid w:val="003A2581"/>
     <w:rsid w:val="003A2918"/>
     <w:rsid w:val="003A4E89"/>
     <w:rsid w:val="003A6493"/>
     <w:rsid w:val="003A6D4C"/>
     <w:rsid w:val="003A7958"/>
     <w:rsid w:val="003A7EF5"/>
     <w:rsid w:val="003B0A80"/>
     <w:rsid w:val="003B305B"/>
     <w:rsid w:val="003B3AA5"/>
+    <w:rsid w:val="003B4BBA"/>
     <w:rsid w:val="003B50AB"/>
     <w:rsid w:val="003B5796"/>
     <w:rsid w:val="003B5A3C"/>
     <w:rsid w:val="003B65E9"/>
     <w:rsid w:val="003B66E5"/>
     <w:rsid w:val="003B766D"/>
     <w:rsid w:val="003C0D2B"/>
     <w:rsid w:val="003C28BE"/>
     <w:rsid w:val="003C48D0"/>
+    <w:rsid w:val="003C48F9"/>
+    <w:rsid w:val="003C4C66"/>
     <w:rsid w:val="003C5E92"/>
     <w:rsid w:val="003C684F"/>
     <w:rsid w:val="003C7A21"/>
     <w:rsid w:val="003D0631"/>
     <w:rsid w:val="003D07DB"/>
     <w:rsid w:val="003D1E4C"/>
     <w:rsid w:val="003D1F3D"/>
     <w:rsid w:val="003D2EB7"/>
     <w:rsid w:val="003D3312"/>
     <w:rsid w:val="003D367B"/>
     <w:rsid w:val="003D4037"/>
     <w:rsid w:val="003D508B"/>
     <w:rsid w:val="003D6009"/>
     <w:rsid w:val="003D6FF8"/>
     <w:rsid w:val="003D75B7"/>
     <w:rsid w:val="003E17E4"/>
     <w:rsid w:val="003E227B"/>
     <w:rsid w:val="003E39CB"/>
     <w:rsid w:val="003E4B12"/>
     <w:rsid w:val="003E52B0"/>
     <w:rsid w:val="003E5601"/>
     <w:rsid w:val="003E797A"/>
     <w:rsid w:val="003F39D4"/>
     <w:rsid w:val="003F3B91"/>
     <w:rsid w:val="003F4BE1"/>
     <w:rsid w:val="003F50A5"/>
     <w:rsid w:val="003F698C"/>
     <w:rsid w:val="003F77BF"/>
     <w:rsid w:val="004007C6"/>
     <w:rsid w:val="00401C17"/>
     <w:rsid w:val="00405950"/>
     <w:rsid w:val="00405B5D"/>
     <w:rsid w:val="004064D8"/>
     <w:rsid w:val="004067B2"/>
     <w:rsid w:val="004073D2"/>
     <w:rsid w:val="00407EDF"/>
     <w:rsid w:val="004142C7"/>
     <w:rsid w:val="00415296"/>
     <w:rsid w:val="00417187"/>
+    <w:rsid w:val="00417BC7"/>
     <w:rsid w:val="00417E08"/>
     <w:rsid w:val="00422C0A"/>
     <w:rsid w:val="00423099"/>
+    <w:rsid w:val="00424C91"/>
     <w:rsid w:val="0042688E"/>
     <w:rsid w:val="004301F2"/>
     <w:rsid w:val="00431EBB"/>
     <w:rsid w:val="00431F2B"/>
     <w:rsid w:val="00434303"/>
     <w:rsid w:val="00434FC8"/>
     <w:rsid w:val="00435C3B"/>
     <w:rsid w:val="00436A02"/>
     <w:rsid w:val="0043767D"/>
     <w:rsid w:val="00440E5F"/>
     <w:rsid w:val="00441B92"/>
     <w:rsid w:val="00441CE1"/>
     <w:rsid w:val="00442B10"/>
     <w:rsid w:val="004433AB"/>
     <w:rsid w:val="00444BAB"/>
     <w:rsid w:val="00445186"/>
     <w:rsid w:val="00445261"/>
     <w:rsid w:val="00445647"/>
     <w:rsid w:val="0044652B"/>
     <w:rsid w:val="004466C5"/>
     <w:rsid w:val="00446A44"/>
     <w:rsid w:val="00446E6D"/>
     <w:rsid w:val="00451155"/>
     <w:rsid w:val="00451BFD"/>
     <w:rsid w:val="004523BB"/>
     <w:rsid w:val="004530ED"/>
     <w:rsid w:val="00453DF7"/>
     <w:rsid w:val="004554C1"/>
     <w:rsid w:val="00456D23"/>
     <w:rsid w:val="00456D84"/>
     <w:rsid w:val="00456FB5"/>
     <w:rsid w:val="0045706C"/>
     <w:rsid w:val="00460AB6"/>
     <w:rsid w:val="00462A05"/>
     <w:rsid w:val="00462E43"/>
     <w:rsid w:val="00462F64"/>
     <w:rsid w:val="00464606"/>
     <w:rsid w:val="00464B77"/>
     <w:rsid w:val="00464C9F"/>
     <w:rsid w:val="00465739"/>
     <w:rsid w:val="00466153"/>
     <w:rsid w:val="00467644"/>
+    <w:rsid w:val="004676F9"/>
     <w:rsid w:val="0046783F"/>
     <w:rsid w:val="00467C54"/>
     <w:rsid w:val="00470494"/>
     <w:rsid w:val="004704A2"/>
     <w:rsid w:val="00470AD9"/>
     <w:rsid w:val="004710F3"/>
     <w:rsid w:val="00471819"/>
+    <w:rsid w:val="004733DD"/>
     <w:rsid w:val="00473719"/>
     <w:rsid w:val="00476716"/>
     <w:rsid w:val="00476AB6"/>
     <w:rsid w:val="00477736"/>
     <w:rsid w:val="00480444"/>
     <w:rsid w:val="004806CB"/>
     <w:rsid w:val="004833EC"/>
     <w:rsid w:val="00483ED6"/>
     <w:rsid w:val="0048415F"/>
     <w:rsid w:val="00485447"/>
     <w:rsid w:val="00485E07"/>
     <w:rsid w:val="004868F8"/>
     <w:rsid w:val="00486D0E"/>
     <w:rsid w:val="00486D25"/>
     <w:rsid w:val="00487089"/>
     <w:rsid w:val="0048720C"/>
     <w:rsid w:val="0049043B"/>
     <w:rsid w:val="004920A7"/>
     <w:rsid w:val="00492A47"/>
     <w:rsid w:val="00492C8D"/>
     <w:rsid w:val="00492EFC"/>
     <w:rsid w:val="00494964"/>
     <w:rsid w:val="00496262"/>
     <w:rsid w:val="00496561"/>
     <w:rsid w:val="004969D3"/>
     <w:rsid w:val="0049733E"/>
     <w:rsid w:val="004A031D"/>
     <w:rsid w:val="004A0BB9"/>
     <w:rsid w:val="004A17A1"/>
     <w:rsid w:val="004A1DAD"/>
     <w:rsid w:val="004A2892"/>
     <w:rsid w:val="004A43B5"/>
     <w:rsid w:val="004A5CEB"/>
+    <w:rsid w:val="004A7A77"/>
     <w:rsid w:val="004B2335"/>
     <w:rsid w:val="004B2F65"/>
     <w:rsid w:val="004B527F"/>
     <w:rsid w:val="004B560E"/>
     <w:rsid w:val="004B6853"/>
     <w:rsid w:val="004B692A"/>
     <w:rsid w:val="004B70C0"/>
     <w:rsid w:val="004B755C"/>
     <w:rsid w:val="004C01A3"/>
+    <w:rsid w:val="004C0944"/>
     <w:rsid w:val="004C23D0"/>
     <w:rsid w:val="004C2B4A"/>
     <w:rsid w:val="004C2B56"/>
     <w:rsid w:val="004C31C8"/>
     <w:rsid w:val="004C36FD"/>
+    <w:rsid w:val="004C4750"/>
     <w:rsid w:val="004C48FD"/>
     <w:rsid w:val="004C584D"/>
     <w:rsid w:val="004C6249"/>
     <w:rsid w:val="004C7C87"/>
     <w:rsid w:val="004D0658"/>
     <w:rsid w:val="004D1C0F"/>
     <w:rsid w:val="004D2711"/>
     <w:rsid w:val="004D3316"/>
     <w:rsid w:val="004D3C0E"/>
     <w:rsid w:val="004D6181"/>
     <w:rsid w:val="004D6B3A"/>
     <w:rsid w:val="004E0C36"/>
     <w:rsid w:val="004E2EF5"/>
     <w:rsid w:val="004E31D8"/>
     <w:rsid w:val="004E3F19"/>
     <w:rsid w:val="004E446D"/>
     <w:rsid w:val="004E4509"/>
     <w:rsid w:val="004E4973"/>
     <w:rsid w:val="004E5A37"/>
     <w:rsid w:val="004E6295"/>
     <w:rsid w:val="004E6375"/>
     <w:rsid w:val="004E6376"/>
     <w:rsid w:val="004E76AB"/>
     <w:rsid w:val="004F0AF1"/>
+    <w:rsid w:val="004F0FE9"/>
     <w:rsid w:val="004F247F"/>
     <w:rsid w:val="004F3BEC"/>
     <w:rsid w:val="004F3DB9"/>
     <w:rsid w:val="004F3FA5"/>
     <w:rsid w:val="004F4AE3"/>
     <w:rsid w:val="004F7067"/>
     <w:rsid w:val="0050037A"/>
     <w:rsid w:val="005025A7"/>
+    <w:rsid w:val="0050348C"/>
     <w:rsid w:val="0050382D"/>
     <w:rsid w:val="00503B45"/>
     <w:rsid w:val="00503F18"/>
     <w:rsid w:val="005042F1"/>
     <w:rsid w:val="005047C1"/>
     <w:rsid w:val="00505DDD"/>
     <w:rsid w:val="00507D9D"/>
     <w:rsid w:val="00513A5B"/>
     <w:rsid w:val="005152CE"/>
     <w:rsid w:val="00521C0A"/>
     <w:rsid w:val="00521D29"/>
     <w:rsid w:val="00522951"/>
     <w:rsid w:val="0052354E"/>
     <w:rsid w:val="0052416E"/>
     <w:rsid w:val="00524346"/>
     <w:rsid w:val="00526EDF"/>
     <w:rsid w:val="00527921"/>
     <w:rsid w:val="00527BC2"/>
     <w:rsid w:val="00527E31"/>
     <w:rsid w:val="005302A3"/>
     <w:rsid w:val="005302E6"/>
     <w:rsid w:val="00530A67"/>
     <w:rsid w:val="00530B6E"/>
     <w:rsid w:val="0053127E"/>
     <w:rsid w:val="00533A6B"/>
     <w:rsid w:val="00534A2B"/>
+    <w:rsid w:val="00534C3F"/>
     <w:rsid w:val="00536BF6"/>
     <w:rsid w:val="005371C5"/>
     <w:rsid w:val="005379BF"/>
     <w:rsid w:val="005415CB"/>
     <w:rsid w:val="00541726"/>
     <w:rsid w:val="00541C26"/>
     <w:rsid w:val="00542E35"/>
     <w:rsid w:val="00542E8F"/>
     <w:rsid w:val="00543F56"/>
     <w:rsid w:val="00544185"/>
     <w:rsid w:val="00544282"/>
     <w:rsid w:val="00544B29"/>
     <w:rsid w:val="00544D2F"/>
     <w:rsid w:val="00544EDB"/>
     <w:rsid w:val="0054615C"/>
     <w:rsid w:val="00546698"/>
     <w:rsid w:val="00546877"/>
     <w:rsid w:val="00546B48"/>
     <w:rsid w:val="00547091"/>
     <w:rsid w:val="0055054D"/>
     <w:rsid w:val="005505D4"/>
+    <w:rsid w:val="00551D91"/>
     <w:rsid w:val="00551E54"/>
     <w:rsid w:val="00552681"/>
     <w:rsid w:val="00553E95"/>
     <w:rsid w:val="00554067"/>
     <w:rsid w:val="00555652"/>
     <w:rsid w:val="005556BA"/>
     <w:rsid w:val="00555915"/>
     <w:rsid w:val="005568D9"/>
     <w:rsid w:val="00556C09"/>
     <w:rsid w:val="00557FAF"/>
     <w:rsid w:val="00561521"/>
+    <w:rsid w:val="00562407"/>
+    <w:rsid w:val="00562A08"/>
     <w:rsid w:val="0056496C"/>
     <w:rsid w:val="0056631E"/>
     <w:rsid w:val="00566423"/>
     <w:rsid w:val="005666AB"/>
     <w:rsid w:val="00567197"/>
     <w:rsid w:val="00570270"/>
     <w:rsid w:val="00572589"/>
     <w:rsid w:val="005737A2"/>
     <w:rsid w:val="005740F4"/>
     <w:rsid w:val="0057486E"/>
     <w:rsid w:val="00575055"/>
     <w:rsid w:val="00577A55"/>
     <w:rsid w:val="005806F5"/>
     <w:rsid w:val="00581473"/>
     <w:rsid w:val="00583492"/>
     <w:rsid w:val="00583AC3"/>
     <w:rsid w:val="00584A09"/>
     <w:rsid w:val="00584C44"/>
     <w:rsid w:val="00587064"/>
     <w:rsid w:val="005870CF"/>
     <w:rsid w:val="00587E2C"/>
     <w:rsid w:val="0059009F"/>
     <w:rsid w:val="00590145"/>
     <w:rsid w:val="00590363"/>
     <w:rsid w:val="005912B6"/>
     <w:rsid w:val="00592B51"/>
     <w:rsid w:val="00593E8E"/>
     <w:rsid w:val="00593EE5"/>
+    <w:rsid w:val="00594A00"/>
     <w:rsid w:val="00594CE1"/>
     <w:rsid w:val="00595665"/>
     <w:rsid w:val="00595DFA"/>
     <w:rsid w:val="0059661F"/>
     <w:rsid w:val="00597B86"/>
     <w:rsid w:val="005A23F2"/>
     <w:rsid w:val="005A3B57"/>
     <w:rsid w:val="005A5B12"/>
     <w:rsid w:val="005A5F9F"/>
     <w:rsid w:val="005A7891"/>
     <w:rsid w:val="005A7EDC"/>
     <w:rsid w:val="005B1141"/>
     <w:rsid w:val="005B1A65"/>
     <w:rsid w:val="005B1D77"/>
     <w:rsid w:val="005B230F"/>
     <w:rsid w:val="005B25EF"/>
     <w:rsid w:val="005B260F"/>
     <w:rsid w:val="005B2BA6"/>
     <w:rsid w:val="005B3247"/>
     <w:rsid w:val="005B46EC"/>
     <w:rsid w:val="005B4FDF"/>
     <w:rsid w:val="005B5A8B"/>
     <w:rsid w:val="005B5B92"/>
+    <w:rsid w:val="005B5F6A"/>
     <w:rsid w:val="005B6B55"/>
     <w:rsid w:val="005B6C6F"/>
     <w:rsid w:val="005B6D4E"/>
     <w:rsid w:val="005B7159"/>
     <w:rsid w:val="005B7692"/>
     <w:rsid w:val="005C0BDA"/>
     <w:rsid w:val="005C0BE3"/>
     <w:rsid w:val="005C0FD5"/>
     <w:rsid w:val="005C10FF"/>
     <w:rsid w:val="005C3463"/>
     <w:rsid w:val="005C3E86"/>
     <w:rsid w:val="005D07C4"/>
     <w:rsid w:val="005D0CC6"/>
     <w:rsid w:val="005D1299"/>
     <w:rsid w:val="005D2383"/>
     <w:rsid w:val="005D2AA8"/>
     <w:rsid w:val="005D2C48"/>
     <w:rsid w:val="005D3356"/>
     <w:rsid w:val="005D3AC0"/>
     <w:rsid w:val="005D44C0"/>
     <w:rsid w:val="005D4B20"/>
     <w:rsid w:val="005D5093"/>
     <w:rsid w:val="005D60FE"/>
     <w:rsid w:val="005D669B"/>
     <w:rsid w:val="005D6720"/>
     <w:rsid w:val="005D676B"/>
     <w:rsid w:val="005D6F4B"/>
     <w:rsid w:val="005E1174"/>
     <w:rsid w:val="005E1BD7"/>
     <w:rsid w:val="005E1C24"/>
     <w:rsid w:val="005E1C47"/>
     <w:rsid w:val="005E3625"/>
     <w:rsid w:val="005E37EB"/>
     <w:rsid w:val="005E42C7"/>
     <w:rsid w:val="005E4797"/>
     <w:rsid w:val="005E54AE"/>
     <w:rsid w:val="005E59D5"/>
     <w:rsid w:val="005E5BDE"/>
     <w:rsid w:val="005E5E85"/>
     <w:rsid w:val="005E61B8"/>
     <w:rsid w:val="005E62A1"/>
     <w:rsid w:val="005E6C0C"/>
+    <w:rsid w:val="005E738D"/>
     <w:rsid w:val="005E7462"/>
     <w:rsid w:val="005F25E7"/>
+    <w:rsid w:val="005F274A"/>
     <w:rsid w:val="005F382D"/>
     <w:rsid w:val="005F38EB"/>
     <w:rsid w:val="005F59FA"/>
     <w:rsid w:val="005F5F39"/>
     <w:rsid w:val="005F6FB5"/>
     <w:rsid w:val="005F7685"/>
     <w:rsid w:val="00600238"/>
     <w:rsid w:val="006012C9"/>
     <w:rsid w:val="006021ED"/>
     <w:rsid w:val="006042B2"/>
     <w:rsid w:val="00604D18"/>
     <w:rsid w:val="00605525"/>
+    <w:rsid w:val="00605C24"/>
     <w:rsid w:val="00606E64"/>
     <w:rsid w:val="00607203"/>
     <w:rsid w:val="0060754B"/>
     <w:rsid w:val="0060780B"/>
     <w:rsid w:val="00607B73"/>
     <w:rsid w:val="00607F81"/>
     <w:rsid w:val="00610F5E"/>
     <w:rsid w:val="00610F99"/>
     <w:rsid w:val="00611A0C"/>
     <w:rsid w:val="0061448E"/>
     <w:rsid w:val="006149DB"/>
     <w:rsid w:val="006159D5"/>
     <w:rsid w:val="00616779"/>
     <w:rsid w:val="00617331"/>
     <w:rsid w:val="0062093D"/>
     <w:rsid w:val="006223FF"/>
     <w:rsid w:val="006226CB"/>
     <w:rsid w:val="0062330D"/>
+    <w:rsid w:val="00624C85"/>
     <w:rsid w:val="00624CC0"/>
     <w:rsid w:val="006254D4"/>
     <w:rsid w:val="00626BB3"/>
     <w:rsid w:val="00627191"/>
     <w:rsid w:val="00627CD5"/>
     <w:rsid w:val="006323A7"/>
     <w:rsid w:val="0063285C"/>
     <w:rsid w:val="00632AA6"/>
     <w:rsid w:val="0063408A"/>
     <w:rsid w:val="00635B23"/>
     <w:rsid w:val="00637157"/>
     <w:rsid w:val="00640FD8"/>
     <w:rsid w:val="0064115A"/>
     <w:rsid w:val="00642B55"/>
     <w:rsid w:val="0064383D"/>
     <w:rsid w:val="0064435C"/>
     <w:rsid w:val="00644433"/>
     <w:rsid w:val="0064573D"/>
     <w:rsid w:val="00645835"/>
     <w:rsid w:val="00645C97"/>
     <w:rsid w:val="006466CD"/>
     <w:rsid w:val="00647363"/>
     <w:rsid w:val="0064775F"/>
     <w:rsid w:val="006518D1"/>
     <w:rsid w:val="00652A1F"/>
     <w:rsid w:val="00653109"/>
+    <w:rsid w:val="00653262"/>
+    <w:rsid w:val="00653872"/>
     <w:rsid w:val="00653D52"/>
     <w:rsid w:val="00654177"/>
     <w:rsid w:val="00654284"/>
     <w:rsid w:val="00654CEF"/>
     <w:rsid w:val="0065575B"/>
     <w:rsid w:val="00655B29"/>
     <w:rsid w:val="00660F5F"/>
     <w:rsid w:val="0066127E"/>
     <w:rsid w:val="00661FC0"/>
     <w:rsid w:val="00662175"/>
     <w:rsid w:val="00662A0B"/>
+    <w:rsid w:val="006638A1"/>
     <w:rsid w:val="00663A29"/>
     <w:rsid w:val="00665922"/>
     <w:rsid w:val="00665A58"/>
     <w:rsid w:val="00666419"/>
     <w:rsid w:val="00667A0C"/>
     <w:rsid w:val="0067154C"/>
     <w:rsid w:val="0067187E"/>
     <w:rsid w:val="00671BAB"/>
     <w:rsid w:val="00671E75"/>
     <w:rsid w:val="00672F35"/>
     <w:rsid w:val="00674316"/>
     <w:rsid w:val="00674412"/>
     <w:rsid w:val="00674862"/>
     <w:rsid w:val="00675007"/>
     <w:rsid w:val="00675440"/>
     <w:rsid w:val="006758EE"/>
     <w:rsid w:val="006759AC"/>
     <w:rsid w:val="00675C12"/>
     <w:rsid w:val="00676486"/>
     <w:rsid w:val="006809F8"/>
     <w:rsid w:val="00680D61"/>
     <w:rsid w:val="006814CA"/>
     <w:rsid w:val="00681695"/>
     <w:rsid w:val="00681802"/>
     <w:rsid w:val="00681E1B"/>
     <w:rsid w:val="006830EF"/>
     <w:rsid w:val="00683380"/>
     <w:rsid w:val="00683FB3"/>
     <w:rsid w:val="00685F6A"/>
     <w:rsid w:val="006865C3"/>
     <w:rsid w:val="00686696"/>
     <w:rsid w:val="006866E9"/>
     <w:rsid w:val="00686780"/>
     <w:rsid w:val="00690538"/>
     <w:rsid w:val="0069233E"/>
     <w:rsid w:val="0069315C"/>
     <w:rsid w:val="0069351B"/>
     <w:rsid w:val="006944D7"/>
     <w:rsid w:val="0069467C"/>
     <w:rsid w:val="00695115"/>
     <w:rsid w:val="00695CF5"/>
+    <w:rsid w:val="0069701A"/>
     <w:rsid w:val="006971ED"/>
     <w:rsid w:val="006975F2"/>
     <w:rsid w:val="006977C0"/>
     <w:rsid w:val="00697D7D"/>
     <w:rsid w:val="006A0AFE"/>
+    <w:rsid w:val="006A1A2F"/>
     <w:rsid w:val="006A2703"/>
     <w:rsid w:val="006A31B6"/>
+    <w:rsid w:val="006A32AA"/>
     <w:rsid w:val="006A366E"/>
+    <w:rsid w:val="006A4194"/>
     <w:rsid w:val="006A4A3C"/>
     <w:rsid w:val="006A6B3D"/>
+    <w:rsid w:val="006A6C7F"/>
     <w:rsid w:val="006A6F5B"/>
     <w:rsid w:val="006A6F5F"/>
     <w:rsid w:val="006A7CFA"/>
     <w:rsid w:val="006A7E37"/>
     <w:rsid w:val="006B1D6A"/>
     <w:rsid w:val="006B1EB6"/>
     <w:rsid w:val="006B2490"/>
     <w:rsid w:val="006B4245"/>
     <w:rsid w:val="006B4959"/>
     <w:rsid w:val="006B514D"/>
     <w:rsid w:val="006B55B4"/>
+    <w:rsid w:val="006B58A7"/>
     <w:rsid w:val="006B6A57"/>
     <w:rsid w:val="006B6EFE"/>
     <w:rsid w:val="006C3738"/>
     <w:rsid w:val="006C37B4"/>
     <w:rsid w:val="006C452F"/>
     <w:rsid w:val="006C4774"/>
     <w:rsid w:val="006C5267"/>
     <w:rsid w:val="006C61E5"/>
     <w:rsid w:val="006C7501"/>
     <w:rsid w:val="006D0D6B"/>
     <w:rsid w:val="006D1339"/>
     <w:rsid w:val="006D3044"/>
     <w:rsid w:val="006D37EC"/>
     <w:rsid w:val="006D418E"/>
     <w:rsid w:val="006D4FAF"/>
     <w:rsid w:val="006D5260"/>
     <w:rsid w:val="006D58A2"/>
     <w:rsid w:val="006D5C7C"/>
     <w:rsid w:val="006D6DDE"/>
     <w:rsid w:val="006D7BF8"/>
     <w:rsid w:val="006E0059"/>
     <w:rsid w:val="006E06D2"/>
     <w:rsid w:val="006E1237"/>
     <w:rsid w:val="006E12A2"/>
+    <w:rsid w:val="006E15D1"/>
     <w:rsid w:val="006E1A8D"/>
     <w:rsid w:val="006E1AE7"/>
     <w:rsid w:val="006E3650"/>
     <w:rsid w:val="006E370B"/>
     <w:rsid w:val="006E3EC4"/>
     <w:rsid w:val="006E492D"/>
     <w:rsid w:val="006E495C"/>
     <w:rsid w:val="006E4C6D"/>
     <w:rsid w:val="006E4DA8"/>
     <w:rsid w:val="006E5388"/>
     <w:rsid w:val="006E7EC5"/>
     <w:rsid w:val="006F0393"/>
     <w:rsid w:val="006F138D"/>
+    <w:rsid w:val="006F2BB7"/>
     <w:rsid w:val="006F361B"/>
     <w:rsid w:val="006F394E"/>
     <w:rsid w:val="006F4938"/>
     <w:rsid w:val="006F54EC"/>
     <w:rsid w:val="006F55C5"/>
     <w:rsid w:val="006F5718"/>
     <w:rsid w:val="006F6C18"/>
     <w:rsid w:val="006F6C6F"/>
     <w:rsid w:val="00700A8A"/>
     <w:rsid w:val="00701466"/>
     <w:rsid w:val="007020CD"/>
     <w:rsid w:val="00702BC1"/>
     <w:rsid w:val="007031FC"/>
     <w:rsid w:val="00703B60"/>
     <w:rsid w:val="007050FF"/>
     <w:rsid w:val="00706CFC"/>
     <w:rsid w:val="00706E48"/>
     <w:rsid w:val="00707B61"/>
     <w:rsid w:val="00707D62"/>
     <w:rsid w:val="0071051A"/>
     <w:rsid w:val="007107DC"/>
     <w:rsid w:val="007107E9"/>
     <w:rsid w:val="00710A7F"/>
     <w:rsid w:val="007121E8"/>
     <w:rsid w:val="00712BC9"/>
@@ -9106,238 +9263,249 @@
     <w:rsid w:val="0071472A"/>
     <w:rsid w:val="00714CA6"/>
     <w:rsid w:val="00714EE5"/>
     <w:rsid w:val="007165C8"/>
     <w:rsid w:val="0071689B"/>
     <w:rsid w:val="00716CD4"/>
     <w:rsid w:val="00720EEC"/>
     <w:rsid w:val="007210D9"/>
     <w:rsid w:val="00721343"/>
     <w:rsid w:val="007246CF"/>
     <w:rsid w:val="00724C08"/>
     <w:rsid w:val="007255BA"/>
     <w:rsid w:val="00725F29"/>
     <w:rsid w:val="00726B36"/>
     <w:rsid w:val="00727CD2"/>
     <w:rsid w:val="0073027D"/>
     <w:rsid w:val="007306E6"/>
     <w:rsid w:val="00730FFF"/>
     <w:rsid w:val="00731222"/>
     <w:rsid w:val="007317B9"/>
     <w:rsid w:val="00732284"/>
     <w:rsid w:val="00733924"/>
     <w:rsid w:val="00733C6D"/>
     <w:rsid w:val="00734177"/>
     <w:rsid w:val="00734551"/>
+    <w:rsid w:val="0073625A"/>
     <w:rsid w:val="0073776F"/>
     <w:rsid w:val="00737795"/>
     <w:rsid w:val="00740CF5"/>
     <w:rsid w:val="00741CE9"/>
     <w:rsid w:val="00742415"/>
     <w:rsid w:val="00742CBC"/>
     <w:rsid w:val="00743A77"/>
     <w:rsid w:val="00743C37"/>
     <w:rsid w:val="007445B4"/>
     <w:rsid w:val="0074493D"/>
     <w:rsid w:val="00744B37"/>
     <w:rsid w:val="007454D0"/>
     <w:rsid w:val="00745511"/>
     <w:rsid w:val="00745899"/>
     <w:rsid w:val="00746011"/>
     <w:rsid w:val="0074643E"/>
     <w:rsid w:val="00746E52"/>
     <w:rsid w:val="00750425"/>
     <w:rsid w:val="007508C8"/>
     <w:rsid w:val="00752B49"/>
     <w:rsid w:val="00753902"/>
     <w:rsid w:val="00755A56"/>
     <w:rsid w:val="00755E34"/>
     <w:rsid w:val="00756531"/>
     <w:rsid w:val="00756566"/>
     <w:rsid w:val="0075667D"/>
     <w:rsid w:val="0075706C"/>
     <w:rsid w:val="007600B9"/>
     <w:rsid w:val="00760A47"/>
     <w:rsid w:val="00760CAC"/>
     <w:rsid w:val="007610ED"/>
     <w:rsid w:val="0076172A"/>
+    <w:rsid w:val="0076377F"/>
     <w:rsid w:val="007642DA"/>
     <w:rsid w:val="00764D90"/>
     <w:rsid w:val="00765445"/>
     <w:rsid w:val="007664A5"/>
     <w:rsid w:val="00766BF2"/>
     <w:rsid w:val="00766FEF"/>
     <w:rsid w:val="00767127"/>
     <w:rsid w:val="007707D8"/>
     <w:rsid w:val="00770EFF"/>
     <w:rsid w:val="007711B2"/>
     <w:rsid w:val="00771528"/>
     <w:rsid w:val="00771F21"/>
     <w:rsid w:val="00772193"/>
     <w:rsid w:val="00772223"/>
     <w:rsid w:val="007726D6"/>
     <w:rsid w:val="00772700"/>
     <w:rsid w:val="007738ED"/>
     <w:rsid w:val="00773D2C"/>
     <w:rsid w:val="007755A9"/>
     <w:rsid w:val="00775BCA"/>
     <w:rsid w:val="00780E11"/>
     <w:rsid w:val="007827CB"/>
     <w:rsid w:val="00785C88"/>
     <w:rsid w:val="00785F71"/>
+    <w:rsid w:val="007860DA"/>
     <w:rsid w:val="007870C7"/>
     <w:rsid w:val="00787C64"/>
     <w:rsid w:val="007904CE"/>
     <w:rsid w:val="00790635"/>
     <w:rsid w:val="0079098B"/>
     <w:rsid w:val="0079103D"/>
     <w:rsid w:val="00791196"/>
     <w:rsid w:val="00792B8A"/>
     <w:rsid w:val="0079547F"/>
     <w:rsid w:val="007957DC"/>
     <w:rsid w:val="007958FC"/>
     <w:rsid w:val="00795CC4"/>
     <w:rsid w:val="007A12A0"/>
     <w:rsid w:val="007A2598"/>
     <w:rsid w:val="007A3D77"/>
     <w:rsid w:val="007A40A6"/>
     <w:rsid w:val="007A41EE"/>
     <w:rsid w:val="007A42B1"/>
     <w:rsid w:val="007A4334"/>
     <w:rsid w:val="007A720C"/>
     <w:rsid w:val="007A7D75"/>
     <w:rsid w:val="007B0B19"/>
+    <w:rsid w:val="007B37F7"/>
     <w:rsid w:val="007B3BD4"/>
     <w:rsid w:val="007B3DF9"/>
     <w:rsid w:val="007B4DAD"/>
     <w:rsid w:val="007B500F"/>
     <w:rsid w:val="007B6290"/>
     <w:rsid w:val="007B6BB5"/>
     <w:rsid w:val="007B72F0"/>
     <w:rsid w:val="007B7391"/>
     <w:rsid w:val="007B778F"/>
     <w:rsid w:val="007B7B92"/>
     <w:rsid w:val="007C0F3D"/>
     <w:rsid w:val="007C101B"/>
     <w:rsid w:val="007C24CA"/>
     <w:rsid w:val="007C25BE"/>
     <w:rsid w:val="007C3C6B"/>
     <w:rsid w:val="007C520B"/>
     <w:rsid w:val="007C5F46"/>
     <w:rsid w:val="007D09D2"/>
     <w:rsid w:val="007D0EC2"/>
     <w:rsid w:val="007D205A"/>
+    <w:rsid w:val="007D365E"/>
     <w:rsid w:val="007D3762"/>
     <w:rsid w:val="007D408E"/>
     <w:rsid w:val="007D4AAA"/>
     <w:rsid w:val="007D52C2"/>
     <w:rsid w:val="007D6AED"/>
     <w:rsid w:val="007D6F1D"/>
     <w:rsid w:val="007D747B"/>
     <w:rsid w:val="007D7FBD"/>
     <w:rsid w:val="007E0C2E"/>
     <w:rsid w:val="007E16E4"/>
     <w:rsid w:val="007E26C1"/>
+    <w:rsid w:val="007E407E"/>
     <w:rsid w:val="007E489C"/>
     <w:rsid w:val="007E4DF4"/>
     <w:rsid w:val="007E55A3"/>
     <w:rsid w:val="007E5AFB"/>
     <w:rsid w:val="007E5ED3"/>
     <w:rsid w:val="007E6E05"/>
     <w:rsid w:val="007E6FB8"/>
     <w:rsid w:val="007E7190"/>
     <w:rsid w:val="007F0F53"/>
     <w:rsid w:val="007F412D"/>
     <w:rsid w:val="007F4417"/>
     <w:rsid w:val="007F4B9E"/>
+    <w:rsid w:val="007F4F1D"/>
     <w:rsid w:val="007F60C0"/>
     <w:rsid w:val="007F63C5"/>
     <w:rsid w:val="007F7196"/>
     <w:rsid w:val="0080262A"/>
     <w:rsid w:val="0080293A"/>
     <w:rsid w:val="008029B5"/>
     <w:rsid w:val="00802DEA"/>
     <w:rsid w:val="008035D2"/>
     <w:rsid w:val="00803ADD"/>
     <w:rsid w:val="00803AF9"/>
     <w:rsid w:val="008068BE"/>
     <w:rsid w:val="00806A5E"/>
     <w:rsid w:val="0080709C"/>
     <w:rsid w:val="008071F3"/>
     <w:rsid w:val="008074CB"/>
     <w:rsid w:val="0081051A"/>
     <w:rsid w:val="008107E8"/>
     <w:rsid w:val="008108D3"/>
     <w:rsid w:val="0081114E"/>
     <w:rsid w:val="00812335"/>
     <w:rsid w:val="00812555"/>
     <w:rsid w:val="008150E9"/>
     <w:rsid w:val="00815E6B"/>
     <w:rsid w:val="00816053"/>
     <w:rsid w:val="008169AF"/>
     <w:rsid w:val="00816B65"/>
     <w:rsid w:val="00816C2C"/>
     <w:rsid w:val="00816D30"/>
     <w:rsid w:val="00816FCE"/>
     <w:rsid w:val="0081708E"/>
     <w:rsid w:val="00820150"/>
     <w:rsid w:val="0082073E"/>
     <w:rsid w:val="00823704"/>
     <w:rsid w:val="00823923"/>
     <w:rsid w:val="00825737"/>
     <w:rsid w:val="00825830"/>
     <w:rsid w:val="00825F0E"/>
     <w:rsid w:val="00826C98"/>
     <w:rsid w:val="008301CF"/>
     <w:rsid w:val="00831522"/>
     <w:rsid w:val="00832063"/>
     <w:rsid w:val="00832935"/>
     <w:rsid w:val="00834415"/>
     <w:rsid w:val="00834738"/>
     <w:rsid w:val="00835AE7"/>
     <w:rsid w:val="008360AC"/>
     <w:rsid w:val="00836463"/>
+    <w:rsid w:val="008364A2"/>
     <w:rsid w:val="008376CC"/>
     <w:rsid w:val="0084047F"/>
     <w:rsid w:val="008404E2"/>
     <w:rsid w:val="00840EDB"/>
     <w:rsid w:val="00841155"/>
     <w:rsid w:val="0084170A"/>
     <w:rsid w:val="00841E1F"/>
+    <w:rsid w:val="008425CB"/>
     <w:rsid w:val="0084371B"/>
     <w:rsid w:val="00843885"/>
     <w:rsid w:val="008444B4"/>
     <w:rsid w:val="00845407"/>
     <w:rsid w:val="00845B37"/>
     <w:rsid w:val="00845E52"/>
     <w:rsid w:val="00847559"/>
     <w:rsid w:val="00847FA4"/>
     <w:rsid w:val="00850740"/>
     <w:rsid w:val="00850AB1"/>
     <w:rsid w:val="00852C9B"/>
     <w:rsid w:val="008543D1"/>
+    <w:rsid w:val="00854F48"/>
     <w:rsid w:val="0085606E"/>
+    <w:rsid w:val="0085682C"/>
     <w:rsid w:val="00856B84"/>
     <w:rsid w:val="0085776B"/>
     <w:rsid w:val="00857984"/>
     <w:rsid w:val="00857C29"/>
     <w:rsid w:val="00860409"/>
     <w:rsid w:val="008614F6"/>
     <w:rsid w:val="00862BDD"/>
     <w:rsid w:val="00863255"/>
     <w:rsid w:val="00863FBF"/>
     <w:rsid w:val="00864A7C"/>
     <w:rsid w:val="00864DB9"/>
     <w:rsid w:val="00865923"/>
     <w:rsid w:val="0086723F"/>
     <w:rsid w:val="008715A6"/>
     <w:rsid w:val="00873475"/>
     <w:rsid w:val="008744F1"/>
     <w:rsid w:val="0087510B"/>
     <w:rsid w:val="00877445"/>
     <w:rsid w:val="0088021D"/>
     <w:rsid w:val="00880FE9"/>
     <w:rsid w:val="008816D6"/>
     <w:rsid w:val="00881F26"/>
     <w:rsid w:val="00882F11"/>
     <w:rsid w:val="00883CF3"/>
     <w:rsid w:val="00884B4F"/>
@@ -9374,241 +9542,257 @@
     <w:rsid w:val="008C0209"/>
     <w:rsid w:val="008C38C7"/>
     <w:rsid w:val="008C4152"/>
     <w:rsid w:val="008C4224"/>
     <w:rsid w:val="008C4BEA"/>
     <w:rsid w:val="008C5F49"/>
     <w:rsid w:val="008C6217"/>
     <w:rsid w:val="008C6EB6"/>
     <w:rsid w:val="008C722E"/>
     <w:rsid w:val="008C7479"/>
     <w:rsid w:val="008D10BD"/>
     <w:rsid w:val="008D2093"/>
     <w:rsid w:val="008D2CFD"/>
     <w:rsid w:val="008D2F00"/>
     <w:rsid w:val="008D3574"/>
     <w:rsid w:val="008D4DC1"/>
     <w:rsid w:val="008D56BE"/>
     <w:rsid w:val="008D7602"/>
     <w:rsid w:val="008E005D"/>
     <w:rsid w:val="008E0929"/>
     <w:rsid w:val="008E0BA3"/>
     <w:rsid w:val="008E0CAF"/>
     <w:rsid w:val="008E10DA"/>
     <w:rsid w:val="008E1EEA"/>
     <w:rsid w:val="008E2AC8"/>
+    <w:rsid w:val="008E3A28"/>
     <w:rsid w:val="008E432C"/>
     <w:rsid w:val="008E4FAD"/>
     <w:rsid w:val="008E672F"/>
     <w:rsid w:val="008E6B13"/>
     <w:rsid w:val="008E6B47"/>
     <w:rsid w:val="008E7920"/>
     <w:rsid w:val="008E7D97"/>
     <w:rsid w:val="008F22E5"/>
     <w:rsid w:val="008F429B"/>
     <w:rsid w:val="008F469E"/>
     <w:rsid w:val="008F592A"/>
     <w:rsid w:val="008F66E2"/>
     <w:rsid w:val="008F706E"/>
     <w:rsid w:val="008F73B3"/>
     <w:rsid w:val="00901B2D"/>
     <w:rsid w:val="009045B7"/>
+    <w:rsid w:val="00904AF6"/>
     <w:rsid w:val="00904B43"/>
+    <w:rsid w:val="00905730"/>
+    <w:rsid w:val="00905773"/>
     <w:rsid w:val="00905C11"/>
+    <w:rsid w:val="009066E9"/>
     <w:rsid w:val="009118D5"/>
     <w:rsid w:val="00911BAB"/>
     <w:rsid w:val="00912611"/>
+    <w:rsid w:val="00912724"/>
     <w:rsid w:val="00914BB4"/>
     <w:rsid w:val="0091538C"/>
     <w:rsid w:val="009167E8"/>
     <w:rsid w:val="00920060"/>
     <w:rsid w:val="009202FC"/>
     <w:rsid w:val="00920728"/>
     <w:rsid w:val="00922488"/>
     <w:rsid w:val="009237C2"/>
     <w:rsid w:val="0092401D"/>
     <w:rsid w:val="00924108"/>
     <w:rsid w:val="0092461A"/>
     <w:rsid w:val="00925172"/>
     <w:rsid w:val="00926DEB"/>
     <w:rsid w:val="00927FE7"/>
     <w:rsid w:val="00931027"/>
     <w:rsid w:val="00931BA9"/>
     <w:rsid w:val="00932923"/>
     <w:rsid w:val="00932B8C"/>
     <w:rsid w:val="00932C0D"/>
     <w:rsid w:val="00932E60"/>
     <w:rsid w:val="00933C29"/>
     <w:rsid w:val="00933DD6"/>
     <w:rsid w:val="00933FC5"/>
     <w:rsid w:val="0093425B"/>
     <w:rsid w:val="00934283"/>
     <w:rsid w:val="0093543A"/>
     <w:rsid w:val="00935A35"/>
     <w:rsid w:val="0093737D"/>
     <w:rsid w:val="009374A4"/>
     <w:rsid w:val="009411FA"/>
     <w:rsid w:val="009420A2"/>
     <w:rsid w:val="009426C3"/>
     <w:rsid w:val="00942F71"/>
     <w:rsid w:val="00943048"/>
     <w:rsid w:val="009435B0"/>
     <w:rsid w:val="00943D7F"/>
     <w:rsid w:val="00943F46"/>
     <w:rsid w:val="00945C2E"/>
     <w:rsid w:val="00945FF1"/>
     <w:rsid w:val="009462E3"/>
     <w:rsid w:val="00946B81"/>
     <w:rsid w:val="00946CCB"/>
     <w:rsid w:val="0095089C"/>
     <w:rsid w:val="00950AE5"/>
     <w:rsid w:val="00951454"/>
     <w:rsid w:val="00952DAE"/>
     <w:rsid w:val="00952EF5"/>
     <w:rsid w:val="0095378F"/>
     <w:rsid w:val="00953979"/>
     <w:rsid w:val="0095612A"/>
+    <w:rsid w:val="00956C43"/>
+    <w:rsid w:val="00956F98"/>
     <w:rsid w:val="009604E4"/>
     <w:rsid w:val="009617A6"/>
     <w:rsid w:val="00961A4C"/>
     <w:rsid w:val="00962AD8"/>
     <w:rsid w:val="00966738"/>
     <w:rsid w:val="00966AFC"/>
+    <w:rsid w:val="009673A0"/>
     <w:rsid w:val="0097008C"/>
     <w:rsid w:val="009702B9"/>
     <w:rsid w:val="00970E55"/>
     <w:rsid w:val="00971278"/>
+    <w:rsid w:val="00971A50"/>
     <w:rsid w:val="009725A8"/>
     <w:rsid w:val="009725B6"/>
     <w:rsid w:val="00973E3D"/>
     <w:rsid w:val="00974896"/>
     <w:rsid w:val="00974B3E"/>
     <w:rsid w:val="00976382"/>
     <w:rsid w:val="00976695"/>
     <w:rsid w:val="009777BB"/>
     <w:rsid w:val="00981BAA"/>
     <w:rsid w:val="00981D27"/>
     <w:rsid w:val="009828F3"/>
+    <w:rsid w:val="00985B44"/>
     <w:rsid w:val="0098608B"/>
     <w:rsid w:val="009904B8"/>
     <w:rsid w:val="00990898"/>
     <w:rsid w:val="009913F6"/>
     <w:rsid w:val="00991650"/>
     <w:rsid w:val="00992045"/>
     <w:rsid w:val="00992DA3"/>
+    <w:rsid w:val="009939A4"/>
     <w:rsid w:val="00993A98"/>
     <w:rsid w:val="009946B0"/>
     <w:rsid w:val="00994903"/>
     <w:rsid w:val="00995EB6"/>
     <w:rsid w:val="00996434"/>
     <w:rsid w:val="009974E2"/>
     <w:rsid w:val="00997BFE"/>
     <w:rsid w:val="009A150D"/>
     <w:rsid w:val="009A3556"/>
     <w:rsid w:val="009A37FE"/>
     <w:rsid w:val="009A5698"/>
     <w:rsid w:val="009A59A5"/>
     <w:rsid w:val="009A60C9"/>
     <w:rsid w:val="009A7418"/>
     <w:rsid w:val="009A79B9"/>
     <w:rsid w:val="009B1FB0"/>
     <w:rsid w:val="009B2BBC"/>
     <w:rsid w:val="009B352A"/>
     <w:rsid w:val="009B4088"/>
     <w:rsid w:val="009B49F1"/>
     <w:rsid w:val="009B4C36"/>
     <w:rsid w:val="009B5672"/>
     <w:rsid w:val="009B5728"/>
     <w:rsid w:val="009B5CD2"/>
     <w:rsid w:val="009B75A5"/>
     <w:rsid w:val="009C1D83"/>
     <w:rsid w:val="009C434C"/>
     <w:rsid w:val="009C4693"/>
     <w:rsid w:val="009C5F31"/>
     <w:rsid w:val="009C794F"/>
     <w:rsid w:val="009C79D2"/>
     <w:rsid w:val="009D0BDD"/>
     <w:rsid w:val="009D12DF"/>
     <w:rsid w:val="009D1B5F"/>
     <w:rsid w:val="009D34C9"/>
     <w:rsid w:val="009D4AA3"/>
     <w:rsid w:val="009D4BFA"/>
     <w:rsid w:val="009D4C6C"/>
     <w:rsid w:val="009D4D23"/>
     <w:rsid w:val="009D5357"/>
+    <w:rsid w:val="009D5694"/>
     <w:rsid w:val="009E0179"/>
     <w:rsid w:val="009E0466"/>
     <w:rsid w:val="009E0B56"/>
     <w:rsid w:val="009E1231"/>
     <w:rsid w:val="009E126B"/>
     <w:rsid w:val="009E19BB"/>
     <w:rsid w:val="009E1E73"/>
     <w:rsid w:val="009E25E2"/>
     <w:rsid w:val="009E39EE"/>
     <w:rsid w:val="009E3EF4"/>
     <w:rsid w:val="009E4E50"/>
     <w:rsid w:val="009E564D"/>
     <w:rsid w:val="009E5925"/>
     <w:rsid w:val="009E593E"/>
     <w:rsid w:val="009E5BCE"/>
     <w:rsid w:val="009E6084"/>
     <w:rsid w:val="009E696A"/>
     <w:rsid w:val="009E6CBC"/>
     <w:rsid w:val="009E751D"/>
     <w:rsid w:val="009E7E9A"/>
     <w:rsid w:val="009F40BF"/>
     <w:rsid w:val="009F415E"/>
+    <w:rsid w:val="009F4990"/>
     <w:rsid w:val="009F539C"/>
     <w:rsid w:val="009F6AFE"/>
     <w:rsid w:val="009F6E15"/>
     <w:rsid w:val="00A011C5"/>
     <w:rsid w:val="00A02115"/>
     <w:rsid w:val="00A03878"/>
     <w:rsid w:val="00A0451C"/>
     <w:rsid w:val="00A04994"/>
     <w:rsid w:val="00A04A7F"/>
     <w:rsid w:val="00A04F87"/>
     <w:rsid w:val="00A07CD6"/>
     <w:rsid w:val="00A119A1"/>
     <w:rsid w:val="00A12881"/>
     <w:rsid w:val="00A13168"/>
+    <w:rsid w:val="00A163D1"/>
     <w:rsid w:val="00A16D57"/>
     <w:rsid w:val="00A16FBF"/>
     <w:rsid w:val="00A17146"/>
     <w:rsid w:val="00A17F71"/>
     <w:rsid w:val="00A20BF3"/>
     <w:rsid w:val="00A20D57"/>
     <w:rsid w:val="00A21BE7"/>
     <w:rsid w:val="00A21ED7"/>
     <w:rsid w:val="00A2202D"/>
     <w:rsid w:val="00A23087"/>
     <w:rsid w:val="00A241D8"/>
     <w:rsid w:val="00A24AE6"/>
     <w:rsid w:val="00A27265"/>
     <w:rsid w:val="00A27DE0"/>
     <w:rsid w:val="00A301E5"/>
     <w:rsid w:val="00A30A16"/>
+    <w:rsid w:val="00A30CE6"/>
     <w:rsid w:val="00A310AB"/>
     <w:rsid w:val="00A32B7D"/>
     <w:rsid w:val="00A32E42"/>
     <w:rsid w:val="00A33C6F"/>
     <w:rsid w:val="00A36933"/>
     <w:rsid w:val="00A37315"/>
     <w:rsid w:val="00A3751D"/>
     <w:rsid w:val="00A37D4E"/>
     <w:rsid w:val="00A41997"/>
     <w:rsid w:val="00A419D5"/>
     <w:rsid w:val="00A41F60"/>
     <w:rsid w:val="00A4255B"/>
     <w:rsid w:val="00A439DF"/>
     <w:rsid w:val="00A439E3"/>
     <w:rsid w:val="00A454B3"/>
     <w:rsid w:val="00A462BA"/>
     <w:rsid w:val="00A47169"/>
     <w:rsid w:val="00A5002C"/>
     <w:rsid w:val="00A5071A"/>
     <w:rsid w:val="00A53F93"/>
     <w:rsid w:val="00A53FF2"/>
     <w:rsid w:val="00A543AE"/>
     <w:rsid w:val="00A551C6"/>
     <w:rsid w:val="00A6013A"/>
     <w:rsid w:val="00A608F5"/>
@@ -9655,170 +9839,180 @@
     <w:rsid w:val="00AA1EC9"/>
     <w:rsid w:val="00AA26BF"/>
     <w:rsid w:val="00AA30A6"/>
     <w:rsid w:val="00AA32D4"/>
     <w:rsid w:val="00AA35C7"/>
     <w:rsid w:val="00AA377F"/>
     <w:rsid w:val="00AA38A8"/>
     <w:rsid w:val="00AA3A0A"/>
     <w:rsid w:val="00AA4C24"/>
     <w:rsid w:val="00AA511F"/>
     <w:rsid w:val="00AA6174"/>
     <w:rsid w:val="00AA652F"/>
     <w:rsid w:val="00AA6B96"/>
     <w:rsid w:val="00AB2820"/>
     <w:rsid w:val="00AB4905"/>
     <w:rsid w:val="00AB4A9E"/>
     <w:rsid w:val="00AB5451"/>
     <w:rsid w:val="00AB622C"/>
     <w:rsid w:val="00AB6CB0"/>
     <w:rsid w:val="00AB6E29"/>
     <w:rsid w:val="00AC23E0"/>
     <w:rsid w:val="00AC4165"/>
     <w:rsid w:val="00AC4721"/>
     <w:rsid w:val="00AC5CB4"/>
     <w:rsid w:val="00AC5D5D"/>
+    <w:rsid w:val="00AD0188"/>
     <w:rsid w:val="00AD175A"/>
     <w:rsid w:val="00AD1E0F"/>
     <w:rsid w:val="00AD2DE6"/>
     <w:rsid w:val="00AD30CB"/>
     <w:rsid w:val="00AD4463"/>
     <w:rsid w:val="00AD737F"/>
     <w:rsid w:val="00AD7DCD"/>
     <w:rsid w:val="00AD7FF3"/>
     <w:rsid w:val="00AE019C"/>
     <w:rsid w:val="00AE0B45"/>
     <w:rsid w:val="00AE1D40"/>
     <w:rsid w:val="00AE23EA"/>
     <w:rsid w:val="00AE2660"/>
     <w:rsid w:val="00AE31BA"/>
     <w:rsid w:val="00AE578A"/>
     <w:rsid w:val="00AE6BAE"/>
     <w:rsid w:val="00AE7450"/>
     <w:rsid w:val="00AE76D5"/>
+    <w:rsid w:val="00AF3228"/>
     <w:rsid w:val="00AF3B29"/>
     <w:rsid w:val="00AF4408"/>
     <w:rsid w:val="00AF6B7F"/>
     <w:rsid w:val="00AF7529"/>
     <w:rsid w:val="00AF7F16"/>
     <w:rsid w:val="00B00568"/>
     <w:rsid w:val="00B00BB9"/>
     <w:rsid w:val="00B00FAF"/>
     <w:rsid w:val="00B01230"/>
     <w:rsid w:val="00B01295"/>
     <w:rsid w:val="00B0165A"/>
     <w:rsid w:val="00B02C99"/>
     <w:rsid w:val="00B0323F"/>
     <w:rsid w:val="00B0337D"/>
     <w:rsid w:val="00B06083"/>
     <w:rsid w:val="00B06BA9"/>
     <w:rsid w:val="00B06C75"/>
     <w:rsid w:val="00B10257"/>
     <w:rsid w:val="00B11514"/>
     <w:rsid w:val="00B1153A"/>
     <w:rsid w:val="00B12667"/>
     <w:rsid w:val="00B151BF"/>
     <w:rsid w:val="00B1557A"/>
+    <w:rsid w:val="00B1607D"/>
     <w:rsid w:val="00B16179"/>
     <w:rsid w:val="00B16268"/>
     <w:rsid w:val="00B17719"/>
     <w:rsid w:val="00B17811"/>
     <w:rsid w:val="00B217A6"/>
     <w:rsid w:val="00B221FC"/>
     <w:rsid w:val="00B22351"/>
     <w:rsid w:val="00B2309C"/>
     <w:rsid w:val="00B23DD2"/>
     <w:rsid w:val="00B248DF"/>
     <w:rsid w:val="00B26FD4"/>
     <w:rsid w:val="00B303B0"/>
     <w:rsid w:val="00B303DB"/>
     <w:rsid w:val="00B3082E"/>
     <w:rsid w:val="00B317E0"/>
     <w:rsid w:val="00B31C68"/>
     <w:rsid w:val="00B31F71"/>
     <w:rsid w:val="00B33874"/>
     <w:rsid w:val="00B35A24"/>
     <w:rsid w:val="00B35FD7"/>
     <w:rsid w:val="00B40867"/>
+    <w:rsid w:val="00B40DA7"/>
     <w:rsid w:val="00B418AB"/>
     <w:rsid w:val="00B419D1"/>
     <w:rsid w:val="00B42014"/>
     <w:rsid w:val="00B42E96"/>
     <w:rsid w:val="00B43B05"/>
     <w:rsid w:val="00B446E6"/>
     <w:rsid w:val="00B44D87"/>
     <w:rsid w:val="00B461A6"/>
     <w:rsid w:val="00B46487"/>
     <w:rsid w:val="00B50735"/>
+    <w:rsid w:val="00B51DEF"/>
     <w:rsid w:val="00B520B8"/>
     <w:rsid w:val="00B52109"/>
+    <w:rsid w:val="00B52D81"/>
     <w:rsid w:val="00B53F79"/>
     <w:rsid w:val="00B55B34"/>
     <w:rsid w:val="00B55E6D"/>
     <w:rsid w:val="00B568B5"/>
     <w:rsid w:val="00B56BAD"/>
     <w:rsid w:val="00B56BD6"/>
+    <w:rsid w:val="00B577A7"/>
     <w:rsid w:val="00B611FB"/>
     <w:rsid w:val="00B62B8C"/>
     <w:rsid w:val="00B62C79"/>
     <w:rsid w:val="00B64554"/>
     <w:rsid w:val="00B671AF"/>
     <w:rsid w:val="00B67826"/>
     <w:rsid w:val="00B6795F"/>
     <w:rsid w:val="00B71271"/>
     <w:rsid w:val="00B71A5E"/>
     <w:rsid w:val="00B72D3E"/>
     <w:rsid w:val="00B72F14"/>
     <w:rsid w:val="00B746FA"/>
     <w:rsid w:val="00B754A6"/>
     <w:rsid w:val="00B75982"/>
     <w:rsid w:val="00B7633C"/>
     <w:rsid w:val="00B765E3"/>
     <w:rsid w:val="00B7663E"/>
     <w:rsid w:val="00B7714F"/>
     <w:rsid w:val="00B820DB"/>
     <w:rsid w:val="00B8310F"/>
     <w:rsid w:val="00B8328B"/>
     <w:rsid w:val="00B850D9"/>
     <w:rsid w:val="00B87990"/>
     <w:rsid w:val="00B87ED2"/>
+    <w:rsid w:val="00B91348"/>
     <w:rsid w:val="00B935AC"/>
     <w:rsid w:val="00B94261"/>
     <w:rsid w:val="00B962FA"/>
     <w:rsid w:val="00B96B1C"/>
     <w:rsid w:val="00B972D8"/>
+    <w:rsid w:val="00B975EA"/>
     <w:rsid w:val="00B97FF5"/>
     <w:rsid w:val="00BA30F1"/>
     <w:rsid w:val="00BA4679"/>
     <w:rsid w:val="00BA4773"/>
     <w:rsid w:val="00BA674E"/>
     <w:rsid w:val="00BA7935"/>
     <w:rsid w:val="00BB0CBD"/>
     <w:rsid w:val="00BB122C"/>
     <w:rsid w:val="00BB141C"/>
     <w:rsid w:val="00BB1F41"/>
     <w:rsid w:val="00BB2845"/>
+    <w:rsid w:val="00BB331D"/>
     <w:rsid w:val="00BB5985"/>
     <w:rsid w:val="00BB5D4A"/>
     <w:rsid w:val="00BB6A27"/>
     <w:rsid w:val="00BB7EAF"/>
     <w:rsid w:val="00BC0426"/>
     <w:rsid w:val="00BC0A9B"/>
     <w:rsid w:val="00BC14B9"/>
     <w:rsid w:val="00BC157A"/>
     <w:rsid w:val="00BC209D"/>
     <w:rsid w:val="00BC20E6"/>
     <w:rsid w:val="00BC2585"/>
     <w:rsid w:val="00BC30B3"/>
     <w:rsid w:val="00BC4C8E"/>
     <w:rsid w:val="00BC4F29"/>
     <w:rsid w:val="00BC5246"/>
     <w:rsid w:val="00BC7859"/>
     <w:rsid w:val="00BC7DF6"/>
     <w:rsid w:val="00BC7F2E"/>
     <w:rsid w:val="00BD0A93"/>
     <w:rsid w:val="00BD0D40"/>
     <w:rsid w:val="00BD188B"/>
     <w:rsid w:val="00BD3ECE"/>
     <w:rsid w:val="00BD42FD"/>
     <w:rsid w:val="00BD4FF8"/>
     <w:rsid w:val="00BD5939"/>
@@ -9829,93 +10023,96 @@
     <w:rsid w:val="00BE69FE"/>
     <w:rsid w:val="00BE71E2"/>
     <w:rsid w:val="00BE748F"/>
     <w:rsid w:val="00BF097E"/>
     <w:rsid w:val="00BF1118"/>
     <w:rsid w:val="00BF1282"/>
     <w:rsid w:val="00BF1459"/>
     <w:rsid w:val="00BF14FC"/>
     <w:rsid w:val="00BF5EB4"/>
     <w:rsid w:val="00BF76E9"/>
     <w:rsid w:val="00C005D6"/>
     <w:rsid w:val="00C0394C"/>
     <w:rsid w:val="00C03F06"/>
     <w:rsid w:val="00C04018"/>
     <w:rsid w:val="00C05D65"/>
     <w:rsid w:val="00C077C5"/>
     <w:rsid w:val="00C07C74"/>
     <w:rsid w:val="00C10C3B"/>
     <w:rsid w:val="00C12AF7"/>
     <w:rsid w:val="00C12D31"/>
     <w:rsid w:val="00C12DA0"/>
     <w:rsid w:val="00C1384D"/>
     <w:rsid w:val="00C13B2E"/>
     <w:rsid w:val="00C142D8"/>
     <w:rsid w:val="00C1450A"/>
+    <w:rsid w:val="00C15A76"/>
     <w:rsid w:val="00C16B8F"/>
     <w:rsid w:val="00C16BBA"/>
     <w:rsid w:val="00C16F8F"/>
     <w:rsid w:val="00C17369"/>
     <w:rsid w:val="00C20FDF"/>
     <w:rsid w:val="00C218A4"/>
     <w:rsid w:val="00C227CE"/>
     <w:rsid w:val="00C2302E"/>
     <w:rsid w:val="00C23ED1"/>
     <w:rsid w:val="00C27BF7"/>
     <w:rsid w:val="00C27FCF"/>
     <w:rsid w:val="00C3042E"/>
     <w:rsid w:val="00C306FC"/>
     <w:rsid w:val="00C32F15"/>
     <w:rsid w:val="00C36E1A"/>
     <w:rsid w:val="00C371F5"/>
     <w:rsid w:val="00C374F1"/>
     <w:rsid w:val="00C414A6"/>
     <w:rsid w:val="00C422D2"/>
     <w:rsid w:val="00C4298A"/>
     <w:rsid w:val="00C44E0F"/>
     <w:rsid w:val="00C45725"/>
     <w:rsid w:val="00C45852"/>
     <w:rsid w:val="00C46DAF"/>
     <w:rsid w:val="00C4728E"/>
     <w:rsid w:val="00C506A5"/>
     <w:rsid w:val="00C513CA"/>
     <w:rsid w:val="00C51FB8"/>
     <w:rsid w:val="00C524F6"/>
     <w:rsid w:val="00C53747"/>
     <w:rsid w:val="00C53CC0"/>
     <w:rsid w:val="00C53E4F"/>
     <w:rsid w:val="00C5571D"/>
     <w:rsid w:val="00C56F01"/>
     <w:rsid w:val="00C5712B"/>
     <w:rsid w:val="00C60567"/>
     <w:rsid w:val="00C609B6"/>
     <w:rsid w:val="00C61083"/>
     <w:rsid w:val="00C6134B"/>
     <w:rsid w:val="00C61C4F"/>
     <w:rsid w:val="00C62700"/>
     <w:rsid w:val="00C6277B"/>
+    <w:rsid w:val="00C630CB"/>
     <w:rsid w:val="00C65858"/>
+    <w:rsid w:val="00C658BD"/>
     <w:rsid w:val="00C6667D"/>
     <w:rsid w:val="00C67952"/>
     <w:rsid w:val="00C67B53"/>
     <w:rsid w:val="00C67C11"/>
     <w:rsid w:val="00C7034B"/>
     <w:rsid w:val="00C70797"/>
     <w:rsid w:val="00C70E0C"/>
     <w:rsid w:val="00C7406C"/>
     <w:rsid w:val="00C74310"/>
     <w:rsid w:val="00C74911"/>
     <w:rsid w:val="00C77D4A"/>
     <w:rsid w:val="00C801D4"/>
     <w:rsid w:val="00C80299"/>
     <w:rsid w:val="00C811AC"/>
     <w:rsid w:val="00C81A35"/>
     <w:rsid w:val="00C8209B"/>
     <w:rsid w:val="00C83E48"/>
     <w:rsid w:val="00C847DA"/>
     <w:rsid w:val="00C84D82"/>
     <w:rsid w:val="00C92CF7"/>
     <w:rsid w:val="00C93874"/>
     <w:rsid w:val="00C94837"/>
     <w:rsid w:val="00C96E38"/>
     <w:rsid w:val="00C9712A"/>
     <w:rsid w:val="00CA07D5"/>
@@ -9928,69 +10125,72 @@
     <w:rsid w:val="00CA792C"/>
     <w:rsid w:val="00CB1E2D"/>
     <w:rsid w:val="00CB1EBC"/>
     <w:rsid w:val="00CB2012"/>
     <w:rsid w:val="00CB6397"/>
     <w:rsid w:val="00CB6551"/>
     <w:rsid w:val="00CB6C51"/>
     <w:rsid w:val="00CB7672"/>
     <w:rsid w:val="00CC2923"/>
     <w:rsid w:val="00CC2D4A"/>
     <w:rsid w:val="00CC4350"/>
     <w:rsid w:val="00CC4580"/>
     <w:rsid w:val="00CC5EB5"/>
     <w:rsid w:val="00CC7A80"/>
     <w:rsid w:val="00CD0416"/>
     <w:rsid w:val="00CD2A68"/>
     <w:rsid w:val="00CD3157"/>
     <w:rsid w:val="00CD3877"/>
     <w:rsid w:val="00CD629F"/>
     <w:rsid w:val="00CD6DC0"/>
     <w:rsid w:val="00CD7B9E"/>
     <w:rsid w:val="00CD7C13"/>
     <w:rsid w:val="00CE168E"/>
     <w:rsid w:val="00CE2631"/>
     <w:rsid w:val="00CE499B"/>
+    <w:rsid w:val="00CE4A09"/>
     <w:rsid w:val="00CE57DF"/>
     <w:rsid w:val="00CE58E9"/>
     <w:rsid w:val="00CE6936"/>
+    <w:rsid w:val="00CE6C58"/>
     <w:rsid w:val="00CE7976"/>
     <w:rsid w:val="00CF03A2"/>
     <w:rsid w:val="00CF0CFA"/>
     <w:rsid w:val="00CF0D2D"/>
     <w:rsid w:val="00CF121F"/>
     <w:rsid w:val="00CF1618"/>
     <w:rsid w:val="00CF17BD"/>
     <w:rsid w:val="00CF1FC5"/>
     <w:rsid w:val="00CF2A63"/>
     <w:rsid w:val="00CF3087"/>
     <w:rsid w:val="00CF3A55"/>
     <w:rsid w:val="00CF4B4B"/>
     <w:rsid w:val="00CF4D5D"/>
     <w:rsid w:val="00CF520C"/>
     <w:rsid w:val="00CF5B21"/>
     <w:rsid w:val="00CF5E56"/>
+    <w:rsid w:val="00CF64B3"/>
     <w:rsid w:val="00CF6D7C"/>
     <w:rsid w:val="00CF7C79"/>
     <w:rsid w:val="00CF7CE7"/>
     <w:rsid w:val="00D0038C"/>
     <w:rsid w:val="00D006EE"/>
     <w:rsid w:val="00D00AF9"/>
     <w:rsid w:val="00D016E8"/>
     <w:rsid w:val="00D016EB"/>
     <w:rsid w:val="00D01873"/>
     <w:rsid w:val="00D03DD3"/>
     <w:rsid w:val="00D04B32"/>
     <w:rsid w:val="00D0559A"/>
     <w:rsid w:val="00D0658B"/>
     <w:rsid w:val="00D06A07"/>
     <w:rsid w:val="00D07CC1"/>
     <w:rsid w:val="00D10262"/>
     <w:rsid w:val="00D12E3A"/>
     <w:rsid w:val="00D14016"/>
     <w:rsid w:val="00D15465"/>
     <w:rsid w:val="00D15B92"/>
     <w:rsid w:val="00D15D87"/>
     <w:rsid w:val="00D22255"/>
     <w:rsid w:val="00D225FE"/>
     <w:rsid w:val="00D246C0"/>
     <w:rsid w:val="00D24768"/>
@@ -9998,139 +10198,153 @@
     <w:rsid w:val="00D30DAE"/>
     <w:rsid w:val="00D31018"/>
     <w:rsid w:val="00D31124"/>
     <w:rsid w:val="00D322CE"/>
     <w:rsid w:val="00D338AA"/>
     <w:rsid w:val="00D33BC4"/>
     <w:rsid w:val="00D33F8A"/>
     <w:rsid w:val="00D34472"/>
     <w:rsid w:val="00D3486F"/>
     <w:rsid w:val="00D35AB1"/>
     <w:rsid w:val="00D36B81"/>
     <w:rsid w:val="00D36E39"/>
     <w:rsid w:val="00D37790"/>
     <w:rsid w:val="00D37DBA"/>
     <w:rsid w:val="00D4002B"/>
     <w:rsid w:val="00D401EE"/>
     <w:rsid w:val="00D40238"/>
     <w:rsid w:val="00D40497"/>
     <w:rsid w:val="00D407F8"/>
     <w:rsid w:val="00D40823"/>
     <w:rsid w:val="00D41797"/>
     <w:rsid w:val="00D41B3B"/>
     <w:rsid w:val="00D42D55"/>
     <w:rsid w:val="00D47746"/>
     <w:rsid w:val="00D47965"/>
+    <w:rsid w:val="00D514FA"/>
     <w:rsid w:val="00D51967"/>
     <w:rsid w:val="00D53A26"/>
+    <w:rsid w:val="00D54C98"/>
     <w:rsid w:val="00D55800"/>
+    <w:rsid w:val="00D558E3"/>
     <w:rsid w:val="00D55E7C"/>
     <w:rsid w:val="00D57DC6"/>
     <w:rsid w:val="00D603E2"/>
     <w:rsid w:val="00D606A0"/>
     <w:rsid w:val="00D606BC"/>
     <w:rsid w:val="00D616D5"/>
     <w:rsid w:val="00D64947"/>
     <w:rsid w:val="00D652F9"/>
     <w:rsid w:val="00D66B39"/>
     <w:rsid w:val="00D67AA7"/>
     <w:rsid w:val="00D70584"/>
     <w:rsid w:val="00D7203C"/>
     <w:rsid w:val="00D724FA"/>
     <w:rsid w:val="00D732FA"/>
+    <w:rsid w:val="00D738D9"/>
     <w:rsid w:val="00D75CC7"/>
     <w:rsid w:val="00D75CDF"/>
     <w:rsid w:val="00D7673A"/>
+    <w:rsid w:val="00D81665"/>
     <w:rsid w:val="00D82772"/>
+    <w:rsid w:val="00D82DB1"/>
+    <w:rsid w:val="00D832FC"/>
     <w:rsid w:val="00D834AC"/>
     <w:rsid w:val="00D8353F"/>
     <w:rsid w:val="00D837D5"/>
     <w:rsid w:val="00D8408E"/>
     <w:rsid w:val="00D850FB"/>
     <w:rsid w:val="00D86A91"/>
     <w:rsid w:val="00D86DA3"/>
     <w:rsid w:val="00D86FC5"/>
     <w:rsid w:val="00D91DB7"/>
     <w:rsid w:val="00D92919"/>
+    <w:rsid w:val="00D93114"/>
     <w:rsid w:val="00D93758"/>
+    <w:rsid w:val="00D941EA"/>
+    <w:rsid w:val="00D9435C"/>
     <w:rsid w:val="00D94F6E"/>
     <w:rsid w:val="00D95CA2"/>
     <w:rsid w:val="00D97839"/>
     <w:rsid w:val="00D97BBB"/>
     <w:rsid w:val="00D97C06"/>
     <w:rsid w:val="00DA017E"/>
     <w:rsid w:val="00DA05D2"/>
     <w:rsid w:val="00DA0FB4"/>
     <w:rsid w:val="00DA2BA0"/>
     <w:rsid w:val="00DA336A"/>
     <w:rsid w:val="00DA3C7D"/>
     <w:rsid w:val="00DA4514"/>
     <w:rsid w:val="00DA5805"/>
     <w:rsid w:val="00DA6368"/>
     <w:rsid w:val="00DA6536"/>
     <w:rsid w:val="00DA6CF3"/>
     <w:rsid w:val="00DA7424"/>
     <w:rsid w:val="00DA79D3"/>
     <w:rsid w:val="00DA7B74"/>
     <w:rsid w:val="00DB13E2"/>
     <w:rsid w:val="00DB3219"/>
     <w:rsid w:val="00DB33DC"/>
     <w:rsid w:val="00DB63A0"/>
     <w:rsid w:val="00DB6A17"/>
     <w:rsid w:val="00DB6C7D"/>
     <w:rsid w:val="00DC0CB8"/>
     <w:rsid w:val="00DC111E"/>
     <w:rsid w:val="00DC23F3"/>
     <w:rsid w:val="00DC2CA3"/>
+    <w:rsid w:val="00DC3079"/>
     <w:rsid w:val="00DC3A0A"/>
     <w:rsid w:val="00DC52C0"/>
     <w:rsid w:val="00DC6246"/>
     <w:rsid w:val="00DC6350"/>
     <w:rsid w:val="00DC67C6"/>
     <w:rsid w:val="00DD1117"/>
     <w:rsid w:val="00DD1344"/>
     <w:rsid w:val="00DD180F"/>
     <w:rsid w:val="00DD1AF6"/>
     <w:rsid w:val="00DD2143"/>
+    <w:rsid w:val="00DD353E"/>
     <w:rsid w:val="00DD46A3"/>
     <w:rsid w:val="00DD5EBA"/>
     <w:rsid w:val="00DD672F"/>
     <w:rsid w:val="00DE1176"/>
     <w:rsid w:val="00DE49D4"/>
     <w:rsid w:val="00DE6FD8"/>
     <w:rsid w:val="00DF0DD6"/>
     <w:rsid w:val="00DF2E5C"/>
     <w:rsid w:val="00DF3005"/>
+    <w:rsid w:val="00DF3C68"/>
     <w:rsid w:val="00DF4207"/>
     <w:rsid w:val="00DF478E"/>
     <w:rsid w:val="00DF5C8F"/>
     <w:rsid w:val="00DF60F7"/>
     <w:rsid w:val="00E01B2F"/>
     <w:rsid w:val="00E0393D"/>
     <w:rsid w:val="00E042F8"/>
     <w:rsid w:val="00E04828"/>
     <w:rsid w:val="00E04AE7"/>
+    <w:rsid w:val="00E04E34"/>
     <w:rsid w:val="00E060DD"/>
     <w:rsid w:val="00E06161"/>
     <w:rsid w:val="00E06430"/>
     <w:rsid w:val="00E07F60"/>
     <w:rsid w:val="00E11DED"/>
     <w:rsid w:val="00E1224F"/>
     <w:rsid w:val="00E12F7F"/>
     <w:rsid w:val="00E13311"/>
     <w:rsid w:val="00E13392"/>
     <w:rsid w:val="00E13569"/>
     <w:rsid w:val="00E14DE8"/>
     <w:rsid w:val="00E1518D"/>
     <w:rsid w:val="00E15281"/>
     <w:rsid w:val="00E1668B"/>
     <w:rsid w:val="00E1736C"/>
     <w:rsid w:val="00E20BDF"/>
     <w:rsid w:val="00E2168B"/>
     <w:rsid w:val="00E22C0D"/>
     <w:rsid w:val="00E23196"/>
     <w:rsid w:val="00E23F5A"/>
     <w:rsid w:val="00E24911"/>
     <w:rsid w:val="00E249D8"/>
     <w:rsid w:val="00E24AAA"/>
     <w:rsid w:val="00E26595"/>
     <w:rsid w:val="00E27ED9"/>
@@ -10244,168 +10458,180 @@
     <w:rsid w:val="00EF1A46"/>
     <w:rsid w:val="00EF2319"/>
     <w:rsid w:val="00EF34C5"/>
     <w:rsid w:val="00EF4654"/>
     <w:rsid w:val="00EF5085"/>
     <w:rsid w:val="00EF5F83"/>
     <w:rsid w:val="00EF6EBE"/>
     <w:rsid w:val="00EF7609"/>
     <w:rsid w:val="00F01088"/>
     <w:rsid w:val="00F01631"/>
     <w:rsid w:val="00F01633"/>
     <w:rsid w:val="00F0198B"/>
     <w:rsid w:val="00F02034"/>
     <w:rsid w:val="00F02B8C"/>
     <w:rsid w:val="00F03BEF"/>
     <w:rsid w:val="00F04642"/>
     <w:rsid w:val="00F05756"/>
     <w:rsid w:val="00F0621F"/>
     <w:rsid w:val="00F06842"/>
     <w:rsid w:val="00F07D2C"/>
     <w:rsid w:val="00F10E06"/>
     <w:rsid w:val="00F120A1"/>
     <w:rsid w:val="00F12F3C"/>
     <w:rsid w:val="00F1490A"/>
     <w:rsid w:val="00F16127"/>
+    <w:rsid w:val="00F164DE"/>
     <w:rsid w:val="00F16F7A"/>
     <w:rsid w:val="00F17C4E"/>
     <w:rsid w:val="00F21A24"/>
     <w:rsid w:val="00F22385"/>
     <w:rsid w:val="00F256A4"/>
     <w:rsid w:val="00F26998"/>
     <w:rsid w:val="00F30385"/>
     <w:rsid w:val="00F30B6C"/>
     <w:rsid w:val="00F30D4F"/>
     <w:rsid w:val="00F31C72"/>
     <w:rsid w:val="00F328DF"/>
     <w:rsid w:val="00F329C0"/>
     <w:rsid w:val="00F32D7F"/>
+    <w:rsid w:val="00F33033"/>
     <w:rsid w:val="00F33BE9"/>
     <w:rsid w:val="00F33CD0"/>
     <w:rsid w:val="00F348F5"/>
     <w:rsid w:val="00F34A63"/>
     <w:rsid w:val="00F3524B"/>
     <w:rsid w:val="00F35754"/>
     <w:rsid w:val="00F35B6D"/>
+    <w:rsid w:val="00F37218"/>
     <w:rsid w:val="00F37234"/>
+    <w:rsid w:val="00F41474"/>
     <w:rsid w:val="00F41724"/>
     <w:rsid w:val="00F433F5"/>
     <w:rsid w:val="00F4372B"/>
     <w:rsid w:val="00F43776"/>
     <w:rsid w:val="00F44A18"/>
     <w:rsid w:val="00F44F86"/>
     <w:rsid w:val="00F470EB"/>
     <w:rsid w:val="00F477CE"/>
     <w:rsid w:val="00F4783C"/>
     <w:rsid w:val="00F47B4F"/>
     <w:rsid w:val="00F500B4"/>
     <w:rsid w:val="00F50627"/>
     <w:rsid w:val="00F507F1"/>
     <w:rsid w:val="00F51A24"/>
     <w:rsid w:val="00F53806"/>
     <w:rsid w:val="00F54015"/>
     <w:rsid w:val="00F5533C"/>
     <w:rsid w:val="00F5681D"/>
     <w:rsid w:val="00F5694E"/>
     <w:rsid w:val="00F56BF4"/>
     <w:rsid w:val="00F56CB1"/>
     <w:rsid w:val="00F600C3"/>
+    <w:rsid w:val="00F613D1"/>
     <w:rsid w:val="00F61B42"/>
     <w:rsid w:val="00F632EA"/>
     <w:rsid w:val="00F634B1"/>
     <w:rsid w:val="00F639D7"/>
+    <w:rsid w:val="00F6415F"/>
+    <w:rsid w:val="00F642A8"/>
     <w:rsid w:val="00F644CF"/>
     <w:rsid w:val="00F6577A"/>
     <w:rsid w:val="00F659A9"/>
     <w:rsid w:val="00F65DC3"/>
     <w:rsid w:val="00F66040"/>
     <w:rsid w:val="00F6685B"/>
     <w:rsid w:val="00F677A4"/>
     <w:rsid w:val="00F678EB"/>
     <w:rsid w:val="00F701D2"/>
     <w:rsid w:val="00F70224"/>
     <w:rsid w:val="00F7142E"/>
     <w:rsid w:val="00F72F67"/>
     <w:rsid w:val="00F75000"/>
     <w:rsid w:val="00F7665E"/>
     <w:rsid w:val="00F76D94"/>
     <w:rsid w:val="00F814E3"/>
     <w:rsid w:val="00F81E50"/>
     <w:rsid w:val="00F82D60"/>
     <w:rsid w:val="00F8467A"/>
     <w:rsid w:val="00F84963"/>
     <w:rsid w:val="00F851E3"/>
     <w:rsid w:val="00F8556C"/>
     <w:rsid w:val="00F857D5"/>
     <w:rsid w:val="00F860E0"/>
     <w:rsid w:val="00F8676E"/>
     <w:rsid w:val="00F87E8D"/>
     <w:rsid w:val="00F90CD4"/>
     <w:rsid w:val="00F9133B"/>
     <w:rsid w:val="00F933E2"/>
     <w:rsid w:val="00F93449"/>
     <w:rsid w:val="00F94C8C"/>
     <w:rsid w:val="00F956DC"/>
     <w:rsid w:val="00FA0586"/>
     <w:rsid w:val="00FA24A9"/>
     <w:rsid w:val="00FA2BF5"/>
     <w:rsid w:val="00FA2E9B"/>
     <w:rsid w:val="00FA3657"/>
     <w:rsid w:val="00FA50B1"/>
     <w:rsid w:val="00FA5138"/>
     <w:rsid w:val="00FA5415"/>
+    <w:rsid w:val="00FA6488"/>
     <w:rsid w:val="00FB0223"/>
     <w:rsid w:val="00FB09B4"/>
     <w:rsid w:val="00FB0D93"/>
     <w:rsid w:val="00FB14F5"/>
     <w:rsid w:val="00FB2FBD"/>
     <w:rsid w:val="00FB331F"/>
     <w:rsid w:val="00FB3EB1"/>
     <w:rsid w:val="00FB43DE"/>
+    <w:rsid w:val="00FB465F"/>
     <w:rsid w:val="00FB645D"/>
     <w:rsid w:val="00FB6830"/>
     <w:rsid w:val="00FB6D2C"/>
     <w:rsid w:val="00FC10D6"/>
     <w:rsid w:val="00FC1FF0"/>
     <w:rsid w:val="00FC2D42"/>
     <w:rsid w:val="00FC2EC1"/>
     <w:rsid w:val="00FC38E3"/>
     <w:rsid w:val="00FC3B66"/>
     <w:rsid w:val="00FC40D9"/>
     <w:rsid w:val="00FC4180"/>
     <w:rsid w:val="00FC5289"/>
     <w:rsid w:val="00FC6179"/>
     <w:rsid w:val="00FC65F2"/>
     <w:rsid w:val="00FD1FEC"/>
+    <w:rsid w:val="00FD2998"/>
     <w:rsid w:val="00FD38EC"/>
     <w:rsid w:val="00FD3A79"/>
     <w:rsid w:val="00FD453F"/>
     <w:rsid w:val="00FD4729"/>
     <w:rsid w:val="00FD4D51"/>
     <w:rsid w:val="00FD5F4B"/>
+    <w:rsid w:val="00FD67FB"/>
     <w:rsid w:val="00FD7737"/>
     <w:rsid w:val="00FE0135"/>
+    <w:rsid w:val="00FE06AB"/>
     <w:rsid w:val="00FE142C"/>
     <w:rsid w:val="00FE1ADE"/>
     <w:rsid w:val="00FE6D07"/>
     <w:rsid w:val="00FE7644"/>
     <w:rsid w:val="00FE7E03"/>
     <w:rsid w:val="00FF05F5"/>
     <w:rsid w:val="00FF0633"/>
     <w:rsid w:val="00FF0AA3"/>
     <w:rsid w:val="00FF11DE"/>
     <w:rsid w:val="00FF12E2"/>
     <w:rsid w:val="00FF1532"/>
     <w:rsid w:val="00FF1923"/>
     <w:rsid w:val="00FF1F5F"/>
     <w:rsid w:val="00FF2424"/>
     <w:rsid w:val="00FF24E9"/>
     <w:rsid w:val="00FF3B32"/>
     <w:rsid w:val="00FF401E"/>
     <w:rsid w:val="00FF55CA"/>
     <w:rsid w:val="00FF5B92"/>
     <w:rsid w:val="00FF5FA2"/>
     <w:rsid w:val="00FF6532"/>
     <w:rsid w:val="00FF6B5A"/>
     <w:rsid w:val="00FF7AF4"/>
     <w:rsid w:val="00FF7DEE"/>
   </w:rsids>
@@ -10906,50 +11132,51 @@
       <w:color w:val="000000"/>
       <w:kern w:val="28"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
@@ -32652,51 +32879,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2065595207">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nursingclio.org/2012/12/15/dear-santa/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parishdonaghmore@gmail.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lycreciagcc@yahoo.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parishdonaghmore@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -32959,75 +33186,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1371F1D9-F782-40F4-B352-0EA7DF94B8CF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>998</Words>
-  <Characters>5285</Characters>
+  <Words>1212</Words>
+  <Characters>6462</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>528</Lines>
-  <Paragraphs>314</Paragraphs>
+  <Lines>211</Lines>
+  <Paragraphs>130</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Domhnach Mór</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>RM plc</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5969</CharactersWithSpaces>
+  <CharactersWithSpaces>7637</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="36" baseType="variant">
       <vt:variant>
         <vt:i4>4259926</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.midulsterwomensaid.org.uk/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6946817</vt:i4>
       </vt:variant>
       <vt:variant>