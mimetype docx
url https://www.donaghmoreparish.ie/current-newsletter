--- v2 (2026-01-23)
+++ v3 (2026-02-12)
@@ -5,63 +5,73 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="44C65B0B" w14:textId="77777777" w:rsidR="004A2892" w:rsidRDefault="004A2892">
+    <w:p w14:paraId="44C65B0B" w14:textId="0274201F" w:rsidR="004A2892" w:rsidRDefault="00A850E5">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk192250765"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+        </w:rPr>
+        <w:t>Mt5:13-16jj</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="25346CB2" w14:textId="4E7FE778" w:rsidR="00CF17BD" w:rsidRDefault="00CF17BD">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51B53E05" w14:textId="69BC507D" w:rsidR="00CF17BD" w:rsidRPr="00F857D5" w:rsidRDefault="00637157" w:rsidP="00DB33DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="825"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="center" w:pos="5273"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:sz w:val="52"/>
@@ -178,323 +188,205 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2603695" cy="236257"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38CFD5A0" w14:textId="56637452" w:rsidR="00385734" w:rsidRPr="00C630CB" w:rsidRDefault="00B1607D" w:rsidP="0014750C">
+    <w:p w14:paraId="38CFD5A0" w14:textId="004E48F7" w:rsidR="00385734" w:rsidRPr="00C630CB" w:rsidRDefault="00777A0E" w:rsidP="0014750C">
       <w:pPr>
         <w:ind w:right="-369"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>SECOND SUNDAY IN ORDINARY TIME</w:t>
+        <w:t>FEAST OF ST BRIGID</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FDE9C30" w14:textId="02E3C1F1" w:rsidR="00524346" w:rsidRPr="00C630CB" w:rsidRDefault="00743A77" w:rsidP="00743A77">
+    <w:p w14:paraId="1FDE9C30" w14:textId="62A0778E" w:rsidR="00524346" w:rsidRPr="00C630CB" w:rsidRDefault="00524346" w:rsidP="00532864">
       <w:pPr>
         <w:ind w:left="720" w:right="-369"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C630CB">
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidR="00524346" w:rsidRPr="00C630CB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Next Sunday</w:t>
       </w:r>
       <w:r w:rsidR="00787C64" w:rsidRPr="00C630CB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00854F48">
+      <w:r w:rsidR="00777A0E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>25</w:t>
+        <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="006E06D2" w:rsidRPr="00C630CB">
+      <w:r w:rsidR="00777A0E" w:rsidRPr="00777A0E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
-      <w:r w:rsidR="0095089C" w:rsidRPr="00C630CB">
+      <w:r w:rsidR="00777A0E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00B72D33">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>February</w:t>
+      </w:r>
       <w:r w:rsidR="00C630CB" w:rsidRPr="00C630CB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>January 2026</w:t>
+        <w:t xml:space="preserve"> 2026</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A841213" w14:textId="24426D93" w:rsidR="00A969B4" w:rsidRPr="00C630CB" w:rsidRDefault="00816FCE" w:rsidP="0014750C">
+    <w:p w14:paraId="3A841213" w14:textId="49E47C0E" w:rsidR="00A969B4" w:rsidRPr="00C630CB" w:rsidRDefault="00816FCE" w:rsidP="0014750C">
       <w:pPr>
         <w:ind w:right="-369"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C630CB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Readings:</w:t>
       </w:r>
       <w:r w:rsidR="005E1C24" w:rsidRPr="00C630CB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C630CB" w:rsidRPr="00C630CB">
+      <w:r w:rsidR="001D113C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Is </w:t>
+        <w:t xml:space="preserve">Is 58:7-10, </w:t>
       </w:r>
-      <w:r w:rsidR="006A6C7F">
+      <w:r w:rsidR="004F0028">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>8</w:t>
+        <w:t>Cor 2:1-5</w:t>
       </w:r>
-      <w:r w:rsidR="00C630CB" w:rsidRPr="00C630CB">
+      <w:r w:rsidR="00532864">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>:</w:t>
-[...119 lines deleted...]
-        <w:t>4:12-23</w:t>
+        <w:t>, Mt 5:13-16</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="-172" w:tblpY="147"/>
         <w:tblW w:w="10871" w:type="dxa"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5613"/>
-        <w:gridCol w:w="5258"/>
+        <w:gridCol w:w="5807"/>
+        <w:gridCol w:w="5064"/>
       </w:tblGrid>
       <w:tr w:rsidR="00584C44" w:rsidRPr="002D3356" w14:paraId="6AED38DD" w14:textId="77777777" w:rsidTr="005D60FE">
         <w:trPr>
           <w:trHeight w:val="5499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5807" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2ABB8EBC" w14:textId="32F98BD8" w:rsidR="00712BC9" w:rsidRPr="002D3356" w:rsidRDefault="00712BC9" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D3356">
@@ -526,398 +418,398 @@
               <w:tblStyle w:val="TableGrid"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblInd w:w="3" w:type="dxa"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1182"/>
               <w:gridCol w:w="2271"/>
               <w:gridCol w:w="1607"/>
             </w:tblGrid>
             <w:tr w:rsidR="008E6B13" w:rsidRPr="002D3356" w14:paraId="45B7ECFE" w14:textId="77777777" w:rsidTr="00547091">
               <w:trPr>
                 <w:trHeight w:val="421"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1182" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="5FB81ABB" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00D832FC">
+                <w:p w14:paraId="5FB81ABB" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00777A0E">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Parish Priest</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2271" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="34E6561F" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00D832FC">
+                <w:p w14:paraId="34E6561F" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00777A0E">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Fr Brian Slater</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1607" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="0382A31B" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00D832FC">
+                <w:p w14:paraId="0382A31B" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00777A0E">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>Tel: (028) 87761327</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="008E6B13" w:rsidRPr="002D3356" w14:paraId="5E9E2A30" w14:textId="77777777" w:rsidTr="00547091">
               <w:trPr>
                 <w:trHeight w:val="386"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1182" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="157242D1" w14:textId="77777777" w:rsidR="008E6B13" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00D832FC">
+                <w:p w14:paraId="157242D1" w14:textId="77777777" w:rsidR="008E6B13" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00777A0E">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Associate </w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="3C0BB03A" w14:textId="0FF3C250" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00D832FC">
+                <w:p w14:paraId="3C0BB03A" w14:textId="0FF3C250" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00777A0E">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Pastor</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2271" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="277486C0" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00D832FC">
+                <w:p w14:paraId="277486C0" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00777A0E">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Fr Patrick Breslan  </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1607" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="3C6239E2" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00D832FC">
+                <w:p w14:paraId="3C6239E2" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00777A0E">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>Tel: (028) 8775 8277</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="1F536D8B" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00D832FC">
+                <w:p w14:paraId="1F536D8B" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00777A0E">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="008E6B13" w:rsidRPr="002D3356" w14:paraId="01577D05" w14:textId="77777777" w:rsidTr="00547091">
               <w:trPr>
                 <w:trHeight w:val="386"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1182" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="74C55238" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00D832FC">
+                <w:p w14:paraId="74C55238" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00777A0E">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Retired</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2271" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="50F025EE" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00D832FC">
+                <w:p w14:paraId="50F025EE" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00777A0E">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002D3356">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Fr Patrick McGuckin</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="27EBF168" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00D832FC">
+                <w:p w14:paraId="27EBF168" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00777A0E">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1607" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="2198E35F" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00D832FC">
+                <w:p w14:paraId="2198E35F" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00777A0E">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="3EA4E0C1" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
@@ -1552,1711 +1444,1798 @@
                 <w:color w:val="242424"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ACCOUNT NUMBER: 40909024</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="64393AA1" w14:textId="68269EB9" w:rsidR="005D5093" w:rsidRPr="002D3356" w:rsidRDefault="005D5093" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5064" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="4E593C48" w14:textId="72940449" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="00CF1618">
+          <w:p w14:paraId="6E21FCF0" w14:textId="77777777" w:rsidR="00FB3683" w:rsidRDefault="00FB3683" w:rsidP="00562407">
             <w:pPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53B4EBCD" w14:textId="00E289D2" w:rsidR="00FB3683" w:rsidRPr="00CD7B22" w:rsidRDefault="000F7EBA" w:rsidP="00FB3683">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Feb – </w:t>
+            </w:r>
+            <w:r w:rsidR="001620E0" w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Feast of St Brigid</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64DD2460" w14:textId="649311A9" w:rsidR="00080191" w:rsidRPr="00CD7B22" w:rsidRDefault="000F7EBA" w:rsidP="00FB3683">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>nd</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Feb </w:t>
+            </w:r>
+            <w:r w:rsidR="00080191" w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00080191" w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Candlemas Day </w:t>
+            </w:r>
+            <w:r w:rsidR="0006245D" w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- C</w:t>
+            </w:r>
+            <w:r w:rsidR="00A3143C" w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>andles</w:t>
+            </w:r>
+            <w:r w:rsidR="00747EE5" w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> will be blessed </w:t>
+            </w:r>
+            <w:r w:rsidR="0006245D" w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">during </w:t>
+            </w:r>
+            <w:r w:rsidR="00747EE5" w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">morning </w:t>
+            </w:r>
+            <w:r w:rsidR="00260ABE" w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Mass,</w:t>
+            </w:r>
+            <w:r w:rsidR="00747EE5" w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> small </w:t>
+            </w:r>
+            <w:r w:rsidR="001245B1" w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>number</w:t>
+            </w:r>
+            <w:r w:rsidR="00747EE5" w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of candles available</w:t>
+            </w:r>
+            <w:r w:rsidR="00131BAD" w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (small</w:t>
+            </w:r>
+            <w:r w:rsidR="00747EE5" w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> donation</w:t>
+            </w:r>
+            <w:r w:rsidR="00131BAD" w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> only</w:t>
+            </w:r>
+            <w:r w:rsidR="00097635" w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="480B26F7" w14:textId="799EF9D4" w:rsidR="00097635" w:rsidRPr="00CD7B22" w:rsidRDefault="00097635" w:rsidP="00FB3683">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>rd</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Feb – Feast of St </w:t>
+            </w:r>
+            <w:r w:rsidR="00A3143C" w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Blaise.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0370C45E" w14:textId="236C551F" w:rsidR="00097635" w:rsidRPr="00CD7B22" w:rsidRDefault="00097635" w:rsidP="00FB3683">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(Throats will be blessed after</w:t>
+            </w:r>
+            <w:r w:rsidR="0006245D" w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> both</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> morning </w:t>
+            </w:r>
+            <w:r w:rsidR="0006245D" w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ass</w:t>
+            </w:r>
+            <w:r w:rsidR="00260ABE" w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>es</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FBD0BE7" w14:textId="77777777" w:rsidR="00FB3683" w:rsidRPr="00CD7B22" w:rsidRDefault="00FB3683" w:rsidP="00562407">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72FC3F09" w14:textId="0724FCFF" w:rsidR="00FB3683" w:rsidRDefault="007754CE" w:rsidP="00667A40">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D3356">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00CD7114">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
-                <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-              <w:t>PARISH MASS TIMES</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NEW </w:t>
+            </w:r>
+            <w:r w:rsidR="00CD7114" w:rsidRPr="00CD7114">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>WEEKDAY</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD7114">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MASSES </w:t>
+            </w:r>
+            <w:r w:rsidR="00EE22BB" w:rsidRPr="00CD7114">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD7114">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IMPORTANT</w:t>
+            </w:r>
+            <w:r w:rsidR="00417421" w:rsidRPr="00CD7114">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MESSAGE FROM Fr. SLATER</w:t>
             </w:r>
           </w:p>
-          <w:tbl>
-[...433 lines deleted...]
-          <w:p w14:paraId="681D57F8" w14:textId="5E0A967F" w:rsidR="00712BC9" w:rsidRPr="002D3356" w:rsidRDefault="00712BC9" w:rsidP="00CF1618">
+          <w:p w14:paraId="715DF2A3" w14:textId="77777777" w:rsidR="00CD7114" w:rsidRPr="00CD7114" w:rsidRDefault="00CD7114" w:rsidP="000A6897">
             <w:pPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
                 <w:color w:val="1F1F1F"/>
-                <w:sz w:val="10"/>
-                <w:szCs w:val="10"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3B5F797F" w14:textId="04A3FC8D" w:rsidR="00712BC9" w:rsidRPr="002D3356" w:rsidRDefault="00816FCE" w:rsidP="00CF1618">
+          <w:p w14:paraId="5612C40F" w14:textId="097619A0" w:rsidR="00EE22BB" w:rsidRPr="00F54606" w:rsidRDefault="00372419" w:rsidP="00EE22BB">
             <w:pPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
                 <w:color w:val="1F1F1F"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D3356">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00F54606">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
                 <w:b/>
-                <w:bCs/>
                 <w:color w:val="1F1F1F"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-              <w:t>CONFESSIONS:</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Whilst not wishing to be over dramatic, unfortunately over the past </w:t>
             </w:r>
-            <w:r w:rsidR="004D6181" w:rsidRPr="002D3356">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+            <w:r w:rsidR="00CD7114" w:rsidRPr="00F54606">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
                 <w:color w:val="1F1F1F"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>few months</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54606">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> all three priests in the parish </w:t>
+            </w:r>
+            <w:r w:rsidR="00B61253" w:rsidRPr="00F54606">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">have suffered with health </w:t>
+            </w:r>
+            <w:r w:rsidR="00622C71" w:rsidRPr="00F54606">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>issues. While</w:t>
+            </w:r>
+            <w:r w:rsidR="00B61253" w:rsidRPr="00F54606">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> we intend to provide the best </w:t>
+            </w:r>
+            <w:r w:rsidR="00622C71" w:rsidRPr="00F54606">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>service</w:t>
+            </w:r>
+            <w:r w:rsidR="00B61253" w:rsidRPr="00F54606">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> possible, under medical </w:t>
+            </w:r>
+            <w:r w:rsidR="00CD7114" w:rsidRPr="00F54606">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>advice</w:t>
+            </w:r>
+            <w:r w:rsidR="00D04063" w:rsidRPr="00F54606">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, and with the guidance of the archbishop, I have had to make the sad decision to </w:t>
+            </w:r>
+            <w:r w:rsidR="00150211" w:rsidRPr="00F54606">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>rationalize</w:t>
+            </w:r>
+            <w:r w:rsidR="00D04063" w:rsidRPr="00F54606">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the weekday masses.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C8A11C1" w14:textId="4D7D7B29" w:rsidR="00417421" w:rsidRPr="00F54606" w:rsidRDefault="00417421" w:rsidP="00EE22BB">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F54606">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The proposed new schedule will take effect from </w:t>
+            </w:r>
+            <w:r w:rsidR="00667A40" w:rsidRPr="00F54606">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Monday </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54606">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54606">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F54606">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00E60F8E" w:rsidRPr="002D3356">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+            <w:r w:rsidR="00622C71" w:rsidRPr="00F54606">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
                 <w:color w:val="1F1F1F"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-              <w:t xml:space="preserve">5.15pm – 5.45pm in </w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>February</w:t>
             </w:r>
-            <w:r w:rsidR="00943048" w:rsidRPr="002D3356">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00F54606">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
                 <w:color w:val="1F1F1F"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> every Saturday</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="788DBBA0" w14:textId="73BF882E" w:rsidR="004D6181" w:rsidRPr="002D3356" w:rsidRDefault="004D6181" w:rsidP="00CF1618">
+          <w:p w14:paraId="6A35F8DA" w14:textId="750F6D45" w:rsidR="00667A40" w:rsidRPr="00F54606" w:rsidRDefault="00667A40" w:rsidP="00667A40">
             <w:pPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...82 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C27BF7">
+            <w:r w:rsidRPr="00F54606">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:noProof/>
-[...70 lines deleted...]
-              </mc:AlternateContent>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>One new change</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidR="004E2149">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:u w:val="single"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00562407">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is that </w:t>
+            </w:r>
+            <w:r w:rsidR="00976D7B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:u w:val="single"/>
-[...1 lines deleted...]
-              <w:t>MASS TIMES 9</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>because of</w:t>
             </w:r>
-            <w:r w:rsidR="005B5F6A">
+            <w:r w:rsidR="004E2149">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:u w:val="single"/>
-[...1 lines deleted...]
-              <w:t>th -</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> demand and in keeping with other </w:t>
             </w:r>
-            <w:r w:rsidRPr="00562407">
+            <w:r w:rsidR="00EC3EB4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:u w:val="single"/>
-[...1 lines deleted...]
-              <w:t>14</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">neighbouring parishes, we can no longer </w:t>
             </w:r>
-            <w:r w:rsidR="00031C88">
+            <w:r w:rsidR="00976D7B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:u w:val="single"/>
-[...1 lines deleted...]
-              <w:t>th</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>guarantee</w:t>
             </w:r>
-            <w:r w:rsidRPr="00562407">
+            <w:r w:rsidR="00EC3EB4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:u w:val="single"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> Feb</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that Month Min</w:t>
             </w:r>
-            <w:r w:rsidR="00417BC7">
+            <w:r w:rsidR="00976D7B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:u w:val="single"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> in DONAGHMORE</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>d</w:t>
             </w:r>
-          </w:p>
-[...2 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+            <w:r w:rsidR="00EC3EB4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0050348C">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">’s masses &amp; anniversaries </w:t>
+            </w:r>
+            <w:r w:rsidR="00976D7B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t>Monday 9</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">will not be combined. </w:t>
             </w:r>
-            <w:r w:rsidRPr="0050348C">
+            <w:r w:rsidRPr="00F54606">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:vertAlign w:val="superscript"/>
-[...1 lines deleted...]
-              <w:t>th</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0050348C">
+            <w:r w:rsidR="004E68E9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>In</w:t>
             </w:r>
-            <w:r w:rsidR="00D738D9" w:rsidRPr="0050348C">
+            <w:r w:rsidRPr="00F54606">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t>– 9.30</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> respect to the equal grief of all families who make request</w:t>
             </w:r>
-            <w:r w:rsidRPr="0050348C">
+            <w:r w:rsidR="004A3522" w:rsidRPr="00F54606">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t xml:space="preserve"> mass</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13E65800" w14:textId="0FDD4ABE" w:rsidR="00417BC7" w:rsidRPr="0050348C" w:rsidRDefault="00417BC7" w:rsidP="00417BC7">
+          <w:p w14:paraId="3398BB62" w14:textId="32556394" w:rsidR="00667A40" w:rsidRDefault="00667A40" w:rsidP="00667A40">
             <w:pPr>
-              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0050348C">
+            <w:r w:rsidRPr="00F54606">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t>Tues</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Month minds and first anniversaries may be celebrated at any of the scheduled weekday Masses including Donaghmore</w:t>
             </w:r>
-            <w:r w:rsidR="00FD67FB" w:rsidRPr="0050348C">
+            <w:r w:rsidR="00B17A82">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t xml:space="preserve"> &amp; Wed 10</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>’s</w:t>
             </w:r>
-            <w:r w:rsidR="00FD67FB" w:rsidRPr="0050348C">
+            <w:r w:rsidRPr="00F54606">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:vertAlign w:val="superscript"/>
-[...1 lines deleted...]
-              <w:t>th</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Monday at 7pm and </w:t>
             </w:r>
-            <w:r w:rsidR="00FD67FB" w:rsidRPr="0050348C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F54606">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t xml:space="preserve"> &amp; 11</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Galbally</w:t>
             </w:r>
-            <w:r w:rsidR="00FD67FB" w:rsidRPr="0050348C">
+            <w:r w:rsidR="00B17A82">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:vertAlign w:val="superscript"/>
-[...1 lines deleted...]
-              <w:t>th</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>’s</w:t>
             </w:r>
-            <w:r w:rsidR="00FD67FB" w:rsidRPr="0050348C">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00B17A82">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t xml:space="preserve"> – No mass</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...2 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+            <w:r w:rsidRPr="00F54606">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0050348C">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Friday at 7pm or at any of the weekend Masses</w:t>
+            </w:r>
+            <w:r w:rsidR="00E8564B" w:rsidRPr="00F54606">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t xml:space="preserve">Thu&amp; Fri </w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidR="0050348C" w:rsidRPr="0050348C">
+          </w:p>
+          <w:p w14:paraId="05595F91" w14:textId="4E4AB0E8" w:rsidR="00667A40" w:rsidRPr="00F54606" w:rsidRDefault="00667A40" w:rsidP="00667A40">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="0050348C" w:rsidRPr="0050348C">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F54606">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:vertAlign w:val="superscript"/>
-[...1 lines deleted...]
-              <w:t>th</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Man</w:t>
             </w:r>
-            <w:r w:rsidR="0050348C" w:rsidRPr="0050348C">
+            <w:r w:rsidR="004E68E9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t xml:space="preserve"> &amp; 13</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>y</w:t>
             </w:r>
-            <w:r w:rsidR="0050348C" w:rsidRPr="0050348C">
+            <w:r w:rsidRPr="00F54606">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:vertAlign w:val="superscript"/>
-[...1 lines deleted...]
-              <w:t>th</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> thanks for your cooperation and understanding of this.</w:t>
             </w:r>
-            <w:r w:rsidR="0050348C" w:rsidRPr="0050348C">
+          </w:p>
+          <w:p w14:paraId="4D5F0E0F" w14:textId="77777777" w:rsidR="00E8564B" w:rsidRPr="004A3522" w:rsidRDefault="00E8564B" w:rsidP="00667A40">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="0050348C">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50B403A8" w14:textId="1FD9BA75" w:rsidR="00667A40" w:rsidRDefault="00667A40" w:rsidP="00667A40">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A3522">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t>y</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>The new schedule</w:t>
             </w:r>
-            <w:r w:rsidR="0050348C" w:rsidRPr="0050348C">
+            <w:r w:rsidR="006A7009">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t xml:space="preserve"> Deacon Eamon </w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bel</w:t>
             </w:r>
-            <w:r w:rsidR="0050348C">
+            <w:r w:rsidR="004C2EEC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t>Q</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ow</w:t>
             </w:r>
-            <w:r w:rsidR="0050348C" w:rsidRPr="0050348C">
+            <w:r w:rsidRPr="004A3522">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t>uinn</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> will remain under review</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00667A40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5381FEF7" w14:textId="4E012235" w:rsidR="006B58A7" w:rsidRDefault="006B58A7" w:rsidP="00417BC7">
+          <w:p w14:paraId="0FAEB41D" w14:textId="77777777" w:rsidR="00E8564B" w:rsidRPr="00667A40" w:rsidRDefault="00E8564B" w:rsidP="00667A40">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="392D8177" w14:textId="23DCBC36" w:rsidR="00CD7B22" w:rsidRPr="00667A40" w:rsidRDefault="0013218F" w:rsidP="00EE22BB">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:bCs/>
-[...85 lines deleted...]
-                <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-              <w:t>EXPOSITION OF THE BLESSED SACRAMENT</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00667A40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Mon</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27E5A8E3" w14:textId="77777777" w:rsidR="00C630CB" w:rsidRDefault="00C630CB" w:rsidP="00C630CB">
+          <w:p w14:paraId="701D08DD" w14:textId="74E322ED" w:rsidR="0013218F" w:rsidRPr="00667A40" w:rsidRDefault="0013218F" w:rsidP="00EE22BB">
             <w:pPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:textAlignment w:val="baseline"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E1224F">
+            <w:r w:rsidRPr="00667A40">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-              <w:t>Exposition and Adoration of the Blessed Sacrament will continue every Tuesday. Exposition will take place after the 9.30am Mass until 5.30pm</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Donaghmore </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="003B1B89" w:rsidRPr="00667A40">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-              <w:t>.</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00667A40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003B1B89" w:rsidRPr="00667A40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7pm</w:t>
+            </w:r>
+            <w:r w:rsidR="00D072B2" w:rsidRPr="00667A40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="003B1B89" w:rsidRPr="00667A40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00622C71" w:rsidRPr="00667A40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Please </w:t>
+            </w:r>
+            <w:r w:rsidR="003B1B89" w:rsidRPr="00667A40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Note new time)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="056082C7" w14:textId="77777777" w:rsidR="00C630CB" w:rsidRPr="00C630CB" w:rsidRDefault="00C630CB" w:rsidP="00C630CB">
+          <w:p w14:paraId="43D51395" w14:textId="161CEA84" w:rsidR="003B1B89" w:rsidRPr="00667A40" w:rsidRDefault="003B1B89" w:rsidP="00EE22BB">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00667A40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Galbally</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00667A40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – No mass</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="272ACEE6" w14:textId="004A9EDF" w:rsidR="003B1B89" w:rsidRPr="00667A40" w:rsidRDefault="003B1B89" w:rsidP="00EE22BB">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C630CB">
+            <w:r w:rsidRPr="00667A40">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
-              </w:rPr>
-              <w:t>WEDDINGS 2026</w:t>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Tues</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE15DA" w:rsidRPr="00667A40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; wed</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6285BA86" w14:textId="130EA849" w:rsidR="00C630CB" w:rsidRPr="00C630CB" w:rsidRDefault="00C630CB" w:rsidP="00C630CB">
+          <w:p w14:paraId="0614E6A6" w14:textId="50B71811" w:rsidR="00FE15DA" w:rsidRPr="00667A40" w:rsidRDefault="00FE15DA" w:rsidP="00EE22BB">
             <w:pPr>
-              <w:rPr>
-[...29 lines deleted...]
-            <w:r w:rsidR="0085682C" w:rsidRPr="006638A1">
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00350BFB">
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00667A40">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-              <w:t>.30</w:t>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Donaghmore – 9.30am</w:t>
             </w:r>
-            <w:r w:rsidR="0085682C" w:rsidRPr="006638A1">
+          </w:p>
+          <w:p w14:paraId="2E0F67F2" w14:textId="3CA70152" w:rsidR="00FE15DA" w:rsidRPr="00667A40" w:rsidRDefault="00FE15DA" w:rsidP="00EE22BB">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00985B44">
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00667A40">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-              <w:t>6pm</w:t>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Galbally</w:t>
             </w:r>
-            <w:r w:rsidR="0085682C" w:rsidRPr="006638A1">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00667A40">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-              <w:t>.</w:t>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 10am</w:t>
             </w:r>
-            <w:r w:rsidR="0085682C">
+          </w:p>
+          <w:p w14:paraId="58A47EA4" w14:textId="7D1D7454" w:rsidR="00FE15DA" w:rsidRPr="00667A40" w:rsidRDefault="005D19AF" w:rsidP="00EE22BB">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00667A40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Thursday </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="478FEA2D" w14:textId="61244D4B" w:rsidR="005D19AF" w:rsidRPr="00667A40" w:rsidRDefault="005D19AF" w:rsidP="00EE22BB">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00667A40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Donaghmore – No Mass</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C09DF5E" w14:textId="70CC0447" w:rsidR="005D19AF" w:rsidRPr="00667A40" w:rsidRDefault="005D19AF" w:rsidP="00EE22BB">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00667A40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Galbally</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00667A40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 10am</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2057E0CD" w14:textId="28A9A277" w:rsidR="005D19AF" w:rsidRPr="00667A40" w:rsidRDefault="005D19AF" w:rsidP="00EE22BB">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00667A40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Fri</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09D9D626" w14:textId="5DC87C7E" w:rsidR="005D19AF" w:rsidRPr="00667A40" w:rsidRDefault="005D19AF" w:rsidP="00EE22BB">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00667A40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Donaghmore – 9.30am</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51A2C675" w14:textId="7CE3223E" w:rsidR="00CD7114" w:rsidRDefault="005D19AF" w:rsidP="00EE22BB">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00667A40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Galbally</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00667A40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C630CB">
+            <w:r w:rsidR="00622C71" w:rsidRPr="00667A40">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>The completion of the necessary paperwork is a legal requirement and without completion the wedding cannot take place. The requirements are:</w:t>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>– 7pm</w:t>
+            </w:r>
+            <w:r w:rsidR="00D072B2" w:rsidRPr="00667A40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="00622C71" w:rsidRPr="00667A40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00150211" w:rsidRPr="00667A40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(please</w:t>
+            </w:r>
+            <w:r w:rsidR="00622C71" w:rsidRPr="00667A40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> note new time)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F51834B" w14:textId="77777777" w:rsidR="00C630CB" w:rsidRPr="00C630CB" w:rsidRDefault="00C630CB" w:rsidP="00C630CB">
-[...50 lines deleted...]
-          <w:p w14:paraId="5C4139F8" w14:textId="2F5BF7E3" w:rsidR="00C630CB" w:rsidRPr="002A270F" w:rsidRDefault="00C630CB" w:rsidP="00DD5EBA">
+          <w:p w14:paraId="106085E4" w14:textId="77777777" w:rsidR="00E8564B" w:rsidRPr="00667A40" w:rsidRDefault="00E8564B" w:rsidP="00EE22BB">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3460B360" w14:textId="77777777" w:rsidR="00FB3683" w:rsidRDefault="00FB3683" w:rsidP="00E77196">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5280B126" w14:textId="77777777" w:rsidR="00424C91" w:rsidRPr="005741C3" w:rsidRDefault="00424C91" w:rsidP="00424C91">
+          <w:p w14:paraId="4BB44B0E" w14:textId="77777777" w:rsidR="00C7761D" w:rsidRDefault="00C7761D" w:rsidP="00E77196">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005741C3">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="2E18D5F3" w14:textId="77777777" w:rsidR="00424C91" w:rsidRPr="005741C3" w:rsidRDefault="00424C91" w:rsidP="00424C91">
+          <w:p w14:paraId="7C5F57DF" w14:textId="77777777" w:rsidR="004C2EEC" w:rsidRPr="00EE22BB" w:rsidRDefault="004C2EEC" w:rsidP="00E77196">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003C48F9">
-[...65 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="09D48846" w14:textId="77777777" w:rsidR="00424C91" w:rsidRPr="005741C3" w:rsidRDefault="00424C91" w:rsidP="00424C91">
-[...265 lines deleted...]
-          <w:p w14:paraId="370C38D6" w14:textId="734338DF" w:rsidR="00BF5EB4" w:rsidRPr="002D3356" w:rsidRDefault="00BF5EB4" w:rsidP="00C630CB">
+          <w:p w14:paraId="370C38D6" w14:textId="6EA8CD2A" w:rsidR="00FB3683" w:rsidRPr="002D3356" w:rsidRDefault="00FB3683" w:rsidP="00E77196">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00584C44" w:rsidRPr="00AE76D5" w14:paraId="59665E9B" w14:textId="77777777" w:rsidTr="005D60FE">
         <w:trPr>
           <w:trHeight w:val="1408"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5807" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -3695,171 +3674,50 @@
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>See below the dates available for the next few months:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6168FE7F" w14:textId="77777777" w:rsidR="00566423" w:rsidRDefault="00566423" w:rsidP="00566423">
-[...119 lines deleted...]
-          </w:p>
           <w:p w14:paraId="24E6EB1E" w14:textId="3DA115D3" w:rsidR="00C630CB" w:rsidRDefault="00C630CB" w:rsidP="00566423">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>21</w:t>
@@ -3873,428 +3731,629 @@
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>st</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Feb – </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Galbally</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="1D8C14AD" w14:textId="6CC61EFE" w:rsidR="00C630CB" w:rsidRPr="002D3356" w:rsidRDefault="00C630CB" w:rsidP="00566423">
+          <w:p w14:paraId="1D8C14AD" w14:textId="024378AA" w:rsidR="00C630CB" w:rsidRDefault="00B72D33" w:rsidP="00566423">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>28</w:t>
+              <w:t>14</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C630CB">
+            <w:r w:rsidRPr="00B72D33">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Feb - Donaghmore</w:t>
+              <w:t xml:space="preserve"> March</w:t>
+            </w:r>
+            <w:r w:rsidR="00C630CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="00C630CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Donaghmor</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>e</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3613661A" w14:textId="3535EB55" w:rsidR="00566423" w:rsidRPr="002D3356" w:rsidRDefault="00566423" w:rsidP="00566423">
+          <w:p w14:paraId="2550AE85" w14:textId="74E776C8" w:rsidR="00B72D33" w:rsidRPr="002D3356" w:rsidRDefault="00B72D33" w:rsidP="00566423">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D3356">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Please contact the Parish Secretary during office hours to arrange a suitable date. </w:t>
+              <w:t>28</w:t>
             </w:r>
-            <w:r w:rsidR="00C630CB">
+            <w:r w:rsidRPr="00B72D33">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-              <w:t xml:space="preserve">We welcome </w:t>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
             </w:r>
-            <w:r w:rsidR="000137CE">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Faolán James O’Rourke </w:t>
+              <w:t xml:space="preserve"> March - </w:t>
             </w:r>
-            <w:r w:rsidR="005E738D">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">&amp; </w:t>
+              <w:t>Galbally</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="005E738D">
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="3613661A" w14:textId="0708C7D4" w:rsidR="00566423" w:rsidRDefault="00566423" w:rsidP="00566423">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Emmé</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="005E738D">
+            </w:pPr>
+            <w:r w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Jane Conway</w:t>
+              <w:t>Please contact the Parish Secretary during office hours to arrange a suitable date.</w:t>
             </w:r>
-            <w:r w:rsidR="0069701A">
+          </w:p>
+          <w:p w14:paraId="7DEA9835" w14:textId="6D98FAA4" w:rsidR="001D7267" w:rsidRPr="002D3356" w:rsidRDefault="00815739" w:rsidP="00194DB8">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+                <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C630CB">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> recently baptised into our Christian family.</w:t>
+              <w:t>We welcome Eabha Rosaleen O’Hagan who was recently baptised</w:t>
+            </w:r>
+            <w:r w:rsidR="00194DB8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> into the Christian family.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2841F51B" w14:textId="77777777" w:rsidR="006E06D2" w:rsidRDefault="006E06D2" w:rsidP="006E7EC5">
+          <w:p w14:paraId="42A7902B" w14:textId="77777777" w:rsidR="00667A40" w:rsidRPr="00CD7B22" w:rsidRDefault="00667A40" w:rsidP="00667A40">
             <w:pPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...91 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+            <w:r w:rsidRPr="00CD7B22">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>MASS TIMES 9th -14th Feb in DONAGHMORE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31529D42" w14:textId="77777777" w:rsidR="00667A40" w:rsidRPr="00CD7B22" w:rsidRDefault="00667A40" w:rsidP="00667A40">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Monday 9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 9.30 Mass</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4967CC6F" w14:textId="77777777" w:rsidR="00667A40" w:rsidRPr="00CD7B22" w:rsidRDefault="00667A40" w:rsidP="00667A40">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tues &amp; Wed 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – No mass</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E1AA7E6" w14:textId="77777777" w:rsidR="00667A40" w:rsidRPr="00CD7B22" w:rsidRDefault="00667A40" w:rsidP="00667A40">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Thu&amp; Fri 12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; 13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Communion service led by Deacon Eamon Quinn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FA7F9C5" w14:textId="77777777" w:rsidR="00667A40" w:rsidRPr="00CD7B22" w:rsidRDefault="00667A40" w:rsidP="00667A40">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Masses in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Galbally</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as normal.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F17E286" w14:textId="7A25E4E3" w:rsidR="00C630CB" w:rsidRPr="008E005D" w:rsidRDefault="00667A40" w:rsidP="00667A40">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD7B22">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Exposition of Blessed Sacrament as normal</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5064" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="025A3315" w14:textId="77777777" w:rsidR="00584C44" w:rsidRPr="00AE76D5" w:rsidRDefault="00584C44" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5BB0289C" w14:textId="77777777" w:rsidR="001112CD" w:rsidRDefault="001112CD" w:rsidP="00896F7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6379"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43234FB5" w14:textId="77777777" w:rsidR="006A4194" w:rsidRDefault="006A4194" w:rsidP="00896F7F">
-[...16 lines deleted...]
-    <w:p w14:paraId="1C82ECE6" w14:textId="526937A0" w:rsidR="00896F7F" w:rsidRDefault="00943D7F" w:rsidP="00896F7F">
+    <w:p w14:paraId="1C82ECE6" w14:textId="123D416E" w:rsidR="00896F7F" w:rsidRDefault="00943D7F" w:rsidP="00896F7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6379"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D2EB7">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">ANNIVERSARIES FOR </w:t>
       </w:r>
       <w:r w:rsidR="00C630CB">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">THE </w:t>
       </w:r>
-      <w:r w:rsidR="006A4194">
+      <w:r w:rsidR="00194DB8">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>SECOND SUNDAY OF ORDINARY TIME</w:t>
+        <w:t>FEAST OF St BRIG</w:t>
+      </w:r>
+      <w:r w:rsidR="008F11DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ID</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68A98C20" w14:textId="77777777" w:rsidR="00C630CB" w:rsidRDefault="00C630CB" w:rsidP="00896F7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6379"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="484AAEF4" w14:textId="2F7F74F6" w:rsidR="000249D1" w:rsidRDefault="003475BA" w:rsidP="000249D1">
+    <w:p w14:paraId="484AAEF4" w14:textId="411C8C3A" w:rsidR="000249D1" w:rsidRDefault="003475BA" w:rsidP="000249D1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6379"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006012C9">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">RECENTLY </w:t>
       </w:r>
       <w:r w:rsidR="004C2B4A" w:rsidRPr="006012C9">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
@@ -4317,1339 +4376,1357 @@
       <w:r w:rsidR="00BF1282" w:rsidRPr="006012C9">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F7665E">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007E407E">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> LIZZIE MC </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002F5296">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7B1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ARY B NUGENT</w:t>
+      </w:r>
+      <w:r w:rsidR="002F5296">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="008F11DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GERRY Mc VEIGH, </w:t>
+      </w:r>
+      <w:r w:rsidR="0091646D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>LIZZIE</w:t>
+      </w:r>
+      <w:r w:rsidR="007E407E">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MC </w:t>
       </w:r>
       <w:r w:rsidR="00D9435C">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>KILLION,</w:t>
       </w:r>
       <w:r w:rsidR="007E407E">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000249D1" w:rsidRPr="00FB465F">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Dr JOHN MC </w:t>
       </w:r>
       <w:r w:rsidR="00FA6488" w:rsidRPr="00FB465F">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>KAY, SEAMUS</w:t>
-[...44 lines deleted...]
-        <w:t>ONALD,</w:t>
+        <w:t>KAY,</w:t>
       </w:r>
       <w:r w:rsidR="000249D1" w:rsidRPr="00FB465F">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> PATSY </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000249D1" w:rsidRPr="00FB465F">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>McGURK</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="000249D1" w:rsidRPr="00FB465F">
+      <w:r w:rsidR="002F5296">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (FORMERY CASTLECAULFILED WHO DIED IN NEW ZEALAND) </w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="587B3CAF" w14:textId="77777777" w:rsidR="00FB465F" w:rsidRPr="00B61C5A" w:rsidRDefault="00FB465F" w:rsidP="000249D1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6379"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="10485" w:type="dxa"/>
+        <w:tblW w:w="10627" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2547"/>
-        <w:gridCol w:w="7938"/>
+        <w:gridCol w:w="8080"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009066E9" w:rsidRPr="006012C9" w14:paraId="413B35D6" w14:textId="77777777" w:rsidTr="00492EFC">
+      <w:tr w:rsidR="00054757" w:rsidRPr="006012C9" w14:paraId="413B35D6" w14:textId="77777777" w:rsidTr="00B72D33">
         <w:trPr>
           <w:trHeight w:val="471"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4FD310DE" w14:textId="50D461C1" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="009066E9" w:rsidP="009066E9">
+          <w:p w14:paraId="4FD310DE" w14:textId="380FC438" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00054757" w:rsidP="00054757">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006012C9">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SATURDAY </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>17</w:t>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> Jan</w:t>
+              <w:t>31st Jan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7938" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F3AE39F" w14:textId="4C5B2EEF" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="009066E9" w:rsidP="009066E9">
+          <w:p w14:paraId="6F3AE39F" w14:textId="7D5943A4" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00054757" w:rsidP="00054757">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Brendan Comac (MM </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> 6pm), Paddy Cush</w:t>
+              <w:t>Hughie Hetherington</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009066E9" w:rsidRPr="006012C9" w14:paraId="5642B060" w14:textId="77777777" w:rsidTr="00F7665E">
+      <w:tr w:rsidR="00054757" w:rsidRPr="006012C9" w14:paraId="5642B060" w14:textId="77777777" w:rsidTr="00B72D33">
         <w:trPr>
           <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="178D1BF3" w14:textId="4A1CDF5F" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="009066E9" w:rsidP="009066E9">
+          <w:p w14:paraId="178D1BF3" w14:textId="56CBB375" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00054757" w:rsidP="00054757">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006012C9">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SUNDAY </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>18</w:t>
+              <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C630CB">
+            <w:r w:rsidRPr="00B72D33">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>th</w:t>
+              <w:t>st</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Jan</w:t>
+              <w:t xml:space="preserve"> Feb </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7938" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30CFC4E9" w14:textId="77777777" w:rsidR="009066E9" w:rsidRDefault="009066E9" w:rsidP="009066E9">
+          <w:p w14:paraId="1149DE2A" w14:textId="77777777" w:rsidR="00054757" w:rsidRDefault="00054757" w:rsidP="00054757">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paul Loughran, </w:t>
+              <w:t>Mary &amp; Frank Donnelly, Tessie &amp; Packie McVeigh, Jim Quinn,</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+          </w:p>
+          <w:p w14:paraId="3163A1CB" w14:textId="71480B61" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00054757" w:rsidP="00054757">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Tishey</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> &amp; Pat Mc Donnell</w:t>
+              <w:t>Cecilia Murphy, Michael Mulgrew</w:t>
             </w:r>
-            <w:r w:rsidR="00562A08">
+            <w:r w:rsidR="00AC4A96">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>, Mary Jane &amp; Angela Maguire</w:t>
+              <w:t xml:space="preserve">, Jim </w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidR="00B0293B">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              <w:t>Alphie Boyle.</w:t>
+              <w:t>Quinn, Dolores Murphy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009066E9" w:rsidRPr="006012C9" w14:paraId="75B21741" w14:textId="77777777" w:rsidTr="00492EFC">
+      <w:tr w:rsidR="00054757" w:rsidRPr="006012C9" w14:paraId="75B21741" w14:textId="77777777" w:rsidTr="00B72D33">
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57754597" w14:textId="06D83B89" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="009066E9" w:rsidP="009066E9">
+          <w:p w14:paraId="57754597" w14:textId="44516805" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00054757" w:rsidP="00054757">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>MONDAY 19th Jan</w:t>
+              <w:t>MONDAY 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00054757">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>nd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Feb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7938" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48FB8F37" w14:textId="66794891" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="009066E9" w:rsidP="009066E9">
+          <w:p w14:paraId="48FB8F37" w14:textId="60759F48" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00B42EFD" w:rsidP="00054757">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lauren Hetherington</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009066E9" w:rsidRPr="006012C9" w14:paraId="21AD835D" w14:textId="77777777" w:rsidTr="00492EFC">
+      <w:tr w:rsidR="00054757" w:rsidRPr="006012C9" w14:paraId="21AD835D" w14:textId="77777777" w:rsidTr="00B72D33">
         <w:trPr>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C33167E" w14:textId="53E0C1A7" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="009066E9" w:rsidP="009066E9">
+          <w:p w14:paraId="4C33167E" w14:textId="48305DC9" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00054757" w:rsidP="00054757">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>TUESDAY 20</w:t>
+              <w:t>TUESDAY 3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C630CB">
+            <w:r w:rsidRPr="00054757">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>h</w:t>
+              <w:t>rd</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Jan</w:t>
+              <w:t xml:space="preserve"> Feb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7938" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5EF2BF9B" w14:textId="39132515" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="000A656B" w:rsidP="009066E9">
+          <w:p w14:paraId="5EF2BF9B" w14:textId="4EAAE2E7" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00FC188D" w:rsidP="00054757">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Richard &amp; Jane Ogle &amp; deceased members of the Ogle family.</w:t>
+              <w:t>Fr. James Grimes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009066E9" w:rsidRPr="006012C9" w14:paraId="198F5065" w14:textId="77777777" w:rsidTr="00492EFC">
+      <w:tr w:rsidR="00054757" w:rsidRPr="006012C9" w14:paraId="198F5065" w14:textId="77777777" w:rsidTr="00B72D33">
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18954966" w14:textId="6289F6F5" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="009066E9" w:rsidP="009066E9">
+          <w:p w14:paraId="18954966" w14:textId="238CCC89" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00054757" w:rsidP="00054757">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>WEDNESDAY 21st</w:t>
+              <w:t>WEDNESDAY 4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00971A50">
+            <w:r w:rsidRPr="00054757">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>h</w:t>
+              <w:t>th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Jan</w:t>
+              <w:t xml:space="preserve"> Feb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7938" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="322D93E4" w14:textId="05486E39" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="007B37F7" w:rsidP="009066E9">
+          <w:p w14:paraId="322D93E4" w14:textId="02E9193B" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00B42EFD" w:rsidP="00054757">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Dinny O’Neill, Paula Mc Kenna.</w:t>
+              <w:t xml:space="preserve">Edward </w:t>
+            </w:r>
+            <w:r w:rsidR="0091646D">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">&amp; </w:t>
+            </w:r>
+            <w:r w:rsidR="0080251A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sarah Mc </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD635E">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Kernan &amp;</w:t>
+            </w:r>
+            <w:r w:rsidR="00D44E7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> deceased family members.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009066E9" w:rsidRPr="006012C9" w14:paraId="7386E421" w14:textId="77777777" w:rsidTr="00492EFC">
+      <w:tr w:rsidR="00054757" w:rsidRPr="006012C9" w14:paraId="7386E421" w14:textId="77777777" w:rsidTr="00B72D33">
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A0BFFDF" w14:textId="3258E6F9" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="009066E9" w:rsidP="009066E9">
+          <w:p w14:paraId="2A0BFFDF" w14:textId="420E5E21" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00054757" w:rsidP="00054757">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>THURSDAY 22ndJan</w:t>
+              <w:t>THURSDAY 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00054757">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Feb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7938" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2963C4F0" w14:textId="4BAA256C" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="007B37F7" w:rsidP="009066E9">
+          <w:p w14:paraId="2963C4F0" w14:textId="46C7C110" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="001507A0" w:rsidP="00054757">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Marianna Feeney</w:t>
+              <w:t>Mary McGeary</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009066E9" w:rsidRPr="006012C9" w14:paraId="64A82397" w14:textId="77777777" w:rsidTr="00492EFC">
+      <w:tr w:rsidR="00054757" w:rsidRPr="006012C9" w14:paraId="64A82397" w14:textId="77777777" w:rsidTr="00B72D33">
         <w:trPr>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18EAC7FE" w14:textId="4A7D480C" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="009066E9" w:rsidP="009066E9">
+          <w:p w14:paraId="18EAC7FE" w14:textId="4A9E3573" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00054757" w:rsidP="00054757">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>FRIDAY 24th Jan</w:t>
+              <w:t>FRIDAY 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00054757">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Feb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7938" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="02071473" w14:textId="556BF906" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="009066E9" w:rsidP="009066E9">
+          <w:p w14:paraId="62983469" w14:textId="52EF1C23" w:rsidR="00054757" w:rsidRDefault="00634843" w:rsidP="00054757">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0091646D">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Elizabeth </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mc Killion </w:t>
+            </w:r>
+            <w:r w:rsidR="001507A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MM</w:t>
+            </w:r>
+            <w:r w:rsidR="0002296D">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0002296D">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Galbally</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0002296D">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7.30pm) </w:t>
+            </w:r>
+            <w:r w:rsidR="00D44E7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Roseanne</w:t>
+            </w:r>
+            <w:r w:rsidR="00F93C0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D44E7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Donaghy</w:t>
+            </w:r>
+            <w:r w:rsidR="006E5F5D">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED3B16">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidR="00F93C0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02071473" w14:textId="54A5C633" w:rsidR="00C7761D" w:rsidRPr="006012C9" w:rsidRDefault="00C7761D" w:rsidP="00054757">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Annie &amp; Daniel Donnelly.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009066E9" w:rsidRPr="006012C9" w14:paraId="523901CA" w14:textId="77777777" w:rsidTr="00492EFC">
+      <w:tr w:rsidR="00054757" w:rsidRPr="006012C9" w14:paraId="523901CA" w14:textId="77777777" w:rsidTr="00B72D33">
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="216A5152" w14:textId="2DB5C07F" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="009066E9" w:rsidP="009066E9">
+          <w:p w14:paraId="216A5152" w14:textId="613C758C" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00054757" w:rsidP="00054757">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006012C9">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SATURDAY </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>25th Jan</w:t>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00054757">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Feb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7938" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2217D0BE" w14:textId="77777777" w:rsidR="009066E9" w:rsidRDefault="004733DD" w:rsidP="009066E9">
+          <w:p w14:paraId="06BE6BC4" w14:textId="4EE9E16C" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="000E6F05" w:rsidP="00054757">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Peter Joe Quinn</w:t>
+              <w:t xml:space="preserve">Maureen </w:t>
             </w:r>
-            <w:r w:rsidR="00E04E34">
+            <w:r w:rsidR="001507A0">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Vivian Mc </w:t>
+              <w:t>Slevin,</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00E04E34">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Cann</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00E04E34">
+            <w:r w:rsidR="00CC59B9">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Barry Carberry, Margaret Hetherington, </w:t>
-[...79 lines deleted...]
-              <w:t>James Quinn.</w:t>
+              <w:t>James Gallagher.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009066E9" w:rsidRPr="006012C9" w14:paraId="0D9B3F99" w14:textId="77777777" w:rsidTr="00492EFC">
+      <w:tr w:rsidR="00054757" w:rsidRPr="006012C9" w14:paraId="0D9B3F99" w14:textId="77777777" w:rsidTr="00B72D33">
         <w:trPr>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70067613" w14:textId="531F5ECB" w:rsidR="009066E9" w:rsidRPr="006012C9" w:rsidRDefault="009066E9" w:rsidP="009066E9">
+          <w:p w14:paraId="70067613" w14:textId="57C6DFBC" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00054757" w:rsidP="00054757">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006012C9">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SUNDAY </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>26</w:t>
+              <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C630CB">
+            <w:r w:rsidRPr="00054757">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Jan</w:t>
+              <w:t xml:space="preserve"> Feb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7938" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73037B0B" w14:textId="77777777" w:rsidR="00D81665" w:rsidRDefault="006E15D1" w:rsidP="009066E9">
+          <w:p w14:paraId="547E8F67" w14:textId="465CB9CB" w:rsidR="00054757" w:rsidRDefault="00CC59B9" w:rsidP="00054757">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kieran Mc </w:t>
+              <w:t xml:space="preserve">Peter, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="001507A0">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Cann</w:t>
+              <w:t>Bridget,</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> Pete, Rose &amp; Seline Murphy</w:t>
             </w:r>
-            <w:r w:rsidR="00D81665">
+            <w:r w:rsidR="00375323">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
+              <w:t xml:space="preserve">, Aidan Quinn, </w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00D81665">
+          </w:p>
+          <w:p w14:paraId="52BCFC6D" w14:textId="77777777" w:rsidR="00375323" w:rsidRDefault="00375323" w:rsidP="00054757">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 50</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00D81665" w:rsidRPr="00D81665">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:vertAlign w:val="superscript"/>
-[...1 lines deleted...]
-              <w:t>th</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Kevin &amp; Anne Rafferty, </w:t>
             </w:r>
-            <w:r w:rsidR="00D81665">
+            <w:r w:rsidR="008F64CA">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> anniversary) </w:t>
+              <w:t>Packie, Mary, Johnny &amp; Annie Donaghy,</w:t>
             </w:r>
-            <w:r>
+          </w:p>
+          <w:p w14:paraId="42ECB2FC" w14:textId="162A151A" w:rsidR="008F64CA" w:rsidRPr="006012C9" w:rsidRDefault="008F64CA" w:rsidP="00054757">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">and his parents </w:t>
-[...5 lines deleted...]
-              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t xml:space="preserve">Joe, Bridget </w:t>
+            </w:r>
+            <w:r w:rsidR="009E6912">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Teresa &amp; Michael Mc </w:t>
+              <w:t>&amp; Pat Rafferty and</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidR="0091646D">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Cann</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidR="004C2EEC">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
+              <w:t>deceased members</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidR="009E6912">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...94 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> of the Rafferty family.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7F3EF91C" w14:textId="14D2CF2A" w:rsidR="00CF4B4B" w:rsidRDefault="00CF4B4B" w:rsidP="00971A50">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21D7AC78" w14:textId="77777777" w:rsidR="00BB331D" w:rsidRDefault="00BB331D" w:rsidP="00BB331D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
@@ -5667,1186 +5744,888 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BB331D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Galbally</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BB331D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Community Centre</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FFC0034" w14:textId="77777777" w:rsidR="0076377F" w:rsidRDefault="0076377F" w:rsidP="00BB331D">
+    <w:p w14:paraId="5AD6FBAC" w14:textId="77777777" w:rsidR="00175F6B" w:rsidRDefault="00175F6B" w:rsidP="00BB331D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D1F21E7" w14:textId="77777777" w:rsidR="0076377F" w:rsidRPr="0076377F" w:rsidRDefault="0076377F" w:rsidP="009F4990">
+    <w:p w14:paraId="085ACBD1" w14:textId="77777777" w:rsidR="003A219C" w:rsidRPr="00D957DC" w:rsidRDefault="003A219C" w:rsidP="003A219C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0076377F">
+      <w:r w:rsidRPr="00D957DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:b/>
-[...3 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>L</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> January 2026:  winning numbers were: 2, 13, 23, 24</w:t>
+        <w:t>Lotto Draw: Monday 26th January 2026: winning numbers were: 2, 8, 11, 22</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C452626" w14:textId="77777777" w:rsidR="0076377F" w:rsidRPr="0076377F" w:rsidRDefault="0076377F" w:rsidP="009F4990">
+    <w:p w14:paraId="1E49CF7E" w14:textId="77777777" w:rsidR="003A219C" w:rsidRPr="00D957DC" w:rsidRDefault="003A219C" w:rsidP="003A219C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0076377F">
+      <w:r w:rsidRPr="00D957DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Congratulations to match 3 winners: Rosaleen Hurson, Colm Rafferty, Patsy Hetherington, Stephen McGee.</w:t>
+        <w:t>Congratulations to match 3 winners: Brian O’Donnell, Sharon Hurson, Seamus McGlinchey, Geraldine McKeown, Michelle McCabe, Cassie McElhone, Plunkett McElduff, Maureen Clarke, Anthony Morris, Mary Hackett, R.E.K Hetherington.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3018646C" w14:textId="77777777" w:rsidR="0076377F" w:rsidRPr="0076377F" w:rsidRDefault="0076377F" w:rsidP="009F4990">
+    <w:p w14:paraId="604E0490" w14:textId="19568CF3" w:rsidR="003A219C" w:rsidRPr="00D957DC" w:rsidRDefault="004C2EEC" w:rsidP="003A219C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0076377F">
+      <w:r w:rsidRPr="00D957DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Next Draw Monday 19</w:t>
+        <w:t>Next</w:t>
       </w:r>
-      <w:r w:rsidRPr="0076377F">
+      <w:r w:rsidR="003A219C" w:rsidRPr="00D957DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...1 lines deleted...]
-          <w:vertAlign w:val="superscript"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>th</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> January 2026. Jackpot: £4100.00</w:t>
+        <w:t xml:space="preserve"> Draw Monday 2nd February 2026. Jackpot: £4300.00</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25904C34" w14:textId="77777777" w:rsidR="0076377F" w:rsidRPr="0076377F" w:rsidRDefault="0076377F" w:rsidP="009F4990">
+    <w:p w14:paraId="2C11E79F" w14:textId="77777777" w:rsidR="003A219C" w:rsidRPr="00D957DC" w:rsidRDefault="003A219C" w:rsidP="003A219C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0076377F">
+      <w:r w:rsidRPr="00D957DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Monthly Prize Draw – December 2025 Winners</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BA1C088" w14:textId="77777777" w:rsidR="0076377F" w:rsidRPr="0076377F" w:rsidRDefault="0076377F" w:rsidP="009F4990">
+    <w:p w14:paraId="45EF9A66" w14:textId="77777777" w:rsidR="003A219C" w:rsidRPr="00D957DC" w:rsidRDefault="003A219C" w:rsidP="003A219C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0076377F">
+      <w:r w:rsidRPr="00D957DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>£1000 Winner: Michael &amp; Noreen Quinn</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4763E43E" w14:textId="77777777" w:rsidR="0076377F" w:rsidRPr="0076377F" w:rsidRDefault="0076377F" w:rsidP="009F4990">
+    <w:p w14:paraId="14031A84" w14:textId="77777777" w:rsidR="003A219C" w:rsidRPr="00D957DC" w:rsidRDefault="003A219C" w:rsidP="003A219C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0076377F">
+      <w:r w:rsidRPr="00D957DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>£200: Fintan &amp; Alison Kelly</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E37F943" w14:textId="77777777" w:rsidR="0076377F" w:rsidRPr="0076377F" w:rsidRDefault="0076377F" w:rsidP="009F4990">
+    <w:p w14:paraId="561CFD2A" w14:textId="77777777" w:rsidR="003A219C" w:rsidRPr="00D957DC" w:rsidRDefault="003A219C" w:rsidP="003A219C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0076377F">
+      <w:r w:rsidRPr="00D957DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>£100: Paul Kelly</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="246257E8" w14:textId="77777777" w:rsidR="0076377F" w:rsidRPr="0076377F" w:rsidRDefault="0076377F" w:rsidP="009F4990">
+    <w:p w14:paraId="31290B7A" w14:textId="77777777" w:rsidR="003A219C" w:rsidRPr="00D957DC" w:rsidRDefault="003A219C" w:rsidP="003A219C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0076377F">
+      <w:r w:rsidRPr="00D957DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>£100: Julian Quinn</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F887FDA" w14:textId="77777777" w:rsidR="0076377F" w:rsidRPr="0076377F" w:rsidRDefault="0076377F" w:rsidP="009F4990">
+    <w:p w14:paraId="0EAA0B49" w14:textId="77777777" w:rsidR="003A219C" w:rsidRPr="00D957DC" w:rsidRDefault="003A219C" w:rsidP="003A219C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0076377F">
+      <w:r w:rsidRPr="00D957DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Next draw will take place on Monday 30</w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> January 2026.</w:t>
+        <w:t>First draw of 2026 will take place on Monday 2nd February 2026.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="529D960D" w14:textId="77777777" w:rsidR="0076377F" w:rsidRPr="0076377F" w:rsidRDefault="0076377F" w:rsidP="009F4990">
+    <w:p w14:paraId="0FFC0034" w14:textId="6A7528BC" w:rsidR="0076377F" w:rsidRPr="00D957DC" w:rsidRDefault="00D957DC" w:rsidP="002670F6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0076377F">
+      <w:r w:rsidRPr="00D957DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">If you would like to consider joining the monthly prize draw, please contact Fergal on 07713 623264 or Lycrecia at </w:t>
+        <w:t>If you would like to consider joining the monthly prize draw, please contact Fergal on 07713 623264 or Lycrecia at lycreciagcc@yahoo.com</w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
-[...26 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="6165C273" w14:textId="77777777" w:rsidR="00D93114" w:rsidRDefault="00D93114" w:rsidP="00D93114">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D93114">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Donaghmore GAA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03DA1DD1" w14:textId="77777777" w:rsidR="003C4C66" w:rsidRPr="003C4C66" w:rsidRDefault="003C4C66" w:rsidP="003C4C66">
-[...625 lines deleted...]
-    <w:p w14:paraId="0269E04B" w14:textId="1828F4AC" w:rsidR="0015086A" w:rsidRPr="003C4C66" w:rsidRDefault="0015086A" w:rsidP="0015086A">
+    <w:p w14:paraId="6C1BAFFC" w14:textId="77777777" w:rsidR="00A25DDB" w:rsidRDefault="00A25DDB" w:rsidP="00D93114">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4C66">
+    </w:p>
+    <w:p w14:paraId="6087483B" w14:textId="77777777" w:rsidR="00376A80" w:rsidRPr="00376A80" w:rsidRDefault="00376A80" w:rsidP="00376A80">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A80">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="18"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>GALBALLY PEARSES GAC</w:t>
+        <w:t>Lotto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> winners Monday 26th January 2026. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FDEC0FB" w14:textId="77777777" w:rsidR="004C0944" w:rsidRPr="004C4750" w:rsidRDefault="004C0944" w:rsidP="0015086A">
+    <w:p w14:paraId="40EAEDF4" w14:textId="77777777" w:rsidR="00376A80" w:rsidRPr="00376A80" w:rsidRDefault="00376A80" w:rsidP="00376A80">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Winning numbers 11/13/18/23. Eight match 3 winners. Ronan Donnelly/Joey Kerr/Shea Hamill/Niall Cush/Brendan McGurk/Aoibhinn McCaul/Odhran McCluskey/Briege McCaul</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FB78069" w14:textId="77777777" w:rsidR="00376A80" w:rsidRPr="00376A80" w:rsidRDefault="00376A80" w:rsidP="00376A80">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Next draw 2nd February 2026.  Jackpot £3000. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DC5FCA9" w14:textId="77777777" w:rsidR="00376A80" w:rsidRPr="00376A80" w:rsidRDefault="00376A80" w:rsidP="00376A80">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Save the date! </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Our annual Senior Presentation night will take place on Friday 6th February in the Gables. More details to follow.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F7AA1ED" w14:textId="77777777" w:rsidR="00376A80" w:rsidRPr="00376A80" w:rsidRDefault="00376A80" w:rsidP="00376A80">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>𝐑𝐞𝐠𝐢𝐬𝐭𝐫𝐚𝐭𝐢𝐨𝐧 𝟐𝟎𝟐𝟔</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EA30CB1" w14:textId="77777777" w:rsidR="00376A80" w:rsidRPr="00376A80" w:rsidRDefault="00376A80" w:rsidP="00376A80">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>GAA membership registration for the 2026 season is now open! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="702AA50F" w14:textId="77777777" w:rsidR="00376A80" w:rsidRPr="00376A80" w:rsidRDefault="00376A80" w:rsidP="00376A80">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All players, coaches, mentors, referees, and committee members must register from the 1st January 2026 to participate in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00376A80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pre season</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00376A80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> training/matches.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A6D72F7" w14:textId="77777777" w:rsidR="00376A80" w:rsidRPr="00376A80" w:rsidRDefault="00376A80" w:rsidP="00376A80">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>REGISTRATION DEADLINE: 31st March 2026 – https://returntoplay.gaa.ie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E741A38" w14:textId="77777777" w:rsidR="00376A80" w:rsidRPr="00376A80" w:rsidRDefault="00376A80" w:rsidP="00376A80">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Club Donaghmore Membership Scheme:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="071EB38F" w14:textId="77777777" w:rsidR="00376A80" w:rsidRPr="00376A80" w:rsidRDefault="00376A80" w:rsidP="00376A80">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- Covers you, your partner, and dependents (U18 only).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FDB26ED" w14:textId="77777777" w:rsidR="00376A80" w:rsidRPr="00376A80" w:rsidRDefault="00376A80" w:rsidP="00376A80">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- Over-18s no longer in school must register separately.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="557131DB" w14:textId="77777777" w:rsidR="00376A80" w:rsidRPr="00376A80" w:rsidRDefault="00376A80" w:rsidP="00376A80">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Update your monthly payments to £20 for automatic renewal. For changes or want to join contact:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72927DA4" w14:textId="77777777" w:rsidR="00376A80" w:rsidRPr="00376A80" w:rsidRDefault="00376A80" w:rsidP="00376A80">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> • Darren: 07909996450</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78EAE9AC" w14:textId="77777777" w:rsidR="00376A80" w:rsidRPr="00376A80" w:rsidRDefault="00376A80" w:rsidP="00376A80">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> • Mark: 07833367485</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6713574E" w14:textId="77777777" w:rsidR="00376A80" w:rsidRPr="00376A80" w:rsidRDefault="00376A80" w:rsidP="00376A80">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Or register here: https://buy.stripe.com/5kAg1mb0GcCt3HaaEE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C0933DC" w14:textId="77777777" w:rsidR="00376A80" w:rsidRPr="00376A80" w:rsidRDefault="00376A80" w:rsidP="00376A80">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For help with </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00376A80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Foireann</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00376A80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> check out our website or contact Fionnuala McKenna (07799007753).  Please note In person - Registration/Club Donaghmore Membership Night is on Wednesday 4th February, 7–9 PM.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F5CBEE6" w14:textId="77777777" w:rsidR="003C4C66" w:rsidRDefault="003C4C66" w:rsidP="003C4C66">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3339E236" w14:textId="45018F92" w:rsidR="00B30F0E" w:rsidRDefault="00B30F0E" w:rsidP="00B30F0E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B30F0E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Donaghmore Historical Society</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="44E77A39" w14:textId="1957320D" w:rsidR="003031D7" w:rsidRPr="003C4C66" w:rsidRDefault="0015086A" w:rsidP="00D93114">
+    <w:p w14:paraId="0D2FBBF4" w14:textId="77777777" w:rsidR="0078393D" w:rsidRPr="0078393D" w:rsidRDefault="0078393D" w:rsidP="0078393D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003C4C66">
+      <w:r w:rsidRPr="0078393D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Galbally</w:t>
+        <w:t>Donaghmore Historical Society Talk</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003C4C66">
+    </w:p>
+    <w:p w14:paraId="7B4A2E2B" w14:textId="77777777" w:rsidR="0078393D" w:rsidRPr="0078393D" w:rsidRDefault="0078393D" w:rsidP="0078393D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003C4C66">
+      </w:pPr>
+      <w:r w:rsidRPr="0078393D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Pearses</w:t>
+        <w:t>Mon 9 Feb 2026 | 8.00pm | Donaghmore Heritage Centre:</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003C4C66">
+    </w:p>
+    <w:p w14:paraId="67DA201B" w14:textId="77777777" w:rsidR="0078393D" w:rsidRPr="0078393D" w:rsidRDefault="0078393D" w:rsidP="0078393D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> GAC are holding their AGM on </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="0078393D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Jim Stothers ‘A Tale of the Unexpected: Presbyterians and the Irish Language.’ </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4C66">
+    </w:p>
+    <w:p w14:paraId="360E88A5" w14:textId="77777777" w:rsidR="0078393D" w:rsidRPr="0078393D" w:rsidRDefault="0078393D" w:rsidP="0078393D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0078393D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>All welcome. Tea and biscuits afterwards.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="107196E6" w14:textId="77777777" w:rsidR="0078393D" w:rsidRPr="00B30F0E" w:rsidRDefault="0078393D" w:rsidP="0078393D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Sunday 18</w:t>
-[...48 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003031D7" w:rsidRPr="003C4C66" w:rsidSect="00AB4905">
+    <w:sectPr w:rsidR="0078393D" w:rsidRPr="00B30F0E" w:rsidSect="00AB4905">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="425" w:right="680" w:bottom="567" w:left="680" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="155"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79302F70" w14:textId="77777777" w:rsidR="007860DA" w:rsidRDefault="007860DA">
+    <w:p w14:paraId="67A67A8D" w14:textId="77777777" w:rsidR="00CC47BB" w:rsidRDefault="00CC47BB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2B60C9C4" w14:textId="77777777" w:rsidR="007860DA" w:rsidRDefault="007860DA">
+    <w:p w14:paraId="523D474D" w14:textId="77777777" w:rsidR="00CC47BB" w:rsidRDefault="00CC47BB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -6965,58 +6744,58 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4C50EC6C" w14:textId="77777777" w:rsidR="007860DA" w:rsidRDefault="007860DA">
+    <w:p w14:paraId="04AA0753" w14:textId="77777777" w:rsidR="00CC47BB" w:rsidRDefault="00CC47BB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="039FE598" w14:textId="77777777" w:rsidR="007860DA" w:rsidRDefault="007860DA">
+    <w:p w14:paraId="19C9B527" w14:textId="77777777" w:rsidR="00CC47BB" w:rsidRDefault="00CC47BB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00A726C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD8A511E"/>
     <w:lvl w:ilvl="0" w:tplc="75F6F9F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -8080,400 +7859,425 @@
   <w:num w:numId="5" w16cid:durableId="1303197225">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2017069106">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1617518782">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2082172848">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="729500851">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="535586339">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF17BD"/>
     <w:rsid w:val="00000065"/>
     <w:rsid w:val="000002D0"/>
     <w:rsid w:val="00000744"/>
     <w:rsid w:val="0000234C"/>
     <w:rsid w:val="00003056"/>
     <w:rsid w:val="00003741"/>
     <w:rsid w:val="00006981"/>
     <w:rsid w:val="000102F3"/>
     <w:rsid w:val="00010C2A"/>
     <w:rsid w:val="00010CC2"/>
     <w:rsid w:val="00012EBB"/>
     <w:rsid w:val="000137CE"/>
     <w:rsid w:val="00013EB7"/>
+    <w:rsid w:val="000149A5"/>
     <w:rsid w:val="00015D18"/>
     <w:rsid w:val="000168A8"/>
     <w:rsid w:val="00016E4D"/>
     <w:rsid w:val="00017497"/>
     <w:rsid w:val="00020170"/>
     <w:rsid w:val="0002188D"/>
     <w:rsid w:val="00021F45"/>
     <w:rsid w:val="000223FF"/>
+    <w:rsid w:val="0002296D"/>
     <w:rsid w:val="00023657"/>
     <w:rsid w:val="0002485D"/>
     <w:rsid w:val="000249D1"/>
     <w:rsid w:val="00024EF5"/>
     <w:rsid w:val="0002514B"/>
     <w:rsid w:val="00025946"/>
     <w:rsid w:val="00025F13"/>
     <w:rsid w:val="000269A5"/>
     <w:rsid w:val="00026CBE"/>
     <w:rsid w:val="00026F7D"/>
     <w:rsid w:val="00027594"/>
     <w:rsid w:val="00027B78"/>
     <w:rsid w:val="0003015F"/>
     <w:rsid w:val="00030F99"/>
     <w:rsid w:val="000312FE"/>
     <w:rsid w:val="00031C88"/>
     <w:rsid w:val="00031FC9"/>
     <w:rsid w:val="0003227F"/>
     <w:rsid w:val="0003488E"/>
     <w:rsid w:val="00035045"/>
     <w:rsid w:val="00035181"/>
     <w:rsid w:val="0004099D"/>
     <w:rsid w:val="00040BF4"/>
     <w:rsid w:val="000423BD"/>
     <w:rsid w:val="00043137"/>
     <w:rsid w:val="000444FB"/>
     <w:rsid w:val="000445E7"/>
     <w:rsid w:val="00044DAD"/>
     <w:rsid w:val="00046333"/>
     <w:rsid w:val="00047C34"/>
     <w:rsid w:val="00047D9F"/>
     <w:rsid w:val="000507E7"/>
     <w:rsid w:val="00052D7F"/>
     <w:rsid w:val="00052E69"/>
     <w:rsid w:val="00053310"/>
+    <w:rsid w:val="00054757"/>
     <w:rsid w:val="000553A2"/>
     <w:rsid w:val="0005550C"/>
     <w:rsid w:val="000559D1"/>
     <w:rsid w:val="00055B95"/>
     <w:rsid w:val="00056162"/>
     <w:rsid w:val="00056255"/>
     <w:rsid w:val="00056D2E"/>
     <w:rsid w:val="000575C3"/>
     <w:rsid w:val="00057D95"/>
     <w:rsid w:val="0006036E"/>
     <w:rsid w:val="00060B7A"/>
     <w:rsid w:val="00061DF2"/>
     <w:rsid w:val="00062125"/>
+    <w:rsid w:val="0006245D"/>
     <w:rsid w:val="00062EC9"/>
     <w:rsid w:val="0006659A"/>
     <w:rsid w:val="00066938"/>
     <w:rsid w:val="00070B72"/>
     <w:rsid w:val="00070EF6"/>
     <w:rsid w:val="00070F19"/>
     <w:rsid w:val="000716C2"/>
     <w:rsid w:val="000728A1"/>
     <w:rsid w:val="00072C2D"/>
     <w:rsid w:val="0007372D"/>
     <w:rsid w:val="00074BCD"/>
     <w:rsid w:val="00075A4B"/>
     <w:rsid w:val="00076123"/>
     <w:rsid w:val="00077093"/>
+    <w:rsid w:val="00080191"/>
     <w:rsid w:val="000819EF"/>
     <w:rsid w:val="00081A29"/>
+    <w:rsid w:val="00081B6A"/>
     <w:rsid w:val="00082B0E"/>
     <w:rsid w:val="00086594"/>
     <w:rsid w:val="0008697B"/>
     <w:rsid w:val="00091928"/>
     <w:rsid w:val="000929E8"/>
     <w:rsid w:val="00093C25"/>
     <w:rsid w:val="00093CDB"/>
     <w:rsid w:val="000941AF"/>
     <w:rsid w:val="00094211"/>
     <w:rsid w:val="00094326"/>
     <w:rsid w:val="000943AD"/>
     <w:rsid w:val="00096919"/>
     <w:rsid w:val="00097015"/>
+    <w:rsid w:val="00097635"/>
     <w:rsid w:val="00097D0E"/>
     <w:rsid w:val="000A0E66"/>
     <w:rsid w:val="000A1392"/>
     <w:rsid w:val="000A22E8"/>
     <w:rsid w:val="000A254B"/>
     <w:rsid w:val="000A2D04"/>
     <w:rsid w:val="000A3074"/>
     <w:rsid w:val="000A3D1F"/>
     <w:rsid w:val="000A4285"/>
     <w:rsid w:val="000A4613"/>
     <w:rsid w:val="000A47D9"/>
     <w:rsid w:val="000A4AC0"/>
     <w:rsid w:val="000A50CB"/>
     <w:rsid w:val="000A646E"/>
     <w:rsid w:val="000A656B"/>
+    <w:rsid w:val="000A6897"/>
     <w:rsid w:val="000A733F"/>
     <w:rsid w:val="000A7DD2"/>
     <w:rsid w:val="000B178A"/>
+    <w:rsid w:val="000B1940"/>
     <w:rsid w:val="000B2456"/>
     <w:rsid w:val="000B24C8"/>
     <w:rsid w:val="000B325E"/>
     <w:rsid w:val="000B3342"/>
     <w:rsid w:val="000B3845"/>
     <w:rsid w:val="000B42D6"/>
     <w:rsid w:val="000B4384"/>
     <w:rsid w:val="000B4796"/>
     <w:rsid w:val="000B5AE3"/>
     <w:rsid w:val="000B6E2D"/>
     <w:rsid w:val="000B75A4"/>
+    <w:rsid w:val="000C1531"/>
     <w:rsid w:val="000C2374"/>
     <w:rsid w:val="000C30FD"/>
     <w:rsid w:val="000C4645"/>
     <w:rsid w:val="000C4952"/>
     <w:rsid w:val="000C5CDC"/>
     <w:rsid w:val="000C6737"/>
     <w:rsid w:val="000C6ADC"/>
     <w:rsid w:val="000D0160"/>
     <w:rsid w:val="000D1277"/>
     <w:rsid w:val="000D1E54"/>
     <w:rsid w:val="000D2103"/>
     <w:rsid w:val="000D2FBE"/>
     <w:rsid w:val="000D3BF2"/>
     <w:rsid w:val="000D3CA2"/>
     <w:rsid w:val="000D43A8"/>
     <w:rsid w:val="000D722C"/>
     <w:rsid w:val="000D73D2"/>
     <w:rsid w:val="000D76B6"/>
     <w:rsid w:val="000D7FE2"/>
     <w:rsid w:val="000E0202"/>
     <w:rsid w:val="000E074E"/>
     <w:rsid w:val="000E1C31"/>
     <w:rsid w:val="000E2171"/>
     <w:rsid w:val="000E2A99"/>
     <w:rsid w:val="000E2F0A"/>
     <w:rsid w:val="000E4C28"/>
     <w:rsid w:val="000E6DF4"/>
     <w:rsid w:val="000E6E6F"/>
+    <w:rsid w:val="000E6F05"/>
     <w:rsid w:val="000E73DB"/>
     <w:rsid w:val="000F0034"/>
     <w:rsid w:val="000F022B"/>
     <w:rsid w:val="000F0300"/>
     <w:rsid w:val="000F08A0"/>
     <w:rsid w:val="000F19CD"/>
     <w:rsid w:val="000F3449"/>
     <w:rsid w:val="000F4500"/>
     <w:rsid w:val="000F5343"/>
     <w:rsid w:val="000F59AC"/>
+    <w:rsid w:val="000F7EBA"/>
+    <w:rsid w:val="00100C8C"/>
     <w:rsid w:val="00101553"/>
     <w:rsid w:val="00101A76"/>
     <w:rsid w:val="00101B18"/>
     <w:rsid w:val="001026CF"/>
     <w:rsid w:val="0010378B"/>
     <w:rsid w:val="00104437"/>
     <w:rsid w:val="00104457"/>
     <w:rsid w:val="00104757"/>
     <w:rsid w:val="00104F0F"/>
     <w:rsid w:val="0010614D"/>
     <w:rsid w:val="00106FEA"/>
     <w:rsid w:val="0010708C"/>
     <w:rsid w:val="001077FC"/>
     <w:rsid w:val="00110780"/>
     <w:rsid w:val="001112CD"/>
     <w:rsid w:val="00111853"/>
     <w:rsid w:val="00111AA9"/>
     <w:rsid w:val="00112AF7"/>
     <w:rsid w:val="00112F57"/>
     <w:rsid w:val="00113BDD"/>
     <w:rsid w:val="00114046"/>
     <w:rsid w:val="0011432A"/>
     <w:rsid w:val="00115CF8"/>
     <w:rsid w:val="00116B31"/>
     <w:rsid w:val="001179B2"/>
     <w:rsid w:val="001201FB"/>
     <w:rsid w:val="001207B5"/>
     <w:rsid w:val="0012121B"/>
     <w:rsid w:val="0012321D"/>
+    <w:rsid w:val="001245B1"/>
     <w:rsid w:val="00124736"/>
     <w:rsid w:val="001247F4"/>
     <w:rsid w:val="00124DF6"/>
     <w:rsid w:val="00126551"/>
     <w:rsid w:val="001265F9"/>
     <w:rsid w:val="0012666E"/>
     <w:rsid w:val="00126D41"/>
     <w:rsid w:val="00126D49"/>
+    <w:rsid w:val="00131BAD"/>
+    <w:rsid w:val="0013218F"/>
     <w:rsid w:val="001322F1"/>
     <w:rsid w:val="001323E0"/>
     <w:rsid w:val="0013261B"/>
     <w:rsid w:val="00134372"/>
     <w:rsid w:val="00135DA4"/>
     <w:rsid w:val="0013684F"/>
     <w:rsid w:val="00136B07"/>
     <w:rsid w:val="00137432"/>
     <w:rsid w:val="001376D4"/>
     <w:rsid w:val="00137742"/>
     <w:rsid w:val="001378E2"/>
     <w:rsid w:val="00140214"/>
     <w:rsid w:val="00140FA2"/>
     <w:rsid w:val="0014372F"/>
     <w:rsid w:val="00144113"/>
     <w:rsid w:val="00144DD9"/>
     <w:rsid w:val="00145882"/>
     <w:rsid w:val="00146704"/>
     <w:rsid w:val="0014750C"/>
     <w:rsid w:val="001477A3"/>
+    <w:rsid w:val="00150211"/>
+    <w:rsid w:val="001507A0"/>
     <w:rsid w:val="001507BA"/>
     <w:rsid w:val="0015084C"/>
     <w:rsid w:val="0015086A"/>
     <w:rsid w:val="00151DD0"/>
     <w:rsid w:val="00151FA7"/>
     <w:rsid w:val="00152AE8"/>
     <w:rsid w:val="00152CA0"/>
     <w:rsid w:val="00154741"/>
     <w:rsid w:val="001548F3"/>
     <w:rsid w:val="00155C2A"/>
     <w:rsid w:val="00155CEF"/>
     <w:rsid w:val="00157566"/>
     <w:rsid w:val="00157A60"/>
     <w:rsid w:val="00157B7D"/>
     <w:rsid w:val="001608FA"/>
     <w:rsid w:val="001616F6"/>
+    <w:rsid w:val="001620E0"/>
     <w:rsid w:val="001640FA"/>
     <w:rsid w:val="001642C4"/>
     <w:rsid w:val="0016468A"/>
     <w:rsid w:val="001646C8"/>
     <w:rsid w:val="001662C7"/>
     <w:rsid w:val="001669F9"/>
     <w:rsid w:val="00166D24"/>
     <w:rsid w:val="001679AC"/>
     <w:rsid w:val="00171844"/>
     <w:rsid w:val="00172A82"/>
     <w:rsid w:val="0017346F"/>
     <w:rsid w:val="0017478A"/>
+    <w:rsid w:val="00175F6B"/>
     <w:rsid w:val="00176D19"/>
     <w:rsid w:val="00177175"/>
     <w:rsid w:val="0018074C"/>
     <w:rsid w:val="00180851"/>
     <w:rsid w:val="00182332"/>
     <w:rsid w:val="00182F78"/>
     <w:rsid w:val="001838D8"/>
     <w:rsid w:val="00185096"/>
     <w:rsid w:val="00186B1F"/>
     <w:rsid w:val="00186DB5"/>
     <w:rsid w:val="00187A54"/>
     <w:rsid w:val="0019101C"/>
     <w:rsid w:val="001915BA"/>
     <w:rsid w:val="001916D1"/>
     <w:rsid w:val="0019460F"/>
+    <w:rsid w:val="00194DB8"/>
     <w:rsid w:val="001958B8"/>
     <w:rsid w:val="00196B5C"/>
     <w:rsid w:val="00197403"/>
     <w:rsid w:val="001A03B4"/>
     <w:rsid w:val="001A0511"/>
     <w:rsid w:val="001A188A"/>
     <w:rsid w:val="001A2B5B"/>
     <w:rsid w:val="001A38D2"/>
     <w:rsid w:val="001A4A82"/>
     <w:rsid w:val="001B00F6"/>
     <w:rsid w:val="001B03D0"/>
     <w:rsid w:val="001B048C"/>
     <w:rsid w:val="001B1228"/>
     <w:rsid w:val="001B155D"/>
     <w:rsid w:val="001B2219"/>
+    <w:rsid w:val="001B22D9"/>
     <w:rsid w:val="001B2427"/>
     <w:rsid w:val="001B2C27"/>
     <w:rsid w:val="001B541C"/>
     <w:rsid w:val="001B57FA"/>
     <w:rsid w:val="001B68AA"/>
     <w:rsid w:val="001B6F73"/>
     <w:rsid w:val="001C0CB7"/>
     <w:rsid w:val="001C13F3"/>
     <w:rsid w:val="001C1D89"/>
     <w:rsid w:val="001C1E6B"/>
     <w:rsid w:val="001C23C7"/>
     <w:rsid w:val="001C23FA"/>
     <w:rsid w:val="001C3C20"/>
     <w:rsid w:val="001C6ECD"/>
     <w:rsid w:val="001C7316"/>
     <w:rsid w:val="001D0372"/>
     <w:rsid w:val="001D0C6D"/>
     <w:rsid w:val="001D0D6D"/>
+    <w:rsid w:val="001D113C"/>
     <w:rsid w:val="001D1659"/>
     <w:rsid w:val="001D1E74"/>
     <w:rsid w:val="001D2319"/>
     <w:rsid w:val="001D64E6"/>
     <w:rsid w:val="001D6830"/>
     <w:rsid w:val="001D6FB1"/>
+    <w:rsid w:val="001D7267"/>
     <w:rsid w:val="001E0C00"/>
     <w:rsid w:val="001E285A"/>
     <w:rsid w:val="001E36A7"/>
     <w:rsid w:val="001E5113"/>
     <w:rsid w:val="001E6314"/>
     <w:rsid w:val="001E7065"/>
     <w:rsid w:val="001F014B"/>
     <w:rsid w:val="001F01E2"/>
     <w:rsid w:val="001F05F7"/>
     <w:rsid w:val="001F20D0"/>
     <w:rsid w:val="001F2207"/>
     <w:rsid w:val="001F2369"/>
     <w:rsid w:val="001F2ACB"/>
     <w:rsid w:val="001F305C"/>
     <w:rsid w:val="001F404D"/>
     <w:rsid w:val="001F4599"/>
     <w:rsid w:val="001F5282"/>
     <w:rsid w:val="001F52C9"/>
     <w:rsid w:val="001F559E"/>
     <w:rsid w:val="001F76BA"/>
+    <w:rsid w:val="00203A0B"/>
     <w:rsid w:val="00203FE6"/>
     <w:rsid w:val="00204C2B"/>
     <w:rsid w:val="0020617A"/>
     <w:rsid w:val="00206421"/>
     <w:rsid w:val="00207C62"/>
     <w:rsid w:val="002101C3"/>
     <w:rsid w:val="00210B37"/>
     <w:rsid w:val="0021134C"/>
     <w:rsid w:val="00211BC2"/>
     <w:rsid w:val="00215F7D"/>
     <w:rsid w:val="002170EE"/>
     <w:rsid w:val="002175F1"/>
     <w:rsid w:val="002221DA"/>
     <w:rsid w:val="00222278"/>
     <w:rsid w:val="00222C1A"/>
     <w:rsid w:val="00223878"/>
     <w:rsid w:val="00224261"/>
     <w:rsid w:val="00225419"/>
     <w:rsid w:val="0022651A"/>
     <w:rsid w:val="00226591"/>
     <w:rsid w:val="00227DAB"/>
     <w:rsid w:val="00230C26"/>
     <w:rsid w:val="002320B7"/>
     <w:rsid w:val="00232ECC"/>
     <w:rsid w:val="002348D9"/>
@@ -8481,53 +8285,56 @@
     <w:rsid w:val="00236A22"/>
     <w:rsid w:val="00236DD6"/>
     <w:rsid w:val="002371BE"/>
     <w:rsid w:val="00240FF7"/>
     <w:rsid w:val="00241244"/>
     <w:rsid w:val="002426F1"/>
     <w:rsid w:val="0024584F"/>
     <w:rsid w:val="00247769"/>
     <w:rsid w:val="00250130"/>
     <w:rsid w:val="00250275"/>
     <w:rsid w:val="00251110"/>
     <w:rsid w:val="00251A6F"/>
     <w:rsid w:val="00251E1E"/>
     <w:rsid w:val="00252110"/>
     <w:rsid w:val="00252A5A"/>
     <w:rsid w:val="00254587"/>
     <w:rsid w:val="00254972"/>
     <w:rsid w:val="00255452"/>
     <w:rsid w:val="00256B71"/>
     <w:rsid w:val="00256FE7"/>
     <w:rsid w:val="0025776D"/>
     <w:rsid w:val="00257D38"/>
     <w:rsid w:val="00260221"/>
     <w:rsid w:val="0026086E"/>
     <w:rsid w:val="00260AA2"/>
+    <w:rsid w:val="00260ABE"/>
     <w:rsid w:val="00261899"/>
+    <w:rsid w:val="00262E60"/>
     <w:rsid w:val="00263A73"/>
     <w:rsid w:val="00265168"/>
+    <w:rsid w:val="002670F6"/>
     <w:rsid w:val="00267753"/>
     <w:rsid w:val="00270692"/>
     <w:rsid w:val="002728EA"/>
     <w:rsid w:val="00272FE0"/>
     <w:rsid w:val="00273EB8"/>
     <w:rsid w:val="00276F03"/>
     <w:rsid w:val="00280651"/>
     <w:rsid w:val="00280C13"/>
     <w:rsid w:val="00282390"/>
     <w:rsid w:val="002830BB"/>
     <w:rsid w:val="00283BE0"/>
     <w:rsid w:val="00284300"/>
     <w:rsid w:val="0028718E"/>
     <w:rsid w:val="00287613"/>
     <w:rsid w:val="00287B4C"/>
     <w:rsid w:val="00287F09"/>
     <w:rsid w:val="00291B1B"/>
     <w:rsid w:val="00292396"/>
     <w:rsid w:val="0029557E"/>
     <w:rsid w:val="002957B9"/>
     <w:rsid w:val="002957E3"/>
     <w:rsid w:val="002970F5"/>
     <w:rsid w:val="002A013E"/>
     <w:rsid w:val="002A043D"/>
     <w:rsid w:val="002A0BA5"/>
@@ -8565,236 +8372,249 @@
     <w:rsid w:val="002C6C8B"/>
     <w:rsid w:val="002C6FDB"/>
     <w:rsid w:val="002D106E"/>
     <w:rsid w:val="002D1215"/>
     <w:rsid w:val="002D15A7"/>
     <w:rsid w:val="002D1A06"/>
     <w:rsid w:val="002D1F64"/>
     <w:rsid w:val="002D3356"/>
     <w:rsid w:val="002D3616"/>
     <w:rsid w:val="002D3B26"/>
     <w:rsid w:val="002D41ED"/>
     <w:rsid w:val="002D46AC"/>
     <w:rsid w:val="002D52AA"/>
     <w:rsid w:val="002D5A39"/>
     <w:rsid w:val="002E0478"/>
     <w:rsid w:val="002E69DD"/>
     <w:rsid w:val="002E6D03"/>
     <w:rsid w:val="002E73AA"/>
     <w:rsid w:val="002E7844"/>
     <w:rsid w:val="002E78EB"/>
     <w:rsid w:val="002E7EB1"/>
     <w:rsid w:val="002E7FC9"/>
     <w:rsid w:val="002F0171"/>
     <w:rsid w:val="002F177D"/>
     <w:rsid w:val="002F27F5"/>
+    <w:rsid w:val="002F5296"/>
     <w:rsid w:val="002F5B8B"/>
     <w:rsid w:val="002F5E21"/>
     <w:rsid w:val="002F6A77"/>
     <w:rsid w:val="002F71AD"/>
     <w:rsid w:val="002F7EA9"/>
     <w:rsid w:val="00302053"/>
     <w:rsid w:val="003031D7"/>
     <w:rsid w:val="00304183"/>
     <w:rsid w:val="003043B6"/>
     <w:rsid w:val="0030469B"/>
     <w:rsid w:val="00304B3D"/>
     <w:rsid w:val="00306497"/>
     <w:rsid w:val="00307C8D"/>
     <w:rsid w:val="00310239"/>
     <w:rsid w:val="003108EB"/>
     <w:rsid w:val="003113A9"/>
     <w:rsid w:val="0031393F"/>
     <w:rsid w:val="0031434D"/>
     <w:rsid w:val="00314F4A"/>
     <w:rsid w:val="0031625B"/>
     <w:rsid w:val="003175A8"/>
     <w:rsid w:val="003205D3"/>
     <w:rsid w:val="00320F89"/>
     <w:rsid w:val="0032100B"/>
     <w:rsid w:val="0032243D"/>
     <w:rsid w:val="00322F4C"/>
     <w:rsid w:val="0032326C"/>
     <w:rsid w:val="003236C0"/>
     <w:rsid w:val="00323920"/>
     <w:rsid w:val="00323AB8"/>
     <w:rsid w:val="00323B7F"/>
     <w:rsid w:val="00324DBB"/>
+    <w:rsid w:val="003258B9"/>
     <w:rsid w:val="00325E60"/>
     <w:rsid w:val="003261D2"/>
     <w:rsid w:val="0032648B"/>
     <w:rsid w:val="00326D06"/>
     <w:rsid w:val="00327EE9"/>
     <w:rsid w:val="00331228"/>
     <w:rsid w:val="0033149A"/>
     <w:rsid w:val="00332158"/>
     <w:rsid w:val="003323CA"/>
     <w:rsid w:val="0033358F"/>
     <w:rsid w:val="003344AD"/>
     <w:rsid w:val="003347AB"/>
     <w:rsid w:val="00335865"/>
     <w:rsid w:val="00336981"/>
     <w:rsid w:val="00340D67"/>
     <w:rsid w:val="003413B8"/>
     <w:rsid w:val="00342B0B"/>
     <w:rsid w:val="00343E02"/>
     <w:rsid w:val="003458DB"/>
     <w:rsid w:val="003475BA"/>
     <w:rsid w:val="00347E92"/>
     <w:rsid w:val="00350237"/>
     <w:rsid w:val="00350BFB"/>
     <w:rsid w:val="00351ABC"/>
     <w:rsid w:val="00351EC8"/>
     <w:rsid w:val="003527E8"/>
     <w:rsid w:val="0035296F"/>
     <w:rsid w:val="00352D0C"/>
     <w:rsid w:val="003533EE"/>
     <w:rsid w:val="003537A1"/>
     <w:rsid w:val="0035396D"/>
     <w:rsid w:val="00353A39"/>
     <w:rsid w:val="003568B3"/>
     <w:rsid w:val="00357378"/>
     <w:rsid w:val="00357FDB"/>
     <w:rsid w:val="00360EE3"/>
     <w:rsid w:val="0036379E"/>
     <w:rsid w:val="0036429F"/>
     <w:rsid w:val="0037016B"/>
     <w:rsid w:val="003714EC"/>
     <w:rsid w:val="0037217C"/>
     <w:rsid w:val="00372293"/>
     <w:rsid w:val="003722D2"/>
+    <w:rsid w:val="00372419"/>
     <w:rsid w:val="00372E23"/>
     <w:rsid w:val="00372F58"/>
     <w:rsid w:val="00372F8C"/>
     <w:rsid w:val="00373B54"/>
+    <w:rsid w:val="00375323"/>
     <w:rsid w:val="003765BE"/>
+    <w:rsid w:val="00376A80"/>
     <w:rsid w:val="00376D0D"/>
     <w:rsid w:val="00380043"/>
     <w:rsid w:val="00382E19"/>
     <w:rsid w:val="0038377E"/>
     <w:rsid w:val="0038425B"/>
     <w:rsid w:val="003850F1"/>
     <w:rsid w:val="0038568D"/>
     <w:rsid w:val="00385734"/>
     <w:rsid w:val="00385763"/>
     <w:rsid w:val="003857FE"/>
     <w:rsid w:val="00385C70"/>
     <w:rsid w:val="0038602D"/>
     <w:rsid w:val="003905C8"/>
     <w:rsid w:val="00390806"/>
     <w:rsid w:val="0039156B"/>
     <w:rsid w:val="00392A45"/>
     <w:rsid w:val="0039302B"/>
     <w:rsid w:val="003946C0"/>
     <w:rsid w:val="00396D66"/>
     <w:rsid w:val="003976BD"/>
     <w:rsid w:val="00397A32"/>
     <w:rsid w:val="003A0E52"/>
     <w:rsid w:val="003A183D"/>
     <w:rsid w:val="003A1A77"/>
     <w:rsid w:val="003A1C87"/>
+    <w:rsid w:val="003A219C"/>
     <w:rsid w:val="003A2327"/>
     <w:rsid w:val="003A2581"/>
     <w:rsid w:val="003A2918"/>
+    <w:rsid w:val="003A3298"/>
     <w:rsid w:val="003A4E89"/>
     <w:rsid w:val="003A6493"/>
     <w:rsid w:val="003A6D4C"/>
     <w:rsid w:val="003A7958"/>
     <w:rsid w:val="003A7EF5"/>
     <w:rsid w:val="003B0A80"/>
+    <w:rsid w:val="003B1B89"/>
     <w:rsid w:val="003B305B"/>
     <w:rsid w:val="003B3AA5"/>
     <w:rsid w:val="003B4BBA"/>
     <w:rsid w:val="003B50AB"/>
     <w:rsid w:val="003B5796"/>
     <w:rsid w:val="003B5A3C"/>
     <w:rsid w:val="003B65E9"/>
     <w:rsid w:val="003B66E5"/>
     <w:rsid w:val="003B766D"/>
     <w:rsid w:val="003C0D2B"/>
     <w:rsid w:val="003C28BE"/>
     <w:rsid w:val="003C48D0"/>
     <w:rsid w:val="003C48F9"/>
     <w:rsid w:val="003C4C66"/>
     <w:rsid w:val="003C5E92"/>
     <w:rsid w:val="003C684F"/>
     <w:rsid w:val="003C7A21"/>
     <w:rsid w:val="003D0631"/>
     <w:rsid w:val="003D07DB"/>
     <w:rsid w:val="003D1E4C"/>
     <w:rsid w:val="003D1F3D"/>
     <w:rsid w:val="003D2EB7"/>
     <w:rsid w:val="003D3312"/>
     <w:rsid w:val="003D367B"/>
     <w:rsid w:val="003D4037"/>
     <w:rsid w:val="003D508B"/>
     <w:rsid w:val="003D6009"/>
     <w:rsid w:val="003D6FF8"/>
     <w:rsid w:val="003D75B7"/>
     <w:rsid w:val="003E17E4"/>
     <w:rsid w:val="003E227B"/>
+    <w:rsid w:val="003E264F"/>
     <w:rsid w:val="003E39CB"/>
     <w:rsid w:val="003E4B12"/>
     <w:rsid w:val="003E52B0"/>
     <w:rsid w:val="003E5601"/>
     <w:rsid w:val="003E797A"/>
     <w:rsid w:val="003F39D4"/>
     <w:rsid w:val="003F3B91"/>
     <w:rsid w:val="003F4BE1"/>
     <w:rsid w:val="003F50A5"/>
     <w:rsid w:val="003F698C"/>
     <w:rsid w:val="003F77BF"/>
     <w:rsid w:val="004007C6"/>
+    <w:rsid w:val="00401BD9"/>
     <w:rsid w:val="00401C17"/>
     <w:rsid w:val="00405950"/>
     <w:rsid w:val="00405B5D"/>
     <w:rsid w:val="004064D8"/>
     <w:rsid w:val="004067B2"/>
     <w:rsid w:val="004073D2"/>
     <w:rsid w:val="00407EDF"/>
     <w:rsid w:val="004142C7"/>
     <w:rsid w:val="00415296"/>
     <w:rsid w:val="00417187"/>
+    <w:rsid w:val="00417421"/>
     <w:rsid w:val="00417BC7"/>
     <w:rsid w:val="00417E08"/>
     <w:rsid w:val="00422C0A"/>
     <w:rsid w:val="00423099"/>
     <w:rsid w:val="00424C91"/>
     <w:rsid w:val="0042688E"/>
     <w:rsid w:val="004301F2"/>
     <w:rsid w:val="00431EBB"/>
     <w:rsid w:val="00431F2B"/>
     <w:rsid w:val="00434303"/>
     <w:rsid w:val="00434FC8"/>
     <w:rsid w:val="00435C3B"/>
     <w:rsid w:val="00436A02"/>
     <w:rsid w:val="0043767D"/>
     <w:rsid w:val="00440E5F"/>
     <w:rsid w:val="00441B92"/>
     <w:rsid w:val="00441CE1"/>
     <w:rsid w:val="00442B10"/>
     <w:rsid w:val="004433AB"/>
+    <w:rsid w:val="0044348A"/>
+    <w:rsid w:val="00443DEB"/>
     <w:rsid w:val="00444BAB"/>
     <w:rsid w:val="00445186"/>
     <w:rsid w:val="00445261"/>
     <w:rsid w:val="00445647"/>
     <w:rsid w:val="0044652B"/>
     <w:rsid w:val="004466C5"/>
     <w:rsid w:val="00446A44"/>
     <w:rsid w:val="00446E6D"/>
     <w:rsid w:val="00451155"/>
     <w:rsid w:val="00451BFD"/>
     <w:rsid w:val="004523BB"/>
     <w:rsid w:val="004530ED"/>
     <w:rsid w:val="00453DF7"/>
     <w:rsid w:val="004554C1"/>
     <w:rsid w:val="00456D23"/>
     <w:rsid w:val="00456D84"/>
     <w:rsid w:val="00456FB5"/>
     <w:rsid w:val="0045706C"/>
     <w:rsid w:val="00460AB6"/>
     <w:rsid w:val="00462A05"/>
     <w:rsid w:val="00462E43"/>
     <w:rsid w:val="00462F64"/>
     <w:rsid w:val="00464606"/>
     <w:rsid w:val="00464B77"/>
     <w:rsid w:val="00464C9F"/>
@@ -8819,156 +8639,164 @@
     <w:rsid w:val="004833EC"/>
     <w:rsid w:val="00483ED6"/>
     <w:rsid w:val="0048415F"/>
     <w:rsid w:val="00485447"/>
     <w:rsid w:val="00485E07"/>
     <w:rsid w:val="004868F8"/>
     <w:rsid w:val="00486D0E"/>
     <w:rsid w:val="00486D25"/>
     <w:rsid w:val="00487089"/>
     <w:rsid w:val="0048720C"/>
     <w:rsid w:val="0049043B"/>
     <w:rsid w:val="004920A7"/>
     <w:rsid w:val="00492A47"/>
     <w:rsid w:val="00492C8D"/>
     <w:rsid w:val="00492EFC"/>
     <w:rsid w:val="00494964"/>
     <w:rsid w:val="00496262"/>
     <w:rsid w:val="00496561"/>
     <w:rsid w:val="004969D3"/>
     <w:rsid w:val="0049733E"/>
     <w:rsid w:val="004A031D"/>
     <w:rsid w:val="004A0BB9"/>
     <w:rsid w:val="004A17A1"/>
     <w:rsid w:val="004A1DAD"/>
     <w:rsid w:val="004A2892"/>
+    <w:rsid w:val="004A3522"/>
     <w:rsid w:val="004A43B5"/>
     <w:rsid w:val="004A5CEB"/>
     <w:rsid w:val="004A7A77"/>
     <w:rsid w:val="004B2335"/>
     <w:rsid w:val="004B2F65"/>
     <w:rsid w:val="004B527F"/>
     <w:rsid w:val="004B560E"/>
     <w:rsid w:val="004B6853"/>
     <w:rsid w:val="004B692A"/>
     <w:rsid w:val="004B70C0"/>
     <w:rsid w:val="004B755C"/>
     <w:rsid w:val="004C01A3"/>
     <w:rsid w:val="004C0944"/>
     <w:rsid w:val="004C23D0"/>
     <w:rsid w:val="004C2B4A"/>
     <w:rsid w:val="004C2B56"/>
+    <w:rsid w:val="004C2EEC"/>
     <w:rsid w:val="004C31C8"/>
     <w:rsid w:val="004C36FD"/>
     <w:rsid w:val="004C4750"/>
     <w:rsid w:val="004C48FD"/>
     <w:rsid w:val="004C584D"/>
     <w:rsid w:val="004C6249"/>
     <w:rsid w:val="004C7C87"/>
     <w:rsid w:val="004D0658"/>
     <w:rsid w:val="004D1C0F"/>
     <w:rsid w:val="004D2711"/>
     <w:rsid w:val="004D3316"/>
     <w:rsid w:val="004D3C0E"/>
     <w:rsid w:val="004D6181"/>
     <w:rsid w:val="004D6B3A"/>
     <w:rsid w:val="004E0C36"/>
+    <w:rsid w:val="004E2149"/>
     <w:rsid w:val="004E2EF5"/>
     <w:rsid w:val="004E31D8"/>
     <w:rsid w:val="004E3F19"/>
     <w:rsid w:val="004E446D"/>
     <w:rsid w:val="004E4509"/>
     <w:rsid w:val="004E4973"/>
     <w:rsid w:val="004E5A37"/>
     <w:rsid w:val="004E6295"/>
     <w:rsid w:val="004E6375"/>
     <w:rsid w:val="004E6376"/>
+    <w:rsid w:val="004E68E9"/>
     <w:rsid w:val="004E76AB"/>
+    <w:rsid w:val="004F0028"/>
     <w:rsid w:val="004F0AF1"/>
     <w:rsid w:val="004F0FE9"/>
     <w:rsid w:val="004F247F"/>
     <w:rsid w:val="004F3BEC"/>
     <w:rsid w:val="004F3DB9"/>
     <w:rsid w:val="004F3FA5"/>
     <w:rsid w:val="004F4AE3"/>
     <w:rsid w:val="004F7067"/>
     <w:rsid w:val="0050037A"/>
     <w:rsid w:val="005025A7"/>
     <w:rsid w:val="0050348C"/>
     <w:rsid w:val="0050382D"/>
     <w:rsid w:val="00503B45"/>
     <w:rsid w:val="00503F18"/>
     <w:rsid w:val="005042F1"/>
     <w:rsid w:val="005047C1"/>
+    <w:rsid w:val="005056F8"/>
     <w:rsid w:val="00505DDD"/>
     <w:rsid w:val="00507D9D"/>
     <w:rsid w:val="00513A5B"/>
     <w:rsid w:val="005152CE"/>
     <w:rsid w:val="00521C0A"/>
     <w:rsid w:val="00521D29"/>
     <w:rsid w:val="00522951"/>
     <w:rsid w:val="0052354E"/>
     <w:rsid w:val="0052416E"/>
     <w:rsid w:val="00524346"/>
     <w:rsid w:val="00526EDF"/>
     <w:rsid w:val="00527921"/>
     <w:rsid w:val="00527BC2"/>
     <w:rsid w:val="00527E31"/>
     <w:rsid w:val="005302A3"/>
     <w:rsid w:val="005302E6"/>
     <w:rsid w:val="00530A67"/>
     <w:rsid w:val="00530B6E"/>
     <w:rsid w:val="0053127E"/>
+    <w:rsid w:val="00532864"/>
     <w:rsid w:val="00533A6B"/>
     <w:rsid w:val="00534A2B"/>
     <w:rsid w:val="00534C3F"/>
     <w:rsid w:val="00536BF6"/>
     <w:rsid w:val="005371C5"/>
     <w:rsid w:val="005379BF"/>
     <w:rsid w:val="005415CB"/>
     <w:rsid w:val="00541726"/>
     <w:rsid w:val="00541C26"/>
     <w:rsid w:val="00542E35"/>
     <w:rsid w:val="00542E8F"/>
     <w:rsid w:val="00543F56"/>
     <w:rsid w:val="00544185"/>
     <w:rsid w:val="00544282"/>
     <w:rsid w:val="00544B29"/>
     <w:rsid w:val="00544D2F"/>
     <w:rsid w:val="00544EDB"/>
     <w:rsid w:val="0054615C"/>
     <w:rsid w:val="00546698"/>
     <w:rsid w:val="00546877"/>
     <w:rsid w:val="00546B48"/>
     <w:rsid w:val="00547091"/>
     <w:rsid w:val="0055054D"/>
     <w:rsid w:val="005505D4"/>
     <w:rsid w:val="00551D91"/>
     <w:rsid w:val="00551E54"/>
     <w:rsid w:val="00552681"/>
     <w:rsid w:val="00553E95"/>
     <w:rsid w:val="00554067"/>
+    <w:rsid w:val="005543BE"/>
     <w:rsid w:val="00555652"/>
     <w:rsid w:val="005556BA"/>
     <w:rsid w:val="00555915"/>
     <w:rsid w:val="005568D9"/>
     <w:rsid w:val="00556C09"/>
     <w:rsid w:val="00557FAF"/>
     <w:rsid w:val="00561521"/>
     <w:rsid w:val="00562407"/>
     <w:rsid w:val="00562A08"/>
     <w:rsid w:val="0056496C"/>
     <w:rsid w:val="0056631E"/>
     <w:rsid w:val="00566423"/>
     <w:rsid w:val="005666AB"/>
     <w:rsid w:val="00567197"/>
     <w:rsid w:val="00570270"/>
     <w:rsid w:val="00572589"/>
     <w:rsid w:val="005737A2"/>
     <w:rsid w:val="005740F4"/>
     <w:rsid w:val="0057486E"/>
     <w:rsid w:val="00575055"/>
     <w:rsid w:val="00577A55"/>
     <w:rsid w:val="005806F5"/>
     <w:rsid w:val="00581473"/>
     <w:rsid w:val="00583492"/>
     <w:rsid w:val="00583AC3"/>
@@ -9001,50 +8829,51 @@
     <w:rsid w:val="005B1D77"/>
     <w:rsid w:val="005B230F"/>
     <w:rsid w:val="005B25EF"/>
     <w:rsid w:val="005B260F"/>
     <w:rsid w:val="005B2BA6"/>
     <w:rsid w:val="005B3247"/>
     <w:rsid w:val="005B46EC"/>
     <w:rsid w:val="005B4FDF"/>
     <w:rsid w:val="005B5A8B"/>
     <w:rsid w:val="005B5B92"/>
     <w:rsid w:val="005B5F6A"/>
     <w:rsid w:val="005B6B55"/>
     <w:rsid w:val="005B6C6F"/>
     <w:rsid w:val="005B6D4E"/>
     <w:rsid w:val="005B7159"/>
     <w:rsid w:val="005B7692"/>
     <w:rsid w:val="005C0BDA"/>
     <w:rsid w:val="005C0BE3"/>
     <w:rsid w:val="005C0FD5"/>
     <w:rsid w:val="005C10FF"/>
     <w:rsid w:val="005C3463"/>
     <w:rsid w:val="005C3E86"/>
     <w:rsid w:val="005D07C4"/>
     <w:rsid w:val="005D0CC6"/>
     <w:rsid w:val="005D1299"/>
+    <w:rsid w:val="005D19AF"/>
     <w:rsid w:val="005D2383"/>
     <w:rsid w:val="005D2AA8"/>
     <w:rsid w:val="005D2C48"/>
     <w:rsid w:val="005D3356"/>
     <w:rsid w:val="005D3AC0"/>
     <w:rsid w:val="005D44C0"/>
     <w:rsid w:val="005D4B20"/>
     <w:rsid w:val="005D5093"/>
     <w:rsid w:val="005D60FE"/>
     <w:rsid w:val="005D669B"/>
     <w:rsid w:val="005D6720"/>
     <w:rsid w:val="005D676B"/>
     <w:rsid w:val="005D6F4B"/>
     <w:rsid w:val="005E1174"/>
     <w:rsid w:val="005E1BD7"/>
     <w:rsid w:val="005E1C24"/>
     <w:rsid w:val="005E1C47"/>
     <w:rsid w:val="005E3625"/>
     <w:rsid w:val="005E37EB"/>
     <w:rsid w:val="005E42C7"/>
     <w:rsid w:val="005E4797"/>
     <w:rsid w:val="005E54AE"/>
     <w:rsid w:val="005E59D5"/>
     <w:rsid w:val="005E5BDE"/>
     <w:rsid w:val="005E5E85"/>
@@ -9060,309 +8889,322 @@
     <w:rsid w:val="005F59FA"/>
     <w:rsid w:val="005F5F39"/>
     <w:rsid w:val="005F6FB5"/>
     <w:rsid w:val="005F7685"/>
     <w:rsid w:val="00600238"/>
     <w:rsid w:val="006012C9"/>
     <w:rsid w:val="006021ED"/>
     <w:rsid w:val="006042B2"/>
     <w:rsid w:val="00604D18"/>
     <w:rsid w:val="00605525"/>
     <w:rsid w:val="00605C24"/>
     <w:rsid w:val="00606E64"/>
     <w:rsid w:val="00607203"/>
     <w:rsid w:val="0060754B"/>
     <w:rsid w:val="0060780B"/>
     <w:rsid w:val="00607B73"/>
     <w:rsid w:val="00607F81"/>
     <w:rsid w:val="00610F5E"/>
     <w:rsid w:val="00610F99"/>
     <w:rsid w:val="00611A0C"/>
     <w:rsid w:val="0061448E"/>
     <w:rsid w:val="006149DB"/>
     <w:rsid w:val="006159D5"/>
     <w:rsid w:val="00616779"/>
     <w:rsid w:val="00617331"/>
+    <w:rsid w:val="0062003E"/>
     <w:rsid w:val="0062093D"/>
     <w:rsid w:val="006223FF"/>
     <w:rsid w:val="006226CB"/>
+    <w:rsid w:val="00622C71"/>
     <w:rsid w:val="0062330D"/>
     <w:rsid w:val="00624C85"/>
     <w:rsid w:val="00624CC0"/>
     <w:rsid w:val="006254D4"/>
     <w:rsid w:val="00626BB3"/>
     <w:rsid w:val="00627191"/>
     <w:rsid w:val="00627CD5"/>
     <w:rsid w:val="006323A7"/>
     <w:rsid w:val="0063285C"/>
     <w:rsid w:val="00632AA6"/>
     <w:rsid w:val="0063408A"/>
+    <w:rsid w:val="00634843"/>
     <w:rsid w:val="00635B23"/>
     <w:rsid w:val="00637157"/>
     <w:rsid w:val="00640FD8"/>
     <w:rsid w:val="0064115A"/>
+    <w:rsid w:val="00641E99"/>
     <w:rsid w:val="00642B55"/>
     <w:rsid w:val="0064383D"/>
     <w:rsid w:val="0064435C"/>
     <w:rsid w:val="00644433"/>
     <w:rsid w:val="0064573D"/>
     <w:rsid w:val="00645835"/>
     <w:rsid w:val="00645C97"/>
     <w:rsid w:val="006466CD"/>
     <w:rsid w:val="00647363"/>
     <w:rsid w:val="0064775F"/>
     <w:rsid w:val="006518D1"/>
     <w:rsid w:val="00652A1F"/>
     <w:rsid w:val="00653109"/>
     <w:rsid w:val="00653262"/>
     <w:rsid w:val="00653872"/>
     <w:rsid w:val="00653D52"/>
     <w:rsid w:val="00654177"/>
     <w:rsid w:val="00654284"/>
     <w:rsid w:val="00654CEF"/>
     <w:rsid w:val="0065575B"/>
     <w:rsid w:val="00655B29"/>
     <w:rsid w:val="00660F5F"/>
     <w:rsid w:val="0066127E"/>
     <w:rsid w:val="00661FC0"/>
     <w:rsid w:val="00662175"/>
     <w:rsid w:val="00662A0B"/>
     <w:rsid w:val="006638A1"/>
     <w:rsid w:val="00663A29"/>
     <w:rsid w:val="00665922"/>
     <w:rsid w:val="00665A58"/>
     <w:rsid w:val="00666419"/>
     <w:rsid w:val="00667A0C"/>
+    <w:rsid w:val="00667A40"/>
     <w:rsid w:val="0067154C"/>
     <w:rsid w:val="0067187E"/>
     <w:rsid w:val="00671BAB"/>
     <w:rsid w:val="00671E75"/>
     <w:rsid w:val="00672F35"/>
     <w:rsid w:val="00674316"/>
     <w:rsid w:val="00674412"/>
     <w:rsid w:val="00674862"/>
     <w:rsid w:val="00675007"/>
     <w:rsid w:val="00675440"/>
     <w:rsid w:val="006758EE"/>
     <w:rsid w:val="006759AC"/>
     <w:rsid w:val="00675C12"/>
     <w:rsid w:val="00676486"/>
     <w:rsid w:val="006809F8"/>
+    <w:rsid w:val="00680AD1"/>
     <w:rsid w:val="00680D61"/>
     <w:rsid w:val="006814CA"/>
     <w:rsid w:val="00681695"/>
     <w:rsid w:val="00681802"/>
     <w:rsid w:val="00681E1B"/>
     <w:rsid w:val="006830EF"/>
     <w:rsid w:val="00683380"/>
     <w:rsid w:val="00683FB3"/>
     <w:rsid w:val="00685F6A"/>
     <w:rsid w:val="006865C3"/>
     <w:rsid w:val="00686696"/>
     <w:rsid w:val="006866E9"/>
     <w:rsid w:val="00686780"/>
     <w:rsid w:val="00690538"/>
     <w:rsid w:val="0069233E"/>
     <w:rsid w:val="0069315C"/>
     <w:rsid w:val="0069351B"/>
     <w:rsid w:val="006944D7"/>
     <w:rsid w:val="0069467C"/>
     <w:rsid w:val="00695115"/>
     <w:rsid w:val="00695CF5"/>
     <w:rsid w:val="0069701A"/>
     <w:rsid w:val="006971ED"/>
     <w:rsid w:val="006975F2"/>
     <w:rsid w:val="006977C0"/>
     <w:rsid w:val="00697D7D"/>
     <w:rsid w:val="006A0AFE"/>
     <w:rsid w:val="006A1A2F"/>
     <w:rsid w:val="006A2703"/>
     <w:rsid w:val="006A31B6"/>
     <w:rsid w:val="006A32AA"/>
     <w:rsid w:val="006A366E"/>
     <w:rsid w:val="006A4194"/>
     <w:rsid w:val="006A4A3C"/>
     <w:rsid w:val="006A6B3D"/>
     <w:rsid w:val="006A6C7F"/>
     <w:rsid w:val="006A6F5B"/>
     <w:rsid w:val="006A6F5F"/>
+    <w:rsid w:val="006A7009"/>
     <w:rsid w:val="006A7CFA"/>
     <w:rsid w:val="006A7E37"/>
     <w:rsid w:val="006B1D6A"/>
     <w:rsid w:val="006B1EB6"/>
     <w:rsid w:val="006B2490"/>
     <w:rsid w:val="006B4245"/>
     <w:rsid w:val="006B4959"/>
     <w:rsid w:val="006B514D"/>
     <w:rsid w:val="006B55B4"/>
     <w:rsid w:val="006B58A7"/>
     <w:rsid w:val="006B6A57"/>
     <w:rsid w:val="006B6EFE"/>
     <w:rsid w:val="006C3738"/>
     <w:rsid w:val="006C37B4"/>
     <w:rsid w:val="006C452F"/>
     <w:rsid w:val="006C4774"/>
     <w:rsid w:val="006C5267"/>
     <w:rsid w:val="006C61E5"/>
     <w:rsid w:val="006C7501"/>
     <w:rsid w:val="006D0D6B"/>
     <w:rsid w:val="006D1339"/>
     <w:rsid w:val="006D3044"/>
     <w:rsid w:val="006D37EC"/>
     <w:rsid w:val="006D418E"/>
     <w:rsid w:val="006D4FAF"/>
     <w:rsid w:val="006D5260"/>
     <w:rsid w:val="006D58A2"/>
     <w:rsid w:val="006D5C7C"/>
     <w:rsid w:val="006D6DDE"/>
     <w:rsid w:val="006D7BF8"/>
     <w:rsid w:val="006E0059"/>
     <w:rsid w:val="006E06D2"/>
     <w:rsid w:val="006E1237"/>
     <w:rsid w:val="006E12A2"/>
     <w:rsid w:val="006E15D1"/>
     <w:rsid w:val="006E1A8D"/>
     <w:rsid w:val="006E1AE7"/>
     <w:rsid w:val="006E3650"/>
     <w:rsid w:val="006E370B"/>
     <w:rsid w:val="006E3EC4"/>
     <w:rsid w:val="006E492D"/>
     <w:rsid w:val="006E495C"/>
     <w:rsid w:val="006E4C6D"/>
     <w:rsid w:val="006E4DA8"/>
     <w:rsid w:val="006E5388"/>
+    <w:rsid w:val="006E5F5D"/>
     <w:rsid w:val="006E7EC5"/>
     <w:rsid w:val="006F0393"/>
     <w:rsid w:val="006F138D"/>
     <w:rsid w:val="006F2BB7"/>
     <w:rsid w:val="006F361B"/>
     <w:rsid w:val="006F394E"/>
     <w:rsid w:val="006F4938"/>
     <w:rsid w:val="006F54EC"/>
     <w:rsid w:val="006F55C5"/>
     <w:rsid w:val="006F5718"/>
     <w:rsid w:val="006F6C18"/>
     <w:rsid w:val="006F6C6F"/>
     <w:rsid w:val="00700A8A"/>
     <w:rsid w:val="00701466"/>
     <w:rsid w:val="007020CD"/>
     <w:rsid w:val="00702BC1"/>
     <w:rsid w:val="007031FC"/>
     <w:rsid w:val="00703B60"/>
     <w:rsid w:val="007050FF"/>
     <w:rsid w:val="00706CFC"/>
     <w:rsid w:val="00706E48"/>
     <w:rsid w:val="00707B61"/>
     <w:rsid w:val="00707D62"/>
     <w:rsid w:val="0071051A"/>
     <w:rsid w:val="007107DC"/>
     <w:rsid w:val="007107E9"/>
     <w:rsid w:val="00710A7F"/>
     <w:rsid w:val="007121E8"/>
     <w:rsid w:val="00712BC9"/>
     <w:rsid w:val="00713007"/>
     <w:rsid w:val="0071472A"/>
     <w:rsid w:val="00714CA6"/>
     <w:rsid w:val="00714EE5"/>
     <w:rsid w:val="007165C8"/>
     <w:rsid w:val="0071689B"/>
     <w:rsid w:val="00716CD4"/>
     <w:rsid w:val="00720EEC"/>
     <w:rsid w:val="007210D9"/>
     <w:rsid w:val="00721343"/>
+    <w:rsid w:val="00722CF7"/>
     <w:rsid w:val="007246CF"/>
     <w:rsid w:val="00724C08"/>
     <w:rsid w:val="007255BA"/>
     <w:rsid w:val="00725F29"/>
     <w:rsid w:val="00726B36"/>
     <w:rsid w:val="00727CD2"/>
     <w:rsid w:val="0073027D"/>
     <w:rsid w:val="007306E6"/>
     <w:rsid w:val="00730FFF"/>
     <w:rsid w:val="00731222"/>
     <w:rsid w:val="007317B9"/>
     <w:rsid w:val="00732284"/>
     <w:rsid w:val="00733924"/>
     <w:rsid w:val="00733C6D"/>
     <w:rsid w:val="00734177"/>
     <w:rsid w:val="00734551"/>
     <w:rsid w:val="0073625A"/>
     <w:rsid w:val="0073776F"/>
     <w:rsid w:val="00737795"/>
     <w:rsid w:val="00740CF5"/>
     <w:rsid w:val="00741CE9"/>
     <w:rsid w:val="00742415"/>
     <w:rsid w:val="00742CBC"/>
     <w:rsid w:val="00743A77"/>
     <w:rsid w:val="00743C37"/>
     <w:rsid w:val="007445B4"/>
     <w:rsid w:val="0074493D"/>
     <w:rsid w:val="00744B37"/>
     <w:rsid w:val="007454D0"/>
     <w:rsid w:val="00745511"/>
     <w:rsid w:val="00745899"/>
     <w:rsid w:val="00746011"/>
     <w:rsid w:val="0074643E"/>
     <w:rsid w:val="00746E52"/>
+    <w:rsid w:val="00747EE5"/>
     <w:rsid w:val="00750425"/>
     <w:rsid w:val="007508C8"/>
     <w:rsid w:val="00752B49"/>
     <w:rsid w:val="00753902"/>
     <w:rsid w:val="00755A56"/>
     <w:rsid w:val="00755E34"/>
     <w:rsid w:val="00756531"/>
     <w:rsid w:val="00756566"/>
     <w:rsid w:val="0075667D"/>
     <w:rsid w:val="0075706C"/>
     <w:rsid w:val="007600B9"/>
     <w:rsid w:val="00760A47"/>
     <w:rsid w:val="00760CAC"/>
     <w:rsid w:val="007610ED"/>
     <w:rsid w:val="0076172A"/>
     <w:rsid w:val="0076377F"/>
     <w:rsid w:val="007642DA"/>
     <w:rsid w:val="00764D90"/>
     <w:rsid w:val="00765445"/>
     <w:rsid w:val="007664A5"/>
     <w:rsid w:val="00766BF2"/>
     <w:rsid w:val="00766FEF"/>
     <w:rsid w:val="00767127"/>
     <w:rsid w:val="007707D8"/>
     <w:rsid w:val="00770EFF"/>
     <w:rsid w:val="007711B2"/>
     <w:rsid w:val="00771528"/>
     <w:rsid w:val="00771F21"/>
     <w:rsid w:val="00772193"/>
     <w:rsid w:val="00772223"/>
     <w:rsid w:val="007726D6"/>
     <w:rsid w:val="00772700"/>
     <w:rsid w:val="007738ED"/>
     <w:rsid w:val="00773D2C"/>
+    <w:rsid w:val="007754CE"/>
     <w:rsid w:val="007755A9"/>
     <w:rsid w:val="00775BCA"/>
+    <w:rsid w:val="00777A0E"/>
     <w:rsid w:val="00780E11"/>
     <w:rsid w:val="007827CB"/>
+    <w:rsid w:val="0078393D"/>
     <w:rsid w:val="00785C88"/>
     <w:rsid w:val="00785F71"/>
     <w:rsid w:val="007860DA"/>
     <w:rsid w:val="007870C7"/>
     <w:rsid w:val="00787C64"/>
     <w:rsid w:val="007904CE"/>
     <w:rsid w:val="00790635"/>
     <w:rsid w:val="0079098B"/>
     <w:rsid w:val="0079103D"/>
     <w:rsid w:val="00791196"/>
     <w:rsid w:val="00792B8A"/>
     <w:rsid w:val="0079547F"/>
     <w:rsid w:val="007957DC"/>
     <w:rsid w:val="007958FC"/>
     <w:rsid w:val="00795CC4"/>
     <w:rsid w:val="007A12A0"/>
     <w:rsid w:val="007A2598"/>
     <w:rsid w:val="007A3D77"/>
     <w:rsid w:val="007A40A6"/>
     <w:rsid w:val="007A41EE"/>
     <w:rsid w:val="007A42B1"/>
     <w:rsid w:val="007A4334"/>
     <w:rsid w:val="007A720C"/>
     <w:rsid w:val="007A7D75"/>
     <w:rsid w:val="007B0B19"/>
@@ -9373,100 +9215,108 @@
     <w:rsid w:val="007B500F"/>
     <w:rsid w:val="007B6290"/>
     <w:rsid w:val="007B6BB5"/>
     <w:rsid w:val="007B72F0"/>
     <w:rsid w:val="007B7391"/>
     <w:rsid w:val="007B778F"/>
     <w:rsid w:val="007B7B92"/>
     <w:rsid w:val="007C0F3D"/>
     <w:rsid w:val="007C101B"/>
     <w:rsid w:val="007C24CA"/>
     <w:rsid w:val="007C25BE"/>
     <w:rsid w:val="007C3C6B"/>
     <w:rsid w:val="007C520B"/>
     <w:rsid w:val="007C5F46"/>
     <w:rsid w:val="007D09D2"/>
     <w:rsid w:val="007D0EC2"/>
     <w:rsid w:val="007D205A"/>
     <w:rsid w:val="007D365E"/>
     <w:rsid w:val="007D3762"/>
     <w:rsid w:val="007D408E"/>
     <w:rsid w:val="007D4AAA"/>
     <w:rsid w:val="007D52C2"/>
     <w:rsid w:val="007D6AED"/>
     <w:rsid w:val="007D6F1D"/>
     <w:rsid w:val="007D747B"/>
+    <w:rsid w:val="007D78B4"/>
     <w:rsid w:val="007D7FBD"/>
     <w:rsid w:val="007E0C2E"/>
     <w:rsid w:val="007E16E4"/>
     <w:rsid w:val="007E26C1"/>
     <w:rsid w:val="007E407E"/>
     <w:rsid w:val="007E489C"/>
     <w:rsid w:val="007E4DF4"/>
     <w:rsid w:val="007E55A3"/>
     <w:rsid w:val="007E5AFB"/>
     <w:rsid w:val="007E5ED3"/>
     <w:rsid w:val="007E6E05"/>
     <w:rsid w:val="007E6FB8"/>
     <w:rsid w:val="007E7190"/>
     <w:rsid w:val="007F0F53"/>
     <w:rsid w:val="007F412D"/>
     <w:rsid w:val="007F4417"/>
     <w:rsid w:val="007F4B9E"/>
     <w:rsid w:val="007F4F1D"/>
     <w:rsid w:val="007F60C0"/>
     <w:rsid w:val="007F63C5"/>
     <w:rsid w:val="007F7196"/>
+    <w:rsid w:val="0080251A"/>
     <w:rsid w:val="0080262A"/>
     <w:rsid w:val="0080293A"/>
     <w:rsid w:val="008029B5"/>
     <w:rsid w:val="00802DEA"/>
     <w:rsid w:val="008035D2"/>
     <w:rsid w:val="00803ADD"/>
     <w:rsid w:val="00803AF9"/>
+    <w:rsid w:val="0080685C"/>
     <w:rsid w:val="008068BE"/>
     <w:rsid w:val="00806A5E"/>
     <w:rsid w:val="0080709C"/>
     <w:rsid w:val="008071F3"/>
     <w:rsid w:val="008074CB"/>
     <w:rsid w:val="0081051A"/>
     <w:rsid w:val="008107E8"/>
     <w:rsid w:val="008108D3"/>
     <w:rsid w:val="0081114E"/>
     <w:rsid w:val="00812335"/>
     <w:rsid w:val="00812555"/>
+    <w:rsid w:val="008150D5"/>
     <w:rsid w:val="008150E9"/>
+    <w:rsid w:val="00815739"/>
     <w:rsid w:val="00815E6B"/>
+    <w:rsid w:val="00815F2D"/>
     <w:rsid w:val="00816053"/>
     <w:rsid w:val="008169AF"/>
     <w:rsid w:val="00816B65"/>
     <w:rsid w:val="00816C2C"/>
     <w:rsid w:val="00816D30"/>
     <w:rsid w:val="00816FCE"/>
     <w:rsid w:val="0081708E"/>
     <w:rsid w:val="00820150"/>
     <w:rsid w:val="0082073E"/>
+    <w:rsid w:val="00821B7E"/>
+    <w:rsid w:val="0082316E"/>
     <w:rsid w:val="00823704"/>
     <w:rsid w:val="00823923"/>
     <w:rsid w:val="00825737"/>
     <w:rsid w:val="00825830"/>
     <w:rsid w:val="00825F0E"/>
     <w:rsid w:val="00826C98"/>
     <w:rsid w:val="008301CF"/>
     <w:rsid w:val="00831522"/>
     <w:rsid w:val="00832063"/>
     <w:rsid w:val="00832935"/>
     <w:rsid w:val="00834415"/>
     <w:rsid w:val="00834738"/>
     <w:rsid w:val="00835AE7"/>
     <w:rsid w:val="008360AC"/>
     <w:rsid w:val="00836463"/>
     <w:rsid w:val="008364A2"/>
     <w:rsid w:val="008376CC"/>
     <w:rsid w:val="0084047F"/>
     <w:rsid w:val="008404E2"/>
     <w:rsid w:val="00840EDB"/>
     <w:rsid w:val="00841155"/>
     <w:rsid w:val="0084170A"/>
     <w:rsid w:val="00841E1F"/>
     <w:rsid w:val="008425CB"/>
     <w:rsid w:val="0084371B"/>
@@ -9491,494 +9341,522 @@
     <w:rsid w:val="00860409"/>
     <w:rsid w:val="008614F6"/>
     <w:rsid w:val="00862BDD"/>
     <w:rsid w:val="00863255"/>
     <w:rsid w:val="00863FBF"/>
     <w:rsid w:val="00864A7C"/>
     <w:rsid w:val="00864DB9"/>
     <w:rsid w:val="00865923"/>
     <w:rsid w:val="0086723F"/>
     <w:rsid w:val="008715A6"/>
     <w:rsid w:val="00873475"/>
     <w:rsid w:val="008744F1"/>
     <w:rsid w:val="0087510B"/>
     <w:rsid w:val="00877445"/>
     <w:rsid w:val="0088021D"/>
     <w:rsid w:val="00880FE9"/>
     <w:rsid w:val="008816D6"/>
     <w:rsid w:val="00881F26"/>
     <w:rsid w:val="00882F11"/>
     <w:rsid w:val="00883CF3"/>
     <w:rsid w:val="00884B4F"/>
     <w:rsid w:val="008868D6"/>
     <w:rsid w:val="00890DF8"/>
     <w:rsid w:val="00892B06"/>
     <w:rsid w:val="00893102"/>
+    <w:rsid w:val="00895A56"/>
     <w:rsid w:val="008967B8"/>
     <w:rsid w:val="00896E6E"/>
     <w:rsid w:val="00896F7F"/>
     <w:rsid w:val="0089772F"/>
     <w:rsid w:val="008A14B2"/>
     <w:rsid w:val="008A18DD"/>
     <w:rsid w:val="008A19C9"/>
     <w:rsid w:val="008A1ECF"/>
     <w:rsid w:val="008A2A4B"/>
     <w:rsid w:val="008A3285"/>
     <w:rsid w:val="008A4209"/>
     <w:rsid w:val="008A5138"/>
     <w:rsid w:val="008A5900"/>
     <w:rsid w:val="008A5FD0"/>
     <w:rsid w:val="008A699C"/>
     <w:rsid w:val="008B109A"/>
     <w:rsid w:val="008B1653"/>
     <w:rsid w:val="008B195E"/>
     <w:rsid w:val="008B21CA"/>
     <w:rsid w:val="008B2C1B"/>
     <w:rsid w:val="008B2F0A"/>
     <w:rsid w:val="008B398B"/>
+    <w:rsid w:val="008B582A"/>
     <w:rsid w:val="008B5C9B"/>
     <w:rsid w:val="008B5EA1"/>
     <w:rsid w:val="008B6765"/>
     <w:rsid w:val="008B7BCD"/>
     <w:rsid w:val="008C0209"/>
+    <w:rsid w:val="008C1176"/>
     <w:rsid w:val="008C38C7"/>
     <w:rsid w:val="008C4152"/>
     <w:rsid w:val="008C4224"/>
     <w:rsid w:val="008C4BEA"/>
     <w:rsid w:val="008C5F49"/>
     <w:rsid w:val="008C6217"/>
     <w:rsid w:val="008C6EB6"/>
     <w:rsid w:val="008C722E"/>
     <w:rsid w:val="008C7479"/>
+    <w:rsid w:val="008C7B1B"/>
     <w:rsid w:val="008D10BD"/>
+    <w:rsid w:val="008D12FC"/>
     <w:rsid w:val="008D2093"/>
     <w:rsid w:val="008D2CFD"/>
     <w:rsid w:val="008D2F00"/>
     <w:rsid w:val="008D3574"/>
     <w:rsid w:val="008D4DC1"/>
     <w:rsid w:val="008D56BE"/>
     <w:rsid w:val="008D7602"/>
     <w:rsid w:val="008E005D"/>
     <w:rsid w:val="008E0929"/>
     <w:rsid w:val="008E0BA3"/>
     <w:rsid w:val="008E0CAF"/>
     <w:rsid w:val="008E10DA"/>
     <w:rsid w:val="008E1EEA"/>
     <w:rsid w:val="008E2AC8"/>
     <w:rsid w:val="008E3A28"/>
     <w:rsid w:val="008E432C"/>
     <w:rsid w:val="008E4FAD"/>
     <w:rsid w:val="008E672F"/>
     <w:rsid w:val="008E6B13"/>
     <w:rsid w:val="008E6B47"/>
     <w:rsid w:val="008E7920"/>
     <w:rsid w:val="008E7D97"/>
+    <w:rsid w:val="008F11DD"/>
     <w:rsid w:val="008F22E5"/>
     <w:rsid w:val="008F429B"/>
     <w:rsid w:val="008F469E"/>
     <w:rsid w:val="008F592A"/>
+    <w:rsid w:val="008F64CA"/>
     <w:rsid w:val="008F66E2"/>
     <w:rsid w:val="008F706E"/>
     <w:rsid w:val="008F73B3"/>
     <w:rsid w:val="00901B2D"/>
     <w:rsid w:val="009045B7"/>
     <w:rsid w:val="00904AF6"/>
     <w:rsid w:val="00904B43"/>
     <w:rsid w:val="00905730"/>
     <w:rsid w:val="00905773"/>
     <w:rsid w:val="00905C11"/>
     <w:rsid w:val="009066E9"/>
     <w:rsid w:val="009118D5"/>
     <w:rsid w:val="00911BAB"/>
     <w:rsid w:val="00912611"/>
     <w:rsid w:val="00912724"/>
     <w:rsid w:val="00914BB4"/>
     <w:rsid w:val="0091538C"/>
+    <w:rsid w:val="0091646D"/>
     <w:rsid w:val="009167E8"/>
     <w:rsid w:val="00920060"/>
     <w:rsid w:val="009202FC"/>
     <w:rsid w:val="00920728"/>
     <w:rsid w:val="00922488"/>
     <w:rsid w:val="009237C2"/>
     <w:rsid w:val="0092401D"/>
     <w:rsid w:val="00924108"/>
     <w:rsid w:val="0092461A"/>
     <w:rsid w:val="00925172"/>
     <w:rsid w:val="00926DEB"/>
     <w:rsid w:val="00927FE7"/>
     <w:rsid w:val="00931027"/>
     <w:rsid w:val="00931BA9"/>
     <w:rsid w:val="00932923"/>
     <w:rsid w:val="00932B8C"/>
     <w:rsid w:val="00932C0D"/>
     <w:rsid w:val="00932E60"/>
     <w:rsid w:val="00933C29"/>
     <w:rsid w:val="00933DD6"/>
     <w:rsid w:val="00933FC5"/>
     <w:rsid w:val="0093425B"/>
     <w:rsid w:val="00934283"/>
+    <w:rsid w:val="009351C6"/>
     <w:rsid w:val="0093543A"/>
     <w:rsid w:val="00935A35"/>
     <w:rsid w:val="0093737D"/>
     <w:rsid w:val="009374A4"/>
     <w:rsid w:val="009411FA"/>
     <w:rsid w:val="009420A2"/>
     <w:rsid w:val="009426C3"/>
     <w:rsid w:val="00942F71"/>
     <w:rsid w:val="00943048"/>
     <w:rsid w:val="009435B0"/>
     <w:rsid w:val="00943D7F"/>
     <w:rsid w:val="00943F46"/>
     <w:rsid w:val="00945C2E"/>
     <w:rsid w:val="00945FF1"/>
     <w:rsid w:val="009462E3"/>
     <w:rsid w:val="00946B81"/>
     <w:rsid w:val="00946CCB"/>
     <w:rsid w:val="0095089C"/>
     <w:rsid w:val="00950AE5"/>
     <w:rsid w:val="00951454"/>
     <w:rsid w:val="00952DAE"/>
     <w:rsid w:val="00952EF5"/>
     <w:rsid w:val="0095378F"/>
     <w:rsid w:val="00953979"/>
     <w:rsid w:val="0095612A"/>
     <w:rsid w:val="00956C43"/>
     <w:rsid w:val="00956F98"/>
     <w:rsid w:val="009604E4"/>
     <w:rsid w:val="009617A6"/>
     <w:rsid w:val="00961A4C"/>
     <w:rsid w:val="00962AD8"/>
+    <w:rsid w:val="009640D8"/>
     <w:rsid w:val="00966738"/>
     <w:rsid w:val="00966AFC"/>
     <w:rsid w:val="009673A0"/>
     <w:rsid w:val="0097008C"/>
     <w:rsid w:val="009702B9"/>
     <w:rsid w:val="00970E55"/>
     <w:rsid w:val="00971278"/>
     <w:rsid w:val="00971A50"/>
     <w:rsid w:val="009725A8"/>
     <w:rsid w:val="009725B6"/>
     <w:rsid w:val="00973E3D"/>
     <w:rsid w:val="00974896"/>
     <w:rsid w:val="00974B3E"/>
     <w:rsid w:val="00976382"/>
     <w:rsid w:val="00976695"/>
+    <w:rsid w:val="00976D7B"/>
     <w:rsid w:val="009777BB"/>
     <w:rsid w:val="00981BAA"/>
     <w:rsid w:val="00981D27"/>
+    <w:rsid w:val="009823ED"/>
     <w:rsid w:val="009828F3"/>
     <w:rsid w:val="00985B44"/>
     <w:rsid w:val="0098608B"/>
     <w:rsid w:val="009904B8"/>
     <w:rsid w:val="00990898"/>
     <w:rsid w:val="009913F6"/>
     <w:rsid w:val="00991650"/>
     <w:rsid w:val="00992045"/>
     <w:rsid w:val="00992DA3"/>
     <w:rsid w:val="009939A4"/>
     <w:rsid w:val="00993A98"/>
     <w:rsid w:val="009946B0"/>
     <w:rsid w:val="00994903"/>
     <w:rsid w:val="00995EB6"/>
     <w:rsid w:val="00996434"/>
     <w:rsid w:val="009974E2"/>
     <w:rsid w:val="00997BFE"/>
     <w:rsid w:val="009A150D"/>
     <w:rsid w:val="009A3556"/>
     <w:rsid w:val="009A37FE"/>
     <w:rsid w:val="009A5698"/>
     <w:rsid w:val="009A59A5"/>
     <w:rsid w:val="009A60C9"/>
     <w:rsid w:val="009A7418"/>
     <w:rsid w:val="009A79B9"/>
     <w:rsid w:val="009B1FB0"/>
     <w:rsid w:val="009B2BBC"/>
     <w:rsid w:val="009B352A"/>
     <w:rsid w:val="009B4088"/>
     <w:rsid w:val="009B49F1"/>
     <w:rsid w:val="009B4C36"/>
     <w:rsid w:val="009B5672"/>
     <w:rsid w:val="009B5728"/>
     <w:rsid w:val="009B5CD2"/>
     <w:rsid w:val="009B75A5"/>
+    <w:rsid w:val="009C039A"/>
     <w:rsid w:val="009C1D83"/>
     <w:rsid w:val="009C434C"/>
     <w:rsid w:val="009C4693"/>
     <w:rsid w:val="009C5F31"/>
     <w:rsid w:val="009C794F"/>
     <w:rsid w:val="009C79D2"/>
     <w:rsid w:val="009D0BDD"/>
     <w:rsid w:val="009D12DF"/>
     <w:rsid w:val="009D1B5F"/>
     <w:rsid w:val="009D34C9"/>
     <w:rsid w:val="009D4AA3"/>
     <w:rsid w:val="009D4BFA"/>
     <w:rsid w:val="009D4C6C"/>
     <w:rsid w:val="009D4D23"/>
     <w:rsid w:val="009D5357"/>
     <w:rsid w:val="009D5694"/>
     <w:rsid w:val="009E0179"/>
     <w:rsid w:val="009E0466"/>
     <w:rsid w:val="009E0B56"/>
     <w:rsid w:val="009E1231"/>
     <w:rsid w:val="009E126B"/>
     <w:rsid w:val="009E19BB"/>
     <w:rsid w:val="009E1E73"/>
     <w:rsid w:val="009E25E2"/>
     <w:rsid w:val="009E39EE"/>
     <w:rsid w:val="009E3EF4"/>
     <w:rsid w:val="009E4E50"/>
     <w:rsid w:val="009E564D"/>
     <w:rsid w:val="009E5925"/>
     <w:rsid w:val="009E593E"/>
     <w:rsid w:val="009E5BCE"/>
     <w:rsid w:val="009E6084"/>
+    <w:rsid w:val="009E6912"/>
     <w:rsid w:val="009E696A"/>
     <w:rsid w:val="009E6CBC"/>
     <w:rsid w:val="009E751D"/>
     <w:rsid w:val="009E7E9A"/>
     <w:rsid w:val="009F40BF"/>
     <w:rsid w:val="009F415E"/>
     <w:rsid w:val="009F4990"/>
     <w:rsid w:val="009F539C"/>
     <w:rsid w:val="009F6AFE"/>
     <w:rsid w:val="009F6E15"/>
     <w:rsid w:val="00A011C5"/>
     <w:rsid w:val="00A02115"/>
     <w:rsid w:val="00A03878"/>
     <w:rsid w:val="00A0451C"/>
     <w:rsid w:val="00A04994"/>
     <w:rsid w:val="00A04A7F"/>
     <w:rsid w:val="00A04F87"/>
     <w:rsid w:val="00A07CD6"/>
     <w:rsid w:val="00A119A1"/>
     <w:rsid w:val="00A12881"/>
     <w:rsid w:val="00A13168"/>
     <w:rsid w:val="00A163D1"/>
     <w:rsid w:val="00A16D57"/>
     <w:rsid w:val="00A16FBF"/>
     <w:rsid w:val="00A17146"/>
     <w:rsid w:val="00A17F71"/>
     <w:rsid w:val="00A20BF3"/>
     <w:rsid w:val="00A20D57"/>
     <w:rsid w:val="00A21BE7"/>
     <w:rsid w:val="00A21ED7"/>
     <w:rsid w:val="00A2202D"/>
     <w:rsid w:val="00A23087"/>
     <w:rsid w:val="00A241D8"/>
     <w:rsid w:val="00A24AE6"/>
+    <w:rsid w:val="00A25DDB"/>
     <w:rsid w:val="00A27265"/>
     <w:rsid w:val="00A27DE0"/>
     <w:rsid w:val="00A301E5"/>
     <w:rsid w:val="00A30A16"/>
     <w:rsid w:val="00A30CE6"/>
     <w:rsid w:val="00A310AB"/>
+    <w:rsid w:val="00A3143C"/>
     <w:rsid w:val="00A32B7D"/>
     <w:rsid w:val="00A32E42"/>
     <w:rsid w:val="00A33C6F"/>
     <w:rsid w:val="00A36933"/>
     <w:rsid w:val="00A37315"/>
     <w:rsid w:val="00A3751D"/>
     <w:rsid w:val="00A37D4E"/>
     <w:rsid w:val="00A41997"/>
     <w:rsid w:val="00A419D5"/>
     <w:rsid w:val="00A41F60"/>
     <w:rsid w:val="00A4255B"/>
     <w:rsid w:val="00A439DF"/>
     <w:rsid w:val="00A439E3"/>
     <w:rsid w:val="00A454B3"/>
     <w:rsid w:val="00A462BA"/>
     <w:rsid w:val="00A47169"/>
     <w:rsid w:val="00A5002C"/>
     <w:rsid w:val="00A5071A"/>
     <w:rsid w:val="00A53F93"/>
     <w:rsid w:val="00A53FF2"/>
     <w:rsid w:val="00A543AE"/>
     <w:rsid w:val="00A551C6"/>
     <w:rsid w:val="00A6013A"/>
     <w:rsid w:val="00A608F5"/>
     <w:rsid w:val="00A61379"/>
     <w:rsid w:val="00A61AD8"/>
     <w:rsid w:val="00A61D9E"/>
     <w:rsid w:val="00A61DE7"/>
     <w:rsid w:val="00A62546"/>
     <w:rsid w:val="00A625D5"/>
     <w:rsid w:val="00A63174"/>
     <w:rsid w:val="00A63798"/>
     <w:rsid w:val="00A638A0"/>
     <w:rsid w:val="00A6481B"/>
     <w:rsid w:val="00A66EA1"/>
     <w:rsid w:val="00A67088"/>
     <w:rsid w:val="00A67223"/>
     <w:rsid w:val="00A67944"/>
     <w:rsid w:val="00A67E65"/>
     <w:rsid w:val="00A706BE"/>
     <w:rsid w:val="00A716E7"/>
     <w:rsid w:val="00A7179F"/>
     <w:rsid w:val="00A71F87"/>
     <w:rsid w:val="00A726D8"/>
     <w:rsid w:val="00A732A6"/>
     <w:rsid w:val="00A75569"/>
     <w:rsid w:val="00A80572"/>
     <w:rsid w:val="00A80E49"/>
     <w:rsid w:val="00A843BC"/>
     <w:rsid w:val="00A84818"/>
+    <w:rsid w:val="00A850E5"/>
     <w:rsid w:val="00A852A0"/>
     <w:rsid w:val="00A86449"/>
     <w:rsid w:val="00A90779"/>
     <w:rsid w:val="00A90B5B"/>
     <w:rsid w:val="00A90F15"/>
     <w:rsid w:val="00A91B1D"/>
     <w:rsid w:val="00A930B9"/>
     <w:rsid w:val="00A93751"/>
     <w:rsid w:val="00A94552"/>
     <w:rsid w:val="00A95097"/>
     <w:rsid w:val="00A963DE"/>
     <w:rsid w:val="00A969B4"/>
     <w:rsid w:val="00A97829"/>
     <w:rsid w:val="00A97B59"/>
     <w:rsid w:val="00AA1EC9"/>
     <w:rsid w:val="00AA26BF"/>
+    <w:rsid w:val="00AA27B3"/>
     <w:rsid w:val="00AA30A6"/>
     <w:rsid w:val="00AA32D4"/>
     <w:rsid w:val="00AA35C7"/>
     <w:rsid w:val="00AA377F"/>
     <w:rsid w:val="00AA38A8"/>
     <w:rsid w:val="00AA3A0A"/>
     <w:rsid w:val="00AA4C24"/>
     <w:rsid w:val="00AA511F"/>
     <w:rsid w:val="00AA6174"/>
     <w:rsid w:val="00AA652F"/>
     <w:rsid w:val="00AA6B96"/>
     <w:rsid w:val="00AB2820"/>
     <w:rsid w:val="00AB4905"/>
     <w:rsid w:val="00AB4A9E"/>
     <w:rsid w:val="00AB5451"/>
     <w:rsid w:val="00AB622C"/>
     <w:rsid w:val="00AB6CB0"/>
     <w:rsid w:val="00AB6E29"/>
     <w:rsid w:val="00AC23E0"/>
     <w:rsid w:val="00AC4165"/>
     <w:rsid w:val="00AC4721"/>
+    <w:rsid w:val="00AC4A96"/>
     <w:rsid w:val="00AC5CB4"/>
     <w:rsid w:val="00AC5D5D"/>
     <w:rsid w:val="00AD0188"/>
     <w:rsid w:val="00AD175A"/>
     <w:rsid w:val="00AD1E0F"/>
     <w:rsid w:val="00AD2DE6"/>
     <w:rsid w:val="00AD30CB"/>
     <w:rsid w:val="00AD4463"/>
+    <w:rsid w:val="00AD635E"/>
     <w:rsid w:val="00AD737F"/>
     <w:rsid w:val="00AD7DCD"/>
     <w:rsid w:val="00AD7FF3"/>
     <w:rsid w:val="00AE019C"/>
     <w:rsid w:val="00AE0B45"/>
     <w:rsid w:val="00AE1D40"/>
     <w:rsid w:val="00AE23EA"/>
     <w:rsid w:val="00AE2660"/>
     <w:rsid w:val="00AE31BA"/>
     <w:rsid w:val="00AE578A"/>
     <w:rsid w:val="00AE6BAE"/>
     <w:rsid w:val="00AE7450"/>
     <w:rsid w:val="00AE76D5"/>
     <w:rsid w:val="00AF3228"/>
+    <w:rsid w:val="00AF3A63"/>
     <w:rsid w:val="00AF3B29"/>
     <w:rsid w:val="00AF4408"/>
     <w:rsid w:val="00AF6B7F"/>
     <w:rsid w:val="00AF7529"/>
     <w:rsid w:val="00AF7F16"/>
     <w:rsid w:val="00B00568"/>
     <w:rsid w:val="00B00BB9"/>
     <w:rsid w:val="00B00FAF"/>
     <w:rsid w:val="00B01230"/>
     <w:rsid w:val="00B01295"/>
     <w:rsid w:val="00B0165A"/>
+    <w:rsid w:val="00B0293B"/>
     <w:rsid w:val="00B02C99"/>
     <w:rsid w:val="00B0323F"/>
     <w:rsid w:val="00B0337D"/>
     <w:rsid w:val="00B06083"/>
     <w:rsid w:val="00B06BA9"/>
     <w:rsid w:val="00B06C75"/>
+    <w:rsid w:val="00B0741A"/>
     <w:rsid w:val="00B10257"/>
     <w:rsid w:val="00B11514"/>
     <w:rsid w:val="00B1153A"/>
     <w:rsid w:val="00B12667"/>
     <w:rsid w:val="00B151BF"/>
     <w:rsid w:val="00B1557A"/>
     <w:rsid w:val="00B1607D"/>
     <w:rsid w:val="00B16179"/>
     <w:rsid w:val="00B16268"/>
     <w:rsid w:val="00B17719"/>
     <w:rsid w:val="00B17811"/>
+    <w:rsid w:val="00B17A82"/>
     <w:rsid w:val="00B217A6"/>
     <w:rsid w:val="00B221FC"/>
     <w:rsid w:val="00B22351"/>
     <w:rsid w:val="00B2309C"/>
     <w:rsid w:val="00B23DD2"/>
     <w:rsid w:val="00B248DF"/>
     <w:rsid w:val="00B26FD4"/>
     <w:rsid w:val="00B303B0"/>
     <w:rsid w:val="00B303DB"/>
     <w:rsid w:val="00B3082E"/>
+    <w:rsid w:val="00B30F0E"/>
     <w:rsid w:val="00B317E0"/>
     <w:rsid w:val="00B31C68"/>
     <w:rsid w:val="00B31F71"/>
     <w:rsid w:val="00B33874"/>
     <w:rsid w:val="00B35A24"/>
     <w:rsid w:val="00B35FD7"/>
     <w:rsid w:val="00B40867"/>
     <w:rsid w:val="00B40DA7"/>
     <w:rsid w:val="00B418AB"/>
     <w:rsid w:val="00B419D1"/>
     <w:rsid w:val="00B42014"/>
     <w:rsid w:val="00B42E96"/>
+    <w:rsid w:val="00B42EFD"/>
     <w:rsid w:val="00B43B05"/>
     <w:rsid w:val="00B446E6"/>
     <w:rsid w:val="00B44D87"/>
     <w:rsid w:val="00B461A6"/>
     <w:rsid w:val="00B46487"/>
     <w:rsid w:val="00B50735"/>
     <w:rsid w:val="00B51DEF"/>
     <w:rsid w:val="00B520B8"/>
     <w:rsid w:val="00B52109"/>
     <w:rsid w:val="00B52D81"/>
     <w:rsid w:val="00B53F79"/>
     <w:rsid w:val="00B55B34"/>
     <w:rsid w:val="00B55E6D"/>
     <w:rsid w:val="00B568B5"/>
     <w:rsid w:val="00B56BAD"/>
     <w:rsid w:val="00B56BD6"/>
     <w:rsid w:val="00B577A7"/>
     <w:rsid w:val="00B611FB"/>
+    <w:rsid w:val="00B61253"/>
     <w:rsid w:val="00B62B8C"/>
     <w:rsid w:val="00B62C79"/>
     <w:rsid w:val="00B64554"/>
     <w:rsid w:val="00B671AF"/>
     <w:rsid w:val="00B67826"/>
     <w:rsid w:val="00B6795F"/>
     <w:rsid w:val="00B71271"/>
     <w:rsid w:val="00B71A5E"/>
+    <w:rsid w:val="00B72D33"/>
     <w:rsid w:val="00B72D3E"/>
     <w:rsid w:val="00B72F14"/>
     <w:rsid w:val="00B746FA"/>
     <w:rsid w:val="00B754A6"/>
     <w:rsid w:val="00B75982"/>
     <w:rsid w:val="00B7633C"/>
     <w:rsid w:val="00B765E3"/>
     <w:rsid w:val="00B7663E"/>
     <w:rsid w:val="00B7714F"/>
     <w:rsid w:val="00B820DB"/>
     <w:rsid w:val="00B8310F"/>
     <w:rsid w:val="00B8328B"/>
     <w:rsid w:val="00B850D9"/>
     <w:rsid w:val="00B87990"/>
     <w:rsid w:val="00B87ED2"/>
     <w:rsid w:val="00B91348"/>
     <w:rsid w:val="00B935AC"/>
     <w:rsid w:val="00B94261"/>
     <w:rsid w:val="00B962FA"/>
     <w:rsid w:val="00B96B1C"/>
     <w:rsid w:val="00B972D8"/>
     <w:rsid w:val="00B975EA"/>
     <w:rsid w:val="00B97FF5"/>
     <w:rsid w:val="00BA30F1"/>
     <w:rsid w:val="00BA4679"/>
@@ -10075,216 +9953,230 @@
     <w:rsid w:val="00C513CA"/>
     <w:rsid w:val="00C51FB8"/>
     <w:rsid w:val="00C524F6"/>
     <w:rsid w:val="00C53747"/>
     <w:rsid w:val="00C53CC0"/>
     <w:rsid w:val="00C53E4F"/>
     <w:rsid w:val="00C5571D"/>
     <w:rsid w:val="00C56F01"/>
     <w:rsid w:val="00C5712B"/>
     <w:rsid w:val="00C60567"/>
     <w:rsid w:val="00C609B6"/>
     <w:rsid w:val="00C61083"/>
     <w:rsid w:val="00C6134B"/>
     <w:rsid w:val="00C61C4F"/>
     <w:rsid w:val="00C62700"/>
     <w:rsid w:val="00C6277B"/>
     <w:rsid w:val="00C630CB"/>
     <w:rsid w:val="00C65858"/>
     <w:rsid w:val="00C658BD"/>
     <w:rsid w:val="00C6667D"/>
     <w:rsid w:val="00C67952"/>
     <w:rsid w:val="00C67B53"/>
     <w:rsid w:val="00C67C11"/>
     <w:rsid w:val="00C7034B"/>
     <w:rsid w:val="00C70797"/>
+    <w:rsid w:val="00C707A4"/>
     <w:rsid w:val="00C70E0C"/>
     <w:rsid w:val="00C7406C"/>
     <w:rsid w:val="00C74310"/>
     <w:rsid w:val="00C74911"/>
+    <w:rsid w:val="00C7761D"/>
     <w:rsid w:val="00C77D4A"/>
     <w:rsid w:val="00C801D4"/>
     <w:rsid w:val="00C80299"/>
     <w:rsid w:val="00C811AC"/>
     <w:rsid w:val="00C81A35"/>
     <w:rsid w:val="00C8209B"/>
     <w:rsid w:val="00C83E48"/>
     <w:rsid w:val="00C847DA"/>
     <w:rsid w:val="00C84D82"/>
     <w:rsid w:val="00C92CF7"/>
     <w:rsid w:val="00C93874"/>
     <w:rsid w:val="00C94837"/>
     <w:rsid w:val="00C96E38"/>
     <w:rsid w:val="00C9712A"/>
     <w:rsid w:val="00CA07D5"/>
     <w:rsid w:val="00CA08EC"/>
     <w:rsid w:val="00CA0AB3"/>
     <w:rsid w:val="00CA363B"/>
     <w:rsid w:val="00CA43F3"/>
     <w:rsid w:val="00CA653A"/>
     <w:rsid w:val="00CA75B0"/>
     <w:rsid w:val="00CA792C"/>
     <w:rsid w:val="00CB1E2D"/>
     <w:rsid w:val="00CB1EBC"/>
     <w:rsid w:val="00CB2012"/>
     <w:rsid w:val="00CB6397"/>
     <w:rsid w:val="00CB6551"/>
     <w:rsid w:val="00CB6C51"/>
     <w:rsid w:val="00CB7672"/>
+    <w:rsid w:val="00CC286A"/>
     <w:rsid w:val="00CC2923"/>
     <w:rsid w:val="00CC2D4A"/>
     <w:rsid w:val="00CC4350"/>
     <w:rsid w:val="00CC4580"/>
+    <w:rsid w:val="00CC47BB"/>
+    <w:rsid w:val="00CC59B9"/>
     <w:rsid w:val="00CC5EB5"/>
     <w:rsid w:val="00CC7A80"/>
     <w:rsid w:val="00CD0416"/>
     <w:rsid w:val="00CD2A68"/>
     <w:rsid w:val="00CD3157"/>
     <w:rsid w:val="00CD3877"/>
     <w:rsid w:val="00CD629F"/>
     <w:rsid w:val="00CD6DC0"/>
+    <w:rsid w:val="00CD7114"/>
+    <w:rsid w:val="00CD7B22"/>
     <w:rsid w:val="00CD7B9E"/>
     <w:rsid w:val="00CD7C13"/>
     <w:rsid w:val="00CE168E"/>
     <w:rsid w:val="00CE2631"/>
     <w:rsid w:val="00CE499B"/>
     <w:rsid w:val="00CE4A09"/>
     <w:rsid w:val="00CE57DF"/>
     <w:rsid w:val="00CE58E9"/>
     <w:rsid w:val="00CE6936"/>
     <w:rsid w:val="00CE6C58"/>
     <w:rsid w:val="00CE7976"/>
     <w:rsid w:val="00CF03A2"/>
     <w:rsid w:val="00CF0CFA"/>
     <w:rsid w:val="00CF0D2D"/>
     <w:rsid w:val="00CF121F"/>
     <w:rsid w:val="00CF1618"/>
     <w:rsid w:val="00CF17BD"/>
     <w:rsid w:val="00CF1FC5"/>
     <w:rsid w:val="00CF2A63"/>
     <w:rsid w:val="00CF3087"/>
     <w:rsid w:val="00CF3A55"/>
     <w:rsid w:val="00CF4B4B"/>
     <w:rsid w:val="00CF4D5D"/>
     <w:rsid w:val="00CF520C"/>
     <w:rsid w:val="00CF5B21"/>
     <w:rsid w:val="00CF5E56"/>
     <w:rsid w:val="00CF64B3"/>
     <w:rsid w:val="00CF6D7C"/>
     <w:rsid w:val="00CF7C79"/>
     <w:rsid w:val="00CF7CE7"/>
     <w:rsid w:val="00D0038C"/>
     <w:rsid w:val="00D006EE"/>
     <w:rsid w:val="00D00AF9"/>
     <w:rsid w:val="00D016E8"/>
     <w:rsid w:val="00D016EB"/>
     <w:rsid w:val="00D01873"/>
     <w:rsid w:val="00D03DD3"/>
+    <w:rsid w:val="00D04063"/>
     <w:rsid w:val="00D04B32"/>
     <w:rsid w:val="00D0559A"/>
     <w:rsid w:val="00D0658B"/>
     <w:rsid w:val="00D06A07"/>
+    <w:rsid w:val="00D072B2"/>
     <w:rsid w:val="00D07CC1"/>
     <w:rsid w:val="00D10262"/>
     <w:rsid w:val="00D12E3A"/>
     <w:rsid w:val="00D14016"/>
     <w:rsid w:val="00D15465"/>
     <w:rsid w:val="00D15B92"/>
     <w:rsid w:val="00D15D87"/>
+    <w:rsid w:val="00D20D89"/>
     <w:rsid w:val="00D22255"/>
     <w:rsid w:val="00D225FE"/>
     <w:rsid w:val="00D246C0"/>
     <w:rsid w:val="00D24768"/>
     <w:rsid w:val="00D258E9"/>
     <w:rsid w:val="00D30DAE"/>
     <w:rsid w:val="00D31018"/>
     <w:rsid w:val="00D31124"/>
     <w:rsid w:val="00D322CE"/>
     <w:rsid w:val="00D338AA"/>
     <w:rsid w:val="00D33BC4"/>
     <w:rsid w:val="00D33F8A"/>
     <w:rsid w:val="00D34472"/>
     <w:rsid w:val="00D3486F"/>
     <w:rsid w:val="00D35AB1"/>
     <w:rsid w:val="00D36B81"/>
     <w:rsid w:val="00D36E39"/>
     <w:rsid w:val="00D37790"/>
     <w:rsid w:val="00D37DBA"/>
     <w:rsid w:val="00D4002B"/>
     <w:rsid w:val="00D401EE"/>
     <w:rsid w:val="00D40238"/>
     <w:rsid w:val="00D40497"/>
     <w:rsid w:val="00D407F8"/>
     <w:rsid w:val="00D40823"/>
+    <w:rsid w:val="00D40D4E"/>
     <w:rsid w:val="00D41797"/>
     <w:rsid w:val="00D41B3B"/>
     <w:rsid w:val="00D42D55"/>
+    <w:rsid w:val="00D44E7C"/>
     <w:rsid w:val="00D47746"/>
     <w:rsid w:val="00D47965"/>
     <w:rsid w:val="00D514FA"/>
     <w:rsid w:val="00D51967"/>
     <w:rsid w:val="00D53A26"/>
     <w:rsid w:val="00D54C98"/>
     <w:rsid w:val="00D55800"/>
     <w:rsid w:val="00D558E3"/>
     <w:rsid w:val="00D55E7C"/>
     <w:rsid w:val="00D57DC6"/>
     <w:rsid w:val="00D603E2"/>
     <w:rsid w:val="00D606A0"/>
     <w:rsid w:val="00D606BC"/>
     <w:rsid w:val="00D616D5"/>
+    <w:rsid w:val="00D62639"/>
     <w:rsid w:val="00D64947"/>
     <w:rsid w:val="00D652F9"/>
     <w:rsid w:val="00D66B39"/>
     <w:rsid w:val="00D67AA7"/>
     <w:rsid w:val="00D70584"/>
     <w:rsid w:val="00D7203C"/>
     <w:rsid w:val="00D724FA"/>
     <w:rsid w:val="00D732FA"/>
     <w:rsid w:val="00D738D9"/>
     <w:rsid w:val="00D75CC7"/>
     <w:rsid w:val="00D75CDF"/>
     <w:rsid w:val="00D7673A"/>
     <w:rsid w:val="00D81665"/>
     <w:rsid w:val="00D82772"/>
     <w:rsid w:val="00D82DB1"/>
     <w:rsid w:val="00D832FC"/>
     <w:rsid w:val="00D834AC"/>
     <w:rsid w:val="00D8353F"/>
     <w:rsid w:val="00D837D5"/>
     <w:rsid w:val="00D8408E"/>
     <w:rsid w:val="00D850FB"/>
     <w:rsid w:val="00D86A91"/>
     <w:rsid w:val="00D86DA3"/>
     <w:rsid w:val="00D86FC5"/>
     <w:rsid w:val="00D91DB7"/>
     <w:rsid w:val="00D92919"/>
     <w:rsid w:val="00D93114"/>
     <w:rsid w:val="00D93758"/>
     <w:rsid w:val="00D941EA"/>
     <w:rsid w:val="00D9435C"/>
     <w:rsid w:val="00D94F6E"/>
+    <w:rsid w:val="00D957DC"/>
     <w:rsid w:val="00D95CA2"/>
     <w:rsid w:val="00D97839"/>
     <w:rsid w:val="00D97BBB"/>
     <w:rsid w:val="00D97C06"/>
     <w:rsid w:val="00DA017E"/>
     <w:rsid w:val="00DA05D2"/>
     <w:rsid w:val="00DA0FB4"/>
     <w:rsid w:val="00DA2BA0"/>
     <w:rsid w:val="00DA336A"/>
     <w:rsid w:val="00DA3C7D"/>
     <w:rsid w:val="00DA4514"/>
     <w:rsid w:val="00DA5805"/>
     <w:rsid w:val="00DA6368"/>
     <w:rsid w:val="00DA6536"/>
     <w:rsid w:val="00DA6CF3"/>
     <w:rsid w:val="00DA7424"/>
     <w:rsid w:val="00DA79D3"/>
     <w:rsid w:val="00DA7B74"/>
     <w:rsid w:val="00DB13E2"/>
     <w:rsid w:val="00DB3219"/>
     <w:rsid w:val="00DB33DC"/>
     <w:rsid w:val="00DB63A0"/>
     <w:rsid w:val="00DB6A17"/>
     <w:rsid w:val="00DB6C7D"/>
     <w:rsid w:val="00DC0CB8"/>
@@ -10293,346 +10185,365 @@
     <w:rsid w:val="00DC2CA3"/>
     <w:rsid w:val="00DC3079"/>
     <w:rsid w:val="00DC3A0A"/>
     <w:rsid w:val="00DC52C0"/>
     <w:rsid w:val="00DC6246"/>
     <w:rsid w:val="00DC6350"/>
     <w:rsid w:val="00DC67C6"/>
     <w:rsid w:val="00DD1117"/>
     <w:rsid w:val="00DD1344"/>
     <w:rsid w:val="00DD180F"/>
     <w:rsid w:val="00DD1AF6"/>
     <w:rsid w:val="00DD2143"/>
     <w:rsid w:val="00DD353E"/>
     <w:rsid w:val="00DD46A3"/>
     <w:rsid w:val="00DD5EBA"/>
     <w:rsid w:val="00DD672F"/>
     <w:rsid w:val="00DE1176"/>
     <w:rsid w:val="00DE49D4"/>
     <w:rsid w:val="00DE6FD8"/>
     <w:rsid w:val="00DF0DD6"/>
     <w:rsid w:val="00DF2E5C"/>
     <w:rsid w:val="00DF3005"/>
     <w:rsid w:val="00DF3C68"/>
     <w:rsid w:val="00DF4207"/>
     <w:rsid w:val="00DF478E"/>
+    <w:rsid w:val="00DF49DC"/>
     <w:rsid w:val="00DF5C8F"/>
     <w:rsid w:val="00DF60F7"/>
     <w:rsid w:val="00E01B2F"/>
     <w:rsid w:val="00E0393D"/>
     <w:rsid w:val="00E042F8"/>
     <w:rsid w:val="00E04828"/>
     <w:rsid w:val="00E04AE7"/>
     <w:rsid w:val="00E04E34"/>
     <w:rsid w:val="00E060DD"/>
     <w:rsid w:val="00E06161"/>
     <w:rsid w:val="00E06430"/>
     <w:rsid w:val="00E07F60"/>
     <w:rsid w:val="00E11DED"/>
     <w:rsid w:val="00E1224F"/>
     <w:rsid w:val="00E12F7F"/>
     <w:rsid w:val="00E13311"/>
     <w:rsid w:val="00E13392"/>
     <w:rsid w:val="00E13569"/>
+    <w:rsid w:val="00E1359F"/>
     <w:rsid w:val="00E14DE8"/>
     <w:rsid w:val="00E1518D"/>
     <w:rsid w:val="00E15281"/>
     <w:rsid w:val="00E1668B"/>
     <w:rsid w:val="00E1736C"/>
     <w:rsid w:val="00E20BDF"/>
     <w:rsid w:val="00E2168B"/>
     <w:rsid w:val="00E22C0D"/>
     <w:rsid w:val="00E23196"/>
     <w:rsid w:val="00E23F5A"/>
     <w:rsid w:val="00E24911"/>
     <w:rsid w:val="00E249D8"/>
     <w:rsid w:val="00E24AAA"/>
     <w:rsid w:val="00E26595"/>
     <w:rsid w:val="00E27ED9"/>
     <w:rsid w:val="00E301F4"/>
     <w:rsid w:val="00E31011"/>
     <w:rsid w:val="00E332A8"/>
     <w:rsid w:val="00E334FC"/>
     <w:rsid w:val="00E34042"/>
     <w:rsid w:val="00E34DFE"/>
     <w:rsid w:val="00E3558D"/>
     <w:rsid w:val="00E3576C"/>
     <w:rsid w:val="00E4019F"/>
     <w:rsid w:val="00E4056F"/>
     <w:rsid w:val="00E420C9"/>
     <w:rsid w:val="00E44C71"/>
     <w:rsid w:val="00E4538E"/>
     <w:rsid w:val="00E50B9B"/>
     <w:rsid w:val="00E53341"/>
     <w:rsid w:val="00E53C72"/>
     <w:rsid w:val="00E561B2"/>
     <w:rsid w:val="00E5669E"/>
     <w:rsid w:val="00E56E30"/>
     <w:rsid w:val="00E57DCC"/>
     <w:rsid w:val="00E60F8E"/>
     <w:rsid w:val="00E616B6"/>
     <w:rsid w:val="00E61BAC"/>
     <w:rsid w:val="00E62A4C"/>
     <w:rsid w:val="00E63523"/>
     <w:rsid w:val="00E64973"/>
     <w:rsid w:val="00E64FBA"/>
     <w:rsid w:val="00E651C9"/>
     <w:rsid w:val="00E6570A"/>
     <w:rsid w:val="00E670B0"/>
     <w:rsid w:val="00E6718B"/>
     <w:rsid w:val="00E70234"/>
     <w:rsid w:val="00E74359"/>
     <w:rsid w:val="00E75981"/>
     <w:rsid w:val="00E76676"/>
+    <w:rsid w:val="00E77196"/>
     <w:rsid w:val="00E81A9B"/>
     <w:rsid w:val="00E823D8"/>
+    <w:rsid w:val="00E8564B"/>
     <w:rsid w:val="00E860DD"/>
     <w:rsid w:val="00E90F83"/>
     <w:rsid w:val="00E91451"/>
     <w:rsid w:val="00E91832"/>
     <w:rsid w:val="00E92B14"/>
     <w:rsid w:val="00E95235"/>
     <w:rsid w:val="00E9536F"/>
     <w:rsid w:val="00E957EF"/>
     <w:rsid w:val="00E95E0C"/>
     <w:rsid w:val="00E9631C"/>
     <w:rsid w:val="00E96545"/>
     <w:rsid w:val="00EA0069"/>
     <w:rsid w:val="00EA0627"/>
     <w:rsid w:val="00EA0B8E"/>
     <w:rsid w:val="00EA19A0"/>
     <w:rsid w:val="00EA303A"/>
     <w:rsid w:val="00EA34A1"/>
     <w:rsid w:val="00EA36E0"/>
     <w:rsid w:val="00EA380A"/>
     <w:rsid w:val="00EA3CF9"/>
     <w:rsid w:val="00EA3DBD"/>
     <w:rsid w:val="00EA48B7"/>
     <w:rsid w:val="00EA54B3"/>
     <w:rsid w:val="00EA6336"/>
     <w:rsid w:val="00EA6FF5"/>
     <w:rsid w:val="00EA7B99"/>
     <w:rsid w:val="00EB0A5A"/>
     <w:rsid w:val="00EB2B89"/>
+    <w:rsid w:val="00EB3C84"/>
     <w:rsid w:val="00EB5298"/>
+    <w:rsid w:val="00EB611A"/>
     <w:rsid w:val="00EB6474"/>
     <w:rsid w:val="00EB6556"/>
     <w:rsid w:val="00EB6789"/>
     <w:rsid w:val="00EB78DE"/>
     <w:rsid w:val="00EB7958"/>
     <w:rsid w:val="00EC00B8"/>
     <w:rsid w:val="00EC00E2"/>
     <w:rsid w:val="00EC0428"/>
     <w:rsid w:val="00EC0951"/>
     <w:rsid w:val="00EC1A71"/>
     <w:rsid w:val="00EC2006"/>
     <w:rsid w:val="00EC2322"/>
+    <w:rsid w:val="00EC3EB4"/>
     <w:rsid w:val="00EC443C"/>
     <w:rsid w:val="00EC534F"/>
+    <w:rsid w:val="00EC7070"/>
     <w:rsid w:val="00EC7F3D"/>
     <w:rsid w:val="00ED166A"/>
     <w:rsid w:val="00ED1A71"/>
     <w:rsid w:val="00ED1F7B"/>
+    <w:rsid w:val="00ED3B16"/>
     <w:rsid w:val="00ED40AC"/>
     <w:rsid w:val="00ED4A1D"/>
     <w:rsid w:val="00ED56CF"/>
     <w:rsid w:val="00ED5AE2"/>
     <w:rsid w:val="00ED5D3F"/>
     <w:rsid w:val="00ED68E1"/>
     <w:rsid w:val="00ED6905"/>
     <w:rsid w:val="00EE08F5"/>
     <w:rsid w:val="00EE0A75"/>
     <w:rsid w:val="00EE0BB1"/>
     <w:rsid w:val="00EE0F5D"/>
+    <w:rsid w:val="00EE22BB"/>
     <w:rsid w:val="00EE25A8"/>
     <w:rsid w:val="00EE38D4"/>
     <w:rsid w:val="00EE41C3"/>
     <w:rsid w:val="00EE4897"/>
     <w:rsid w:val="00EE5494"/>
     <w:rsid w:val="00EE5E55"/>
     <w:rsid w:val="00EE6CD5"/>
     <w:rsid w:val="00EE6E61"/>
     <w:rsid w:val="00EE7F4A"/>
     <w:rsid w:val="00EF0178"/>
     <w:rsid w:val="00EF0972"/>
     <w:rsid w:val="00EF1188"/>
     <w:rsid w:val="00EF1A46"/>
     <w:rsid w:val="00EF2319"/>
     <w:rsid w:val="00EF34C5"/>
     <w:rsid w:val="00EF4654"/>
     <w:rsid w:val="00EF5085"/>
     <w:rsid w:val="00EF5F83"/>
     <w:rsid w:val="00EF6EBE"/>
     <w:rsid w:val="00EF7609"/>
     <w:rsid w:val="00F01088"/>
     <w:rsid w:val="00F01631"/>
     <w:rsid w:val="00F01633"/>
     <w:rsid w:val="00F0198B"/>
     <w:rsid w:val="00F02034"/>
     <w:rsid w:val="00F02B8C"/>
     <w:rsid w:val="00F03BEF"/>
     <w:rsid w:val="00F04642"/>
     <w:rsid w:val="00F05756"/>
     <w:rsid w:val="00F0621F"/>
     <w:rsid w:val="00F06842"/>
+    <w:rsid w:val="00F07418"/>
     <w:rsid w:val="00F07D2C"/>
     <w:rsid w:val="00F10E06"/>
     <w:rsid w:val="00F120A1"/>
     <w:rsid w:val="00F12F3C"/>
     <w:rsid w:val="00F1490A"/>
     <w:rsid w:val="00F16127"/>
     <w:rsid w:val="00F164DE"/>
     <w:rsid w:val="00F16F7A"/>
     <w:rsid w:val="00F17C4E"/>
     <w:rsid w:val="00F21A24"/>
     <w:rsid w:val="00F22385"/>
     <w:rsid w:val="00F256A4"/>
     <w:rsid w:val="00F26998"/>
     <w:rsid w:val="00F30385"/>
     <w:rsid w:val="00F30B6C"/>
     <w:rsid w:val="00F30D4F"/>
     <w:rsid w:val="00F31C72"/>
     <w:rsid w:val="00F328DF"/>
     <w:rsid w:val="00F329C0"/>
     <w:rsid w:val="00F32D7F"/>
     <w:rsid w:val="00F33033"/>
     <w:rsid w:val="00F33BE9"/>
     <w:rsid w:val="00F33CD0"/>
     <w:rsid w:val="00F348F5"/>
     <w:rsid w:val="00F34A63"/>
     <w:rsid w:val="00F3524B"/>
     <w:rsid w:val="00F35754"/>
     <w:rsid w:val="00F35B6D"/>
     <w:rsid w:val="00F37218"/>
     <w:rsid w:val="00F37234"/>
     <w:rsid w:val="00F41474"/>
     <w:rsid w:val="00F41724"/>
     <w:rsid w:val="00F433F5"/>
     <w:rsid w:val="00F4372B"/>
     <w:rsid w:val="00F43776"/>
     <w:rsid w:val="00F44A18"/>
     <w:rsid w:val="00F44F86"/>
     <w:rsid w:val="00F470EB"/>
     <w:rsid w:val="00F477CE"/>
     <w:rsid w:val="00F4783C"/>
     <w:rsid w:val="00F47B4F"/>
     <w:rsid w:val="00F500B4"/>
     <w:rsid w:val="00F50627"/>
     <w:rsid w:val="00F507F1"/>
     <w:rsid w:val="00F51A24"/>
     <w:rsid w:val="00F53806"/>
     <w:rsid w:val="00F54015"/>
+    <w:rsid w:val="00F54606"/>
     <w:rsid w:val="00F5533C"/>
     <w:rsid w:val="00F5681D"/>
     <w:rsid w:val="00F5694E"/>
     <w:rsid w:val="00F56BF4"/>
     <w:rsid w:val="00F56CB1"/>
     <w:rsid w:val="00F600C3"/>
     <w:rsid w:val="00F613D1"/>
     <w:rsid w:val="00F61B42"/>
     <w:rsid w:val="00F632EA"/>
     <w:rsid w:val="00F634B1"/>
     <w:rsid w:val="00F639D7"/>
     <w:rsid w:val="00F6415F"/>
     <w:rsid w:val="00F642A8"/>
     <w:rsid w:val="00F644CF"/>
     <w:rsid w:val="00F6577A"/>
     <w:rsid w:val="00F659A9"/>
     <w:rsid w:val="00F65DC3"/>
     <w:rsid w:val="00F66040"/>
     <w:rsid w:val="00F6685B"/>
     <w:rsid w:val="00F677A4"/>
     <w:rsid w:val="00F678EB"/>
     <w:rsid w:val="00F701D2"/>
     <w:rsid w:val="00F70224"/>
     <w:rsid w:val="00F7142E"/>
+    <w:rsid w:val="00F71F31"/>
     <w:rsid w:val="00F72F67"/>
     <w:rsid w:val="00F75000"/>
     <w:rsid w:val="00F7665E"/>
     <w:rsid w:val="00F76D94"/>
     <w:rsid w:val="00F814E3"/>
     <w:rsid w:val="00F81E50"/>
     <w:rsid w:val="00F82D60"/>
     <w:rsid w:val="00F8467A"/>
     <w:rsid w:val="00F84963"/>
     <w:rsid w:val="00F851E3"/>
     <w:rsid w:val="00F8556C"/>
     <w:rsid w:val="00F857D5"/>
     <w:rsid w:val="00F860E0"/>
     <w:rsid w:val="00F8676E"/>
     <w:rsid w:val="00F87E8D"/>
     <w:rsid w:val="00F90CD4"/>
     <w:rsid w:val="00F9133B"/>
     <w:rsid w:val="00F933E2"/>
     <w:rsid w:val="00F93449"/>
+    <w:rsid w:val="00F93C0A"/>
     <w:rsid w:val="00F94C8C"/>
     <w:rsid w:val="00F956DC"/>
+    <w:rsid w:val="00F97BDD"/>
     <w:rsid w:val="00FA0586"/>
     <w:rsid w:val="00FA24A9"/>
     <w:rsid w:val="00FA2BF5"/>
     <w:rsid w:val="00FA2E9B"/>
     <w:rsid w:val="00FA3657"/>
     <w:rsid w:val="00FA50B1"/>
     <w:rsid w:val="00FA5138"/>
+    <w:rsid w:val="00FA5268"/>
     <w:rsid w:val="00FA5415"/>
     <w:rsid w:val="00FA6488"/>
     <w:rsid w:val="00FB0223"/>
     <w:rsid w:val="00FB09B4"/>
     <w:rsid w:val="00FB0D93"/>
     <w:rsid w:val="00FB14F5"/>
     <w:rsid w:val="00FB2FBD"/>
     <w:rsid w:val="00FB331F"/>
+    <w:rsid w:val="00FB3683"/>
     <w:rsid w:val="00FB3EB1"/>
     <w:rsid w:val="00FB43DE"/>
     <w:rsid w:val="00FB465F"/>
     <w:rsid w:val="00FB645D"/>
     <w:rsid w:val="00FB6830"/>
     <w:rsid w:val="00FB6D2C"/>
     <w:rsid w:val="00FC10D6"/>
+    <w:rsid w:val="00FC188D"/>
     <w:rsid w:val="00FC1FF0"/>
     <w:rsid w:val="00FC2D42"/>
     <w:rsid w:val="00FC2EC1"/>
     <w:rsid w:val="00FC38E3"/>
     <w:rsid w:val="00FC3B66"/>
     <w:rsid w:val="00FC40D9"/>
     <w:rsid w:val="00FC4180"/>
     <w:rsid w:val="00FC5289"/>
     <w:rsid w:val="00FC6179"/>
     <w:rsid w:val="00FC65F2"/>
     <w:rsid w:val="00FD1FEC"/>
     <w:rsid w:val="00FD2998"/>
     <w:rsid w:val="00FD38EC"/>
     <w:rsid w:val="00FD3A79"/>
     <w:rsid w:val="00FD453F"/>
     <w:rsid w:val="00FD4729"/>
     <w:rsid w:val="00FD4D51"/>
     <w:rsid w:val="00FD5F4B"/>
     <w:rsid w:val="00FD67FB"/>
     <w:rsid w:val="00FD7737"/>
     <w:rsid w:val="00FE0135"/>
     <w:rsid w:val="00FE06AB"/>
     <w:rsid w:val="00FE142C"/>
+    <w:rsid w:val="00FE15DA"/>
     <w:rsid w:val="00FE1ADE"/>
     <w:rsid w:val="00FE6D07"/>
     <w:rsid w:val="00FE7644"/>
     <w:rsid w:val="00FE7E03"/>
     <w:rsid w:val="00FF05F5"/>
     <w:rsid w:val="00FF0633"/>
     <w:rsid w:val="00FF0AA3"/>
     <w:rsid w:val="00FF11DE"/>
     <w:rsid w:val="00FF12E2"/>
     <w:rsid w:val="00FF1532"/>
     <w:rsid w:val="00FF1923"/>
     <w:rsid w:val="00FF1F5F"/>
     <w:rsid w:val="00FF2424"/>
     <w:rsid w:val="00FF24E9"/>
     <w:rsid w:val="00FF3B32"/>
     <w:rsid w:val="00FF401E"/>
     <w:rsid w:val="00FF55CA"/>
     <w:rsid w:val="00FF5B92"/>
     <w:rsid w:val="00FF5FA2"/>
     <w:rsid w:val="00FF6532"/>
     <w:rsid w:val="00FF6B5A"/>
     <w:rsid w:val="00FF7AF4"/>
     <w:rsid w:val="00FF7DEE"/>
   </w:rsids>
   <m:mathPr>
@@ -11132,51 +11043,50 @@
       <w:color w:val="000000"/>
       <w:kern w:val="28"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
@@ -32879,51 +32789,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2065595207">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lycreciagcc@yahoo.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parishdonaghmore@gmail.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parishdonaghmore@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -33186,75 +33096,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1371F1D9-F782-40F4-B352-0EA7DF94B8CF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1212</Words>
-  <Characters>6462</Characters>
+  <Words>1070</Words>
+  <Characters>5642</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>211</Lines>
-  <Paragraphs>130</Paragraphs>
+  <Lines>217</Lines>
+  <Paragraphs>152</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Domhnach Mór</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>RM plc</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7637</CharactersWithSpaces>
+  <CharactersWithSpaces>6560</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="36" baseType="variant">
       <vt:variant>
         <vt:i4>4259926</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.midulsterwomensaid.org.uk/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6946817</vt:i4>
       </vt:variant>
       <vt:variant>