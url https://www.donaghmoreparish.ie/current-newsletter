--- v3 (2026-02-12)
+++ v4 (2026-03-05)
@@ -188,5545 +188,6543 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2603695" cy="236257"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38CFD5A0" w14:textId="004E48F7" w:rsidR="00385734" w:rsidRPr="00C630CB" w:rsidRDefault="00777A0E" w:rsidP="0014750C">
+    <w:p w14:paraId="38CFD5A0" w14:textId="05F257AC" w:rsidR="00385734" w:rsidRPr="00943411" w:rsidRDefault="00393994" w:rsidP="00233003">
       <w:pPr>
         <w:ind w:right="-369"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>FEAST OF ST BRIGID</w:t>
+        <w:t xml:space="preserve">SECOND </w:t>
+      </w:r>
+      <w:r w:rsidR="008D59E3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>SUNDAY OF LENT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FDE9C30" w14:textId="62A0778E" w:rsidR="00524346" w:rsidRPr="00C630CB" w:rsidRDefault="00524346" w:rsidP="00532864">
+    <w:p w14:paraId="1FDE9C30" w14:textId="5F8261C2" w:rsidR="00524346" w:rsidRPr="00943411" w:rsidRDefault="006845DA" w:rsidP="006845DA">
       <w:pPr>
-        <w:ind w:left="720" w:right="-369"/>
-        <w:jc w:val="center"/>
+        <w:ind w:right="-369"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C630CB">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00524346" w:rsidRPr="00943411">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Next Sunday</w:t>
       </w:r>
-      <w:r w:rsidR="00787C64" w:rsidRPr="00C630CB">
+      <w:r w:rsidR="00787C64" w:rsidRPr="00943411">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00777A0E">
+      <w:r w:rsidR="00393994">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00777A0E" w:rsidRPr="00777A0E">
+      <w:r w:rsidR="00380079">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
-      <w:r w:rsidR="00777A0E">
+      <w:r w:rsidR="008D59E3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B72D33">
+      <w:r w:rsidR="00DF7D8C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>February</w:t>
+        <w:t xml:space="preserve">March </w:t>
       </w:r>
-      <w:r w:rsidR="00C630CB" w:rsidRPr="00C630CB">
+      <w:r w:rsidR="00DF7D8C" w:rsidRPr="00943411">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2026</w:t>
+        <w:t>2026</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A841213" w14:textId="49E47C0E" w:rsidR="00A969B4" w:rsidRPr="00C630CB" w:rsidRDefault="00816FCE" w:rsidP="0014750C">
+    <w:p w14:paraId="3A841213" w14:textId="2B33EB18" w:rsidR="00A969B4" w:rsidRPr="00943411" w:rsidRDefault="00816FCE" w:rsidP="00233003">
       <w:pPr>
         <w:ind w:right="-369"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C630CB">
+      <w:r w:rsidRPr="00943411">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Readings:</w:t>
+        <w:t>Readings</w:t>
       </w:r>
-      <w:r w:rsidR="005E1C24" w:rsidRPr="00C630CB">
+      <w:r w:rsidR="00C00179" w:rsidRPr="00943411">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> for next </w:t>
       </w:r>
-      <w:r w:rsidR="001D113C">
+      <w:r w:rsidR="000C3EA2" w:rsidRPr="00943411">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Is 58:7-10, </w:t>
+        <w:t xml:space="preserve">week: </w:t>
       </w:r>
-      <w:r w:rsidR="004F0028">
+      <w:r w:rsidR="00393994">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Cor 2:1-5</w:t>
+        <w:t>Ex 17 3-7, Rm 5: 1-</w:t>
       </w:r>
-      <w:r w:rsidR="00532864">
+      <w:r w:rsidR="00DF7D8C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>, Mt 5:13-16</w:t>
+        <w:t>2,</w:t>
+      </w:r>
+      <w:r w:rsidR="00393994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5 – </w:t>
+      </w:r>
+      <w:r w:rsidR="00E574E5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">8, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E574E5" w:rsidRPr="00943411">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Jn</w:t>
+      </w:r>
+      <w:r w:rsidR="00393994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4:5-42</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="-172" w:tblpY="147"/>
         <w:tblW w:w="10871" w:type="dxa"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5807"/>
         <w:gridCol w:w="5064"/>
       </w:tblGrid>
       <w:tr w:rsidR="00584C44" w:rsidRPr="002D3356" w14:paraId="6AED38DD" w14:textId="77777777" w:rsidTr="005D60FE">
         <w:trPr>
           <w:trHeight w:val="5499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5807" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2ABB8EBC" w14:textId="32F98BD8" w:rsidR="00712BC9" w:rsidRPr="002D3356" w:rsidRDefault="00712BC9" w:rsidP="00CF1618">
+          <w:p w14:paraId="6E6DCFA8" w14:textId="77777777" w:rsidR="00D521B2" w:rsidRDefault="00D521B2" w:rsidP="00CF1618">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="573FCB7A" w14:textId="77777777" w:rsidR="00D521B2" w:rsidRDefault="00D521B2" w:rsidP="00CF1618">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2ABB8EBC" w14:textId="05C4500E" w:rsidR="00712BC9" w:rsidRPr="002D3356" w:rsidRDefault="00712BC9" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D3356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>PARISH CONTACT DETAILS</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1BFE4E88" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="TableGrid"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblInd w:w="3" w:type="dxa"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1182"/>
               <w:gridCol w:w="2271"/>
               <w:gridCol w:w="1607"/>
             </w:tblGrid>
-            <w:tr w:rsidR="008E6B13" w:rsidRPr="002D3356" w14:paraId="45B7ECFE" w14:textId="77777777" w:rsidTr="00547091">
+            <w:tr w:rsidR="008E6B13" w:rsidRPr="00C00179" w14:paraId="45B7ECFE" w14:textId="77777777" w:rsidTr="00547091">
               <w:trPr>
                 <w:trHeight w:val="421"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1182" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="5FB81ABB" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00777A0E">
+                <w:p w14:paraId="5FB81ABB" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00AF21A3">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
-                      <w:sz w:val="16"/>
-                      <w:szCs w:val="16"/>
+                      <w:sz w:val="14"/>
+                      <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002D3356">
+                  <w:r w:rsidRPr="00C00179">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
-                      <w:sz w:val="16"/>
-                      <w:szCs w:val="16"/>
+                      <w:sz w:val="14"/>
+                      <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>Parish Priest</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2271" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="34E6561F" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00777A0E">
+                <w:p w14:paraId="34E6561F" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00AF21A3">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
-                      <w:sz w:val="16"/>
-                      <w:szCs w:val="16"/>
+                      <w:sz w:val="14"/>
+                      <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002D3356">
+                  <w:r w:rsidRPr="00C00179">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
-                      <w:sz w:val="16"/>
-                      <w:szCs w:val="16"/>
+                      <w:sz w:val="14"/>
+                      <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>Fr Brian Slater</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1607" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="0382A31B" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00777A0E">
+                <w:p w14:paraId="0382A31B" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00AF21A3">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002D3356">
+                  <w:r w:rsidRPr="00C00179">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>Tel: (028) 87761327</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="008E6B13" w:rsidRPr="002D3356" w14:paraId="5E9E2A30" w14:textId="77777777" w:rsidTr="00547091">
+            <w:tr w:rsidR="008E6B13" w:rsidRPr="00C00179" w14:paraId="5E9E2A30" w14:textId="77777777" w:rsidTr="00547091">
               <w:trPr>
                 <w:trHeight w:val="386"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1182" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="157242D1" w14:textId="77777777" w:rsidR="008E6B13" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00777A0E">
+                <w:p w14:paraId="157242D1" w14:textId="77777777" w:rsidR="008E6B13" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00AF21A3">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
-                      <w:sz w:val="16"/>
-                      <w:szCs w:val="16"/>
+                      <w:sz w:val="14"/>
+                      <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002D3356">
+                  <w:r w:rsidRPr="00C00179">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
-                      <w:sz w:val="16"/>
-                      <w:szCs w:val="16"/>
+                      <w:sz w:val="14"/>
+                      <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Associate </w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="3C0BB03A" w14:textId="0FF3C250" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00777A0E">
+                <w:p w14:paraId="3C0BB03A" w14:textId="0FF3C250" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00AF21A3">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
-                      <w:sz w:val="16"/>
-                      <w:szCs w:val="16"/>
+                      <w:sz w:val="14"/>
+                      <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002D3356">
+                  <w:r w:rsidRPr="00C00179">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
-                      <w:sz w:val="16"/>
-                      <w:szCs w:val="16"/>
+                      <w:sz w:val="14"/>
+                      <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>Pastor</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2271" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="277486C0" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00777A0E">
+                <w:p w14:paraId="277486C0" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00AF21A3">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
-                      <w:sz w:val="16"/>
-                      <w:szCs w:val="16"/>
+                      <w:sz w:val="14"/>
+                      <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002D3356">
+                  <w:r w:rsidRPr="00C00179">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
-                      <w:sz w:val="16"/>
-                      <w:szCs w:val="16"/>
+                      <w:sz w:val="14"/>
+                      <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Fr Patrick Breslan  </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1607" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="3C6239E2" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00777A0E">
+                <w:p w14:paraId="3C6239E2" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00AF21A3">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002D3356">
+                  <w:r w:rsidRPr="00C00179">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>Tel: (028) 8775 8277</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="1F536D8B" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00777A0E">
+                <w:p w14:paraId="1F536D8B" w14:textId="6DF81CA2" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00C00179" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:ind w:right="-369"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="14"/>
+                      <w:szCs w:val="14"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C00179">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="14"/>
+                      <w:szCs w:val="14"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">        </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="008E6B13" w:rsidRPr="00C00179" w14:paraId="01577D05" w14:textId="77777777" w:rsidTr="00547091">
+              <w:trPr>
+                <w:trHeight w:val="386"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="74C55238" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:ind w:right="-369"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="14"/>
+                      <w:szCs w:val="14"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C00179">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="14"/>
+                      <w:szCs w:val="14"/>
+                    </w:rPr>
+                    <w:t>Retired</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2271" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="50F025EE" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:ind w:right="-369"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="14"/>
+                      <w:szCs w:val="14"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C00179">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="14"/>
+                      <w:szCs w:val="14"/>
+                    </w:rPr>
+                    <w:t>Fr Patrick McGuckin</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="27EBF168" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:ind w:right="-369"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="14"/>
+                      <w:szCs w:val="14"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1607" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="2198E35F" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00AF21A3">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="008E6B13" w:rsidRPr="002D3356" w14:paraId="01577D05" w14:textId="77777777" w:rsidTr="00547091">
-[...113 lines deleted...]
-            </w:tr>
           </w:tbl>
-          <w:p w14:paraId="3EA4E0C1" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="002D3356" w:rsidRDefault="00A97829" w:rsidP="00CF1618">
+          <w:p w14:paraId="3EA4E0C1" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="12"/>
-                <w:szCs w:val="12"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4FA729B9" w14:textId="77777777" w:rsidR="009E19BB" w:rsidRPr="002D3356" w:rsidRDefault="00756566" w:rsidP="0073027D">
+          <w:p w14:paraId="4FA729B9" w14:textId="77777777" w:rsidR="009E19BB" w:rsidRPr="00DA5D76" w:rsidRDefault="00756566" w:rsidP="0073027D">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="14"/>
-                <w:szCs w:val="14"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D3356">
+            <w:r w:rsidRPr="00DA5D76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="14"/>
-                <w:szCs w:val="14"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidR="00FE142C" w:rsidRPr="002D3356">
+            <w:r w:rsidR="00FE142C" w:rsidRPr="00DA5D76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="14"/>
-                <w:szCs w:val="14"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>ARISH SECRETARY:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DC4E330" w14:textId="6AF97790" w:rsidR="00756566" w:rsidRPr="002D3356" w:rsidRDefault="00712BC9" w:rsidP="00CF1618">
+          <w:p w14:paraId="4DC4E330" w14:textId="6AF97790" w:rsidR="00756566" w:rsidRPr="00C00179" w:rsidRDefault="00712BC9" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D3356">
+            <w:r w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mondays &amp; Thursdays 10am –2pm.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="232F9605" w14:textId="77777777" w:rsidR="00F256A4" w:rsidRPr="002D3356" w:rsidRDefault="00F256A4" w:rsidP="00CF1618">
+          <w:p w14:paraId="232F9605" w14:textId="77777777" w:rsidR="00F256A4" w:rsidRPr="00C00179" w:rsidRDefault="00F256A4" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5F6B00BD" w14:textId="6BC6DE7B" w:rsidR="00485447" w:rsidRPr="002D3356" w:rsidRDefault="004E3F19" w:rsidP="00CF1618">
-[...119 lines deleted...]
-          <w:p w14:paraId="1170E46A" w14:textId="0A3FE599" w:rsidR="00B01295" w:rsidRPr="002D3356" w:rsidRDefault="006021ED" w:rsidP="00CF1618">
+          <w:p w14:paraId="5F6B00BD" w14:textId="6BC6DE7B" w:rsidR="00485447" w:rsidRPr="00C00179" w:rsidRDefault="004E3F19" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D3356">
+            <w:r w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-                <w:sz w:val="16"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>t is not always possible for the priests in our par</w:t>
+              <w:t>Tel:</w:t>
             </w:r>
-            <w:r w:rsidR="00261899" w:rsidRPr="002D3356">
+            <w:r w:rsidR="00E5669E" w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ish to</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00992DA3" w:rsidRPr="002D3356">
+            <w:r w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> be</w:t>
+              <w:t>(028)</w:t>
             </w:r>
-            <w:r w:rsidR="00E34DFE" w:rsidRPr="002D3356">
+            <w:r w:rsidR="007957DC" w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> a</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00A13168" w:rsidRPr="002D3356">
+            <w:r w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>vailable</w:t>
+              <w:t>87761327</w:t>
             </w:r>
-            <w:r w:rsidR="00261899" w:rsidRPr="002D3356">
+            <w:r w:rsidR="009E19BB" w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001179B2" w:rsidRPr="00C00179">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>&amp; Email</w:t>
+            </w:r>
+            <w:r w:rsidR="00756566" w:rsidRPr="00C00179">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidR="00756566" w:rsidRPr="00C00179">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                  <w:b/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="none"/>
+                </w:rPr>
+                <w:t>parishdonaghmore@gmail.com</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="5CE6CBB2" w14:textId="6805F4CF" w:rsidR="002C6BE2" w:rsidRPr="00C00179" w:rsidRDefault="00A13168" w:rsidP="0073027D">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C00179">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>USEFUL NUMBERS:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="492F0AB7" w14:textId="34880AEC" w:rsidR="00FF0633" w:rsidRPr="002D3356" w:rsidRDefault="00261899" w:rsidP="00CF1618">
+          <w:p w14:paraId="1170E46A" w14:textId="0A3FE599" w:rsidR="00B01295" w:rsidRPr="00C00179" w:rsidRDefault="006021ED" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D3356">
+            <w:r w:rsidRPr="00C00179">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>It is not always possible for the priests in our par</w:t>
+            </w:r>
+            <w:r w:rsidR="00261899" w:rsidRPr="00C00179">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ish to</w:t>
+            </w:r>
+            <w:r w:rsidR="00992DA3" w:rsidRPr="00C00179">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be</w:t>
+            </w:r>
+            <w:r w:rsidR="00E34DFE" w:rsidRPr="00C00179">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a</w:t>
+            </w:r>
+            <w:r w:rsidR="00A13168" w:rsidRPr="00C00179">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>vailable</w:t>
+            </w:r>
+            <w:r w:rsidR="00261899" w:rsidRPr="00C00179">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="492F0AB7" w14:textId="34880AEC" w:rsidR="00FF0633" w:rsidRPr="00C00179" w:rsidRDefault="00261899" w:rsidP="00CF1618">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>In the absence of a pr</w:t>
             </w:r>
-            <w:r w:rsidR="00864A7C" w:rsidRPr="002D3356">
+            <w:r w:rsidR="00864A7C" w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>iest</w:t>
             </w:r>
-            <w:r w:rsidR="00B56BD6" w:rsidRPr="002D3356">
+            <w:r w:rsidR="00B56BD6" w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> in Donaghmore or </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00B01295" w:rsidRPr="002D3356">
+            <w:r w:rsidR="00B01295" w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Galbally</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00B01295" w:rsidRPr="002D3356">
+            <w:r w:rsidR="00B01295" w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> please</w:t>
             </w:r>
-            <w:r w:rsidR="00B56BD6" w:rsidRPr="002D3356">
+            <w:r w:rsidR="00B56BD6" w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> conta</w:t>
             </w:r>
-            <w:r w:rsidR="00ED68E1" w:rsidRPr="002D3356">
+            <w:r w:rsidR="00ED68E1" w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ct</w:t>
             </w:r>
-            <w:r w:rsidR="00B56BD6" w:rsidRPr="002D3356">
+            <w:r w:rsidR="00B56BD6" w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="377BB83C" w14:textId="217A1774" w:rsidR="00B01295" w:rsidRPr="002D3356" w:rsidRDefault="00B56BD6" w:rsidP="00CF1618">
+          <w:p w14:paraId="377BB83C" w14:textId="217A1774" w:rsidR="00B01295" w:rsidRPr="00C00179" w:rsidRDefault="00B56BD6" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D3356">
+            <w:r w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Carrickmore: (028) 8</w:t>
             </w:r>
-            <w:r w:rsidR="00533A6B" w:rsidRPr="002D3356">
+            <w:r w:rsidR="00533A6B" w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="00742415" w:rsidRPr="002D3356">
+            <w:r w:rsidR="00742415" w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00533A6B" w:rsidRPr="002D3356">
+            <w:r w:rsidR="00533A6B" w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">61207 </w:t>
             </w:r>
-            <w:r w:rsidR="003D1F3D" w:rsidRPr="002D3356">
+            <w:r w:rsidR="003D1F3D" w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidR="00533A6B" w:rsidRPr="002D3356">
+            <w:r w:rsidR="00533A6B" w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Coalisland: (028) 87740221</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43974C83" w14:textId="76877A90" w:rsidR="00B01295" w:rsidRPr="002D3356" w:rsidRDefault="00CC7A80" w:rsidP="00CF1618">
+          <w:p w14:paraId="43974C83" w14:textId="76877A90" w:rsidR="00B01295" w:rsidRPr="00C00179" w:rsidRDefault="00CC7A80" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D3356">
+            <w:r w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Dungannon: (028) 87722631 </w:t>
             </w:r>
-            <w:r w:rsidR="003D1F3D" w:rsidRPr="002D3356">
+            <w:r w:rsidR="003D1F3D" w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidR="005F5F39" w:rsidRPr="002D3356">
+            <w:r w:rsidR="005F5F39" w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pomeroy:</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D3356">
+            <w:r w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (028) </w:t>
             </w:r>
-            <w:r w:rsidR="00E34DFE" w:rsidRPr="002D3356">
+            <w:r w:rsidR="00E34DFE" w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>87757867</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7CD82146" w14:textId="710E0995" w:rsidR="00C32F15" w:rsidRPr="002D3356" w:rsidRDefault="00E34DFE" w:rsidP="00CF1618">
+          <w:p w14:paraId="7CD82146" w14:textId="710E0995" w:rsidR="00C32F15" w:rsidRPr="00C00179" w:rsidRDefault="00E34DFE" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002D3356">
+            <w:r w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tullyallen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002D3356">
+            <w:r w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>: (028) 87761211</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09FD8711" w14:textId="77777777" w:rsidR="00B55B34" w:rsidRPr="002D3356" w:rsidRDefault="00B55B34" w:rsidP="00CF1618">
+          <w:p w14:paraId="09FD8711" w14:textId="77777777" w:rsidR="00B55B34" w:rsidRPr="00C00179" w:rsidRDefault="00B55B34" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="771D2B6E" w14:textId="77777777" w:rsidR="00C32F15" w:rsidRPr="002D3356" w:rsidRDefault="00C32F15" w:rsidP="0073027D">
+          <w:p w14:paraId="771D2B6E" w14:textId="77777777" w:rsidR="00C32F15" w:rsidRPr="00DA5D76" w:rsidRDefault="00C32F15" w:rsidP="0073027D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D3356">
+            <w:r w:rsidRPr="00DA5D76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>STANDING ORDER DETAILS:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3518146C" w14:textId="77777777" w:rsidR="00C32F15" w:rsidRPr="002D3356" w:rsidRDefault="00C32F15" w:rsidP="00CF1618">
+          <w:p w14:paraId="3518146C" w14:textId="77777777" w:rsidR="00C32F15" w:rsidRPr="00C00179" w:rsidRDefault="00C32F15" w:rsidP="00CF1618">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D3356">
+            <w:r w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For parishioners who wish to make a standing order contribution, please see below the details:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77D437A4" w14:textId="77777777" w:rsidR="00C32F15" w:rsidRPr="002D3356" w:rsidRDefault="00C32F15" w:rsidP="00CF1618">
+          <w:p w14:paraId="77D437A4" w14:textId="77777777" w:rsidR="00C32F15" w:rsidRPr="00C00179" w:rsidRDefault="00C32F15" w:rsidP="00CF1618">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D3356">
+            <w:r w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>BANK: BANK OF IRELAND</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23678890" w14:textId="77777777" w:rsidR="00C32F15" w:rsidRPr="002D3356" w:rsidRDefault="00C32F15" w:rsidP="00CF1618">
+          <w:p w14:paraId="23678890" w14:textId="2D5A4894" w:rsidR="00C32F15" w:rsidRPr="00C00179" w:rsidRDefault="00C32F15" w:rsidP="00CF1618">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D3356">
+            <w:r w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ACCOUNT NAME: DONAGHMORE PARISH</w:t>
             </w:r>
+            <w:r w:rsidR="009935CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NO1 A/C</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="55EECB10" w14:textId="77777777" w:rsidR="00C32F15" w:rsidRPr="002D3356" w:rsidRDefault="00C32F15" w:rsidP="00CF1618">
+          <w:p w14:paraId="55EECB10" w14:textId="77777777" w:rsidR="00C32F15" w:rsidRPr="00C00179" w:rsidRDefault="00C32F15" w:rsidP="00CF1618">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D3356">
+            <w:r w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SORT CODE:904851</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44F0FAFB" w14:textId="77777777" w:rsidR="00C32F15" w:rsidRPr="002D3356" w:rsidRDefault="00C32F15" w:rsidP="00CF1618">
+          <w:p w14:paraId="44F0FAFB" w14:textId="77777777" w:rsidR="00C32F15" w:rsidRPr="00C00179" w:rsidRDefault="00C32F15" w:rsidP="00CF1618">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D3356">
+            <w:r w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ACCOUNT NUMBER: 40909024</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="64393AA1" w14:textId="68269EB9" w:rsidR="005D5093" w:rsidRPr="002D3356" w:rsidRDefault="005D5093" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5064" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="6E21FCF0" w14:textId="77777777" w:rsidR="00FB3683" w:rsidRDefault="00FB3683" w:rsidP="00562407">
-[...411 lines deleted...]
-          </w:p>
           <w:p w14:paraId="0FBD0BE7" w14:textId="77777777" w:rsidR="00FB3683" w:rsidRPr="00CD7B22" w:rsidRDefault="00FB3683" w:rsidP="00562407">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="72FC3F09" w14:textId="0724FCFF" w:rsidR="00FB3683" w:rsidRDefault="007754CE" w:rsidP="00667A40">
-[...1320 lines deleted...]
-          <w:p w14:paraId="370C38D6" w14:textId="6EA8CD2A" w:rsidR="00FB3683" w:rsidRPr="002D3356" w:rsidRDefault="00FB3683" w:rsidP="00E77196">
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="4680" w:type="dxa"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="894"/>
+              <w:gridCol w:w="2212"/>
+              <w:gridCol w:w="1574"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="001F7072" w14:paraId="1856B907" w14:textId="77777777" w:rsidTr="001F7072">
+              <w:trPr>
+                <w:trHeight w:val="348"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4680" w:type="dxa"/>
+                  <w:gridSpan w:val="3"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="2CFA45DB" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                      <w:u w:val="single"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                      <w:u w:val="single"/>
+                    </w:rPr>
+                    <w:t>MASSES  DURING</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                      <w:u w:val="single"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> LENT</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="001F7072" w14:paraId="0A6B4C5F" w14:textId="77777777" w:rsidTr="001F7072">
+              <w:trPr>
+                <w:trHeight w:val="300"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="894" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="52050C8C" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                      <w:u w:val="single"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2212" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="26BF29E2" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1574" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="0EB68079" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="001F7072" w14:paraId="7CAEEBAB" w14:textId="77777777" w:rsidTr="001F7072">
+              <w:trPr>
+                <w:trHeight w:val="300"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="894" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="515D84A5" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2212" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="0BB68742" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>DONAGHMORE</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1574" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="746FB63B" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>GALBALLY</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="001F7072" w14:paraId="212E93FE" w14:textId="77777777" w:rsidTr="001F7072">
+              <w:trPr>
+                <w:trHeight w:val="288"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="894" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="5D93F13C" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>MON</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2212" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="0F9A7D37" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>7.30am</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1574" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="34C26878" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>NO MASS</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="001F7072" w14:paraId="02F07ED4" w14:textId="77777777" w:rsidTr="001F7072">
+              <w:trPr>
+                <w:trHeight w:val="288"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="894" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="12F04D4B" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2212" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="27D1FDCE" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>7pm*</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1574" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="3E028D38" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="001F7072" w14:paraId="5381CD14" w14:textId="77777777" w:rsidTr="001F7072">
+              <w:trPr>
+                <w:trHeight w:val="288"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="894" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="5F3E4A8E" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2212" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="73BF04A0" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1574" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="02215335" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="001F7072" w14:paraId="18E40072" w14:textId="77777777" w:rsidTr="001F7072">
+              <w:trPr>
+                <w:trHeight w:val="288"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="894" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="35A55448" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>TUES</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2212" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="229F1ABC" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>7.30am</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1574" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="4CD16A33" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>10am</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="001F7072" w14:paraId="4005048D" w14:textId="77777777" w:rsidTr="001F7072">
+              <w:trPr>
+                <w:trHeight w:val="288"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="894" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="7DF1C7B0" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2212" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="3F86A692" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>9.30am</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1574" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="2BB0FDCA" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="001F7072" w14:paraId="2195BB3B" w14:textId="77777777" w:rsidTr="001F7072">
+              <w:trPr>
+                <w:trHeight w:val="288"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="894" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="1B8C6AB8" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2212" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="74E6D1FB" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1574" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="561292C7" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="001F7072" w14:paraId="0FCEE38D" w14:textId="77777777" w:rsidTr="001F7072">
+              <w:trPr>
+                <w:trHeight w:val="288"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="894" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="083C7F3C" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>WED</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2212" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="13E9C823" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>7.30am</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1574" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="0AAFA80E" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>10am</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="001F7072" w14:paraId="475E0A0F" w14:textId="77777777" w:rsidTr="001F7072">
+              <w:trPr>
+                <w:trHeight w:val="288"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="894" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="0EFC501F" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2212" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="009A7C13" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>9.30am</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1574" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="41968AF7" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="001F7072" w14:paraId="39BD2951" w14:textId="77777777" w:rsidTr="001F7072">
+              <w:trPr>
+                <w:trHeight w:val="288"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="894" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="7DB4CF11" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2212" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="1C78B56A" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1574" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="5DD46F42" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="001F7072" w14:paraId="678639FC" w14:textId="77777777" w:rsidTr="001F7072">
+              <w:trPr>
+                <w:trHeight w:val="288"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="894" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="28E6E94F" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>THUR</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2212" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="3D915038" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>7.30am</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1574" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="0ABF49FE" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>10am</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="001F7072" w14:paraId="0A7537D6" w14:textId="77777777" w:rsidTr="001F7072">
+              <w:trPr>
+                <w:trHeight w:val="288"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="894" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="236B78E7" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2212" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="6D09EF29" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1574" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="3128EF68" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="001F7072" w14:paraId="28C4865F" w14:textId="77777777" w:rsidTr="001F7072">
+              <w:trPr>
+                <w:trHeight w:val="288"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="894" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="4DEBB20E" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>FRI</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2212" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="661AAE75" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>7.30am</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1574" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="28A3A382" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>7pm*</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="001F7072" w14:paraId="28058F89" w14:textId="77777777" w:rsidTr="001F7072">
+              <w:trPr>
+                <w:trHeight w:val="288"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="894" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="1663C3AE" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2212" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="0C56A389" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>9.30am</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1574" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="72CC7085" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="001F7072" w14:paraId="707C0A6C" w14:textId="77777777" w:rsidTr="001F7072">
+              <w:trPr>
+                <w:trHeight w:val="288"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="894" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="78603FED" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2212" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="1F815A0A" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1574" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="4067FDAF" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="001F7072" w14:paraId="501FC321" w14:textId="77777777" w:rsidTr="001F7072">
+              <w:trPr>
+                <w:trHeight w:val="288"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="894" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="61A8C7FE" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>SAT</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2212" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="230D57BB" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>6pm Vigil</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1574" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="51EB6F75" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>No mass</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="001F7072" w14:paraId="26CB6F62" w14:textId="77777777" w:rsidTr="001F7072">
+              <w:trPr>
+                <w:trHeight w:val="288"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="894" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="6D8DAAD8" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2212" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="6EE002D9" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1574" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="22DA2BB4" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="001F7072" w14:paraId="186255D9" w14:textId="77777777" w:rsidTr="001F7072">
+              <w:trPr>
+                <w:trHeight w:val="300"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="894" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="657CD805" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">SUN </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2212" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="0178145B" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>11am</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1574" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="76B1A70B" w14:textId="77777777" w:rsidR="001F7072" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>10am</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="001F7072" w14:paraId="5BD12617" w14:textId="77777777" w:rsidTr="001F7072">
+              <w:trPr>
+                <w:trHeight w:val="312"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4680" w:type="dxa"/>
+                  <w:gridSpan w:val="3"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w14:paraId="11785776" w14:textId="77777777" w:rsidR="004E145A" w:rsidRDefault="001F7072" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>Stations of cross @ 5.30pm in Donaghmore on Sunday</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="44A32C32" w14:textId="77777777" w:rsidR="00DA5D76" w:rsidRDefault="00DA5D76" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="0F8426CC" w14:textId="3DA02F90" w:rsidR="001F7072" w:rsidRDefault="004E145A" w:rsidP="00AF21A3">
+                  <w:pPr>
+                    <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>Adoration @ 7.30pm on Monday 9</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004E145A">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:vertAlign w:val="superscript"/>
+                    </w:rPr>
+                    <w:t>th</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> March in </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidR="00DA5D76">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>Galbally</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidR="001F7072">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="4950B850" w14:textId="4A907D6F" w:rsidR="00E55A15" w:rsidRPr="00DA5D76" w:rsidRDefault="00AE44E2" w:rsidP="00AE44E2">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                               </w:t>
+            </w:r>
+            <w:r w:rsidR="00E55A15" w:rsidRPr="00DA5D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>TROCAIRE BOXES</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B77BED0" w14:textId="179FA7BF" w:rsidR="00DF6A30" w:rsidRDefault="00837CFD" w:rsidP="00B86D26">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00837CFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Trocaire</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00837CFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> boxes are available at the back of each </w:t>
+            </w:r>
+            <w:r w:rsidR="00D605EC" w:rsidRPr="00837CFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>church.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00837CFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00462E98">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00837CFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please take </w:t>
+            </w:r>
+            <w:r w:rsidR="00D605EC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a box for your home and return your collection </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00837CFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>before Easter</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF6A30">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76ABE839" w14:textId="4D2AD9BE" w:rsidR="00E574E5" w:rsidRDefault="00E574E5" w:rsidP="00E574E5">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E574E5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>CONFIRMATION</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA2C4F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Friday 6</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA2C4F" w:rsidRPr="00AA2C4F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA2C4F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> March </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B1EED03" w14:textId="684A9BD6" w:rsidR="00E574E5" w:rsidRDefault="00E574E5" w:rsidP="00E574E5">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA2C4F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Confirmation will take place in St John’s </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AA2C4F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Galbally</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AA2C4F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at 5</w:t>
+            </w:r>
+            <w:r w:rsidR="0044449F" w:rsidRPr="00AA2C4F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pm </w:t>
+            </w:r>
+            <w:r w:rsidR="0044449F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidR="006359B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> all schools in the parish </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA2C4F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>on Friday 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA2C4F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA2C4F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00426DDD" w:rsidRPr="00AA2C4F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>March.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA2C4F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA2C4F" w:rsidRPr="0005163B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">There will be no 7pm </w:t>
+            </w:r>
+            <w:r w:rsidR="0044449F" w:rsidRPr="0005163B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00426DDD" w:rsidRPr="0005163B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ass</w:t>
+            </w:r>
+            <w:r w:rsidR="00426DDD" w:rsidRPr="00AA2C4F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA2C4F" w:rsidRPr="00AA2C4F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Please keep all th</w:t>
+            </w:r>
+            <w:r w:rsidR="00C819C8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA2C4F" w:rsidRPr="00AA2C4F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> children </w:t>
+            </w:r>
+            <w:r w:rsidR="00C819C8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>receiving the sacrament of</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA2C4F" w:rsidRPr="00AA2C4F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> confirmation in your prayers</w:t>
+            </w:r>
+            <w:r w:rsidR="00362B6E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> during this time</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA2C4F" w:rsidRPr="00AA2C4F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F5D0164" w14:textId="77777777" w:rsidR="000E7ADD" w:rsidRPr="00AA2C4F" w:rsidRDefault="000E7ADD" w:rsidP="00E574E5">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="109450B1" w14:textId="77777777" w:rsidR="006F2888" w:rsidRPr="00DA5D76" w:rsidRDefault="006F2888" w:rsidP="008777BB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA5D76">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>THE SAINT JOHN PAUL II AWARD SCHEME</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="434BE708" w14:textId="6914A29B" w:rsidR="0042692A" w:rsidRPr="006F2888" w:rsidRDefault="00500BFB" w:rsidP="006F2888">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidR="006F2888" w:rsidRPr="006F2888">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>e would be very interested in hearing from you</w:t>
+            </w:r>
+            <w:r w:rsidR="009632E9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> if you </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="009632E9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="009632E9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a young person from the parish</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> who would like to participate in</w:t>
+            </w:r>
+            <w:r w:rsidR="00C5722D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The St John Paul 11 award </w:t>
+            </w:r>
+            <w:r w:rsidR="00B64036">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>programme. We</w:t>
+            </w:r>
+            <w:r w:rsidR="006F2888" w:rsidRPr="006F2888">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> have several ministries which you </w:t>
+            </w:r>
+            <w:r w:rsidR="00B64036">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>can undertake.</w:t>
+            </w:r>
+            <w:r w:rsidR="006F2888" w:rsidRPr="006F2888">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> These include the ministry of the Word, becoming an extraordinary minister of Holy Communion, assisting with the collection plate, cleaning the churches, leading prayers in certain liturgies and choirs. Would you please leave your details into the parish office, and we will get back to you.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="370C38D6" w14:textId="49A8892B" w:rsidR="006804B7" w:rsidRPr="00DF6A30" w:rsidRDefault="006804B7" w:rsidP="00B86D26">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00584C44" w:rsidRPr="00AE76D5" w14:paraId="59665E9B" w14:textId="77777777" w:rsidTr="005D60FE">
         <w:trPr>
           <w:trHeight w:val="1408"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5807" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B8BEAA3" w14:textId="6B461CED" w:rsidR="008E672F" w:rsidRPr="00D407F8" w:rsidRDefault="00D407F8" w:rsidP="00D407F8">
+          <w:p w14:paraId="4B8BEAA3" w14:textId="6B461CED" w:rsidR="008E672F" w:rsidRPr="00DA5D76" w:rsidRDefault="00D407F8" w:rsidP="00D407F8">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D407F8">
+            <w:r w:rsidRPr="00DA5D76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>ANNIVERSARY NOTICES</w:t>
             </w:r>
-            <w:r w:rsidR="00534C3F">
+            <w:r w:rsidR="00534C3F" w:rsidRPr="00DA5D76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> for 2026</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="067C8866" w14:textId="5E3BFCFA" w:rsidR="00AA38A8" w:rsidRDefault="00534C3F" w:rsidP="006E7EC5">
+          <w:p w14:paraId="067C8866" w14:textId="7910B73F" w:rsidR="00AA38A8" w:rsidRPr="00911295" w:rsidRDefault="003B1FB6" w:rsidP="006E7EC5">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">The diary for anniversaries is now </w:t>
+              <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidR="004A7A77">
+            <w:r w:rsidR="00534C3F" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>open,</w:t>
+              <w:t xml:space="preserve">lease try to </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000B3342" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> please try to </w:t>
+              <w:t>book anniversaries at least 1 month in advance and ensure notice is in written for</w:t>
             </w:r>
-            <w:r w:rsidR="000B3342">
+            <w:r w:rsidR="009939A4" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>book anniversaries at least 1 month in advance and ensure notice is in written for</w:t>
+              <w:t>m</w:t>
             </w:r>
-            <w:r w:rsidR="009939A4">
+            <w:r w:rsidR="00D514FA" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>m</w:t>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00D514FA">
+            <w:r w:rsidR="0000234C" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
+              <w:t>via</w:t>
             </w:r>
-            <w:r w:rsidR="0000234C">
+            <w:r w:rsidR="00D514FA" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>via</w:t>
+              <w:t xml:space="preserve"> email or by leaving into </w:t>
             </w:r>
-            <w:r w:rsidR="00D514FA">
+            <w:r w:rsidR="009939A4" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> email or by leaving into </w:t>
+              <w:t>the sacristy or Parochial house.</w:t>
             </w:r>
-            <w:r w:rsidR="009939A4">
+            <w:r w:rsidR="00534C3F" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>the sacristy or Parochial house.</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00E1224F" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="001112CD" w:rsidRPr="00911295">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">lease note that all notices for the bulletin </w:t>
+            </w:r>
+            <w:r w:rsidR="0030469B" w:rsidRPr="00911295">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">need to reach us </w:t>
+            </w:r>
+            <w:r w:rsidR="00B51DEF" w:rsidRPr="00911295">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">by </w:t>
+            </w:r>
+            <w:r w:rsidR="00B51DEF" w:rsidRPr="00911295">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Wednesday PM</w:t>
+            </w:r>
+            <w:r w:rsidR="00B51DEF" w:rsidRPr="00911295">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to ensure inclusion in bulletin for that week.</w:t>
+            </w:r>
+            <w:r w:rsidR="001112CD" w:rsidRPr="00911295">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00E1224F" w:rsidRPr="00D407F8">
+            <w:r w:rsidR="001112CD" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...63 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+            <w:r w:rsidR="001112CD" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">When requesting an anniversary </w:t>
             </w:r>
-            <w:r w:rsidR="00905730">
+            <w:r w:rsidR="00905730" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
-            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+            <w:r w:rsidR="001112CD" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ass please write the </w:t>
             </w:r>
-            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+            <w:r w:rsidR="001112CD" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>name</w:t>
             </w:r>
-            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+            <w:r w:rsidR="001112CD" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> of the deceased, the </w:t>
             </w:r>
-            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+            <w:r w:rsidR="001112CD" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>day</w:t>
             </w:r>
-            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+            <w:r w:rsidR="001112CD" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
-            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+            <w:r w:rsidR="001112CD" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>date</w:t>
             </w:r>
-            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+            <w:r w:rsidR="001112CD" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> of the anniversary, the </w:t>
             </w:r>
-            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+            <w:r w:rsidR="001112CD" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>chapel</w:t>
             </w:r>
-            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+            <w:r w:rsidR="001112CD" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and a </w:t>
             </w:r>
-            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+            <w:r w:rsidR="001112CD" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>contact name and number</w:t>
             </w:r>
-            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+            <w:r w:rsidR="001112CD" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> on the </w:t>
             </w:r>
-            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+            <w:r w:rsidR="001112CD" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>outside</w:t>
             </w:r>
-            <w:r w:rsidR="001112CD" w:rsidRPr="00D407F8">
+            <w:r w:rsidR="001112CD" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> of the envelope</w:t>
             </w:r>
-            <w:r w:rsidR="008425CB">
+            <w:r w:rsidR="008425CB" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/or in the email.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01D183DF" w14:textId="77777777" w:rsidR="00566423" w:rsidRPr="002D3356" w:rsidRDefault="00566423" w:rsidP="00566423">
+          <w:p w14:paraId="01D183DF" w14:textId="77777777" w:rsidR="00566423" w:rsidRPr="00DA5D76" w:rsidRDefault="00566423" w:rsidP="00566423">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D3356">
+            <w:r w:rsidRPr="00DA5D76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>SACRAMENT OF BAPTISM</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DBCBC74" w14:textId="77777777" w:rsidR="00566423" w:rsidRPr="002D3356" w:rsidRDefault="00566423" w:rsidP="00566423">
+          <w:p w14:paraId="5DBCBC74" w14:textId="77777777" w:rsidR="00566423" w:rsidRPr="00911295" w:rsidRDefault="00566423" w:rsidP="00566423">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D3356">
+            <w:r w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Baptisms take place on a Saturday at 4.00pm.</w:t>
+              <w:t xml:space="preserve">Baptisms take place on a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083687A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Saturday at 4.00pm.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C96A20F" w14:textId="77777777" w:rsidR="00566423" w:rsidRPr="002D3356" w:rsidRDefault="00566423" w:rsidP="00566423">
+          <w:p w14:paraId="2C96A20F" w14:textId="77777777" w:rsidR="00566423" w:rsidRPr="00911295" w:rsidRDefault="00566423" w:rsidP="00566423">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D3356">
+            <w:r w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See below the dates available for the next few months:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="24E6EB1E" w14:textId="3DA115D3" w:rsidR="00C630CB" w:rsidRDefault="00C630CB" w:rsidP="00566423">
+          <w:p w14:paraId="1D8C14AD" w14:textId="024378AA" w:rsidR="00C630CB" w:rsidRPr="00911295" w:rsidRDefault="00B72D33" w:rsidP="00566423">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>21</w:t>
+              <w:t>14</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C630CB">
+            <w:r w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>st</w:t>
+              <w:t>th</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Feb – </w:t>
+              <w:t xml:space="preserve"> March</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidR="00C630CB" w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Galbally</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00911295">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="00C630CB" w:rsidRPr="00911295">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Donaghmor</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00911295">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="1D8C14AD" w14:textId="024378AA" w:rsidR="00C630CB" w:rsidRDefault="00B72D33" w:rsidP="00566423">
+          <w:p w14:paraId="2550AE85" w14:textId="42783D51" w:rsidR="00B72D33" w:rsidRDefault="00B72D33" w:rsidP="00566423">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>28</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B72D33">
+            <w:r w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> March</w:t>
+              <w:t xml:space="preserve"> March </w:t>
             </w:r>
-            <w:r w:rsidR="00C630CB">
+            <w:r w:rsidR="00661A9B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00911295">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>–</w:t>
+              <w:t>Galbally</w:t>
             </w:r>
-            <w:r w:rsidR="00C630CB">
-[...16 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="2550AE85" w14:textId="74E776C8" w:rsidR="00B72D33" w:rsidRPr="002D3356" w:rsidRDefault="00B72D33" w:rsidP="00566423">
+          <w:p w14:paraId="6EF30ADA" w14:textId="18FA6096" w:rsidR="00661A9B" w:rsidRDefault="00661A9B" w:rsidP="00566423">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>28</w:t>
+              <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B72D33">
+            <w:r w:rsidRPr="00661A9B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> March - </w:t>
+              <w:t xml:space="preserve"> April – Donaghmore</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="3613661A" w14:textId="0708C7D4" w:rsidR="00566423" w:rsidRDefault="00566423" w:rsidP="00566423">
+          <w:p w14:paraId="255F791D" w14:textId="44B7A640" w:rsidR="00661A9B" w:rsidRPr="00911295" w:rsidRDefault="00661A9B" w:rsidP="00566423">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D3356">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Please contact the Parish Secretary during office hours to arrange a suitable date.</w:t>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00661A9B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> April - Donaghmore</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DEA9835" w14:textId="6D98FAA4" w:rsidR="001D7267" w:rsidRPr="002D3356" w:rsidRDefault="00815739" w:rsidP="00194DB8">
+          <w:p w14:paraId="3613661A" w14:textId="552522BF" w:rsidR="00566423" w:rsidRPr="00911295" w:rsidRDefault="00566423" w:rsidP="00566423">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00911295">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>We welcome Eabha Rosaleen O’Hagan who was recently baptised</w:t>
+              <w:t>Please contact the Parish Secretary during office hours to arrange a suitable date.</w:t>
             </w:r>
-            <w:r w:rsidR="00194DB8">
+            <w:r w:rsidR="00393994">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> into the Christian family.</w:t>
+              <w:t xml:space="preserve"> We welcome </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00393994">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Neansaí</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00393994">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Frances Hanna into our Christian </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF7D8C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>family,</w:t>
+            </w:r>
+            <w:r w:rsidR="00393994">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> she was recently baptised.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42A7902B" w14:textId="77777777" w:rsidR="00667A40" w:rsidRPr="00CD7B22" w:rsidRDefault="00667A40" w:rsidP="00667A40">
+          <w:p w14:paraId="5095D335" w14:textId="28EE0999" w:rsidR="00911295" w:rsidRPr="00DA5D76" w:rsidRDefault="00911295" w:rsidP="00911295">
             <w:pPr>
-              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B22">
+            <w:r w:rsidRPr="00DA5D76">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>MASS TIMES 9th -14th Feb in DONAGHMORE</w:t>
+              <w:t xml:space="preserve">WEDDINGS </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31529D42" w14:textId="77777777" w:rsidR="00667A40" w:rsidRPr="00CD7B22" w:rsidRDefault="00667A40" w:rsidP="00667A40">
+          <w:p w14:paraId="1ED475C4" w14:textId="77777777" w:rsidR="00911295" w:rsidRPr="00911295" w:rsidRDefault="00911295" w:rsidP="00911295">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00911295">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">All couples who plan to marry in 2026 are asked to contact the Parish Office for an appointment on a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00911295">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MONDAY at either 5.30pm or 6pm.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00911295">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The completion of the necessary paperwork is a legal requirement and without completion the wedding cannot take place. The requirements are:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57B6AE0D" w14:textId="77777777" w:rsidR="00911295" w:rsidRPr="00911295" w:rsidRDefault="00911295" w:rsidP="00911295">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00911295">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) Arrange for your Pre- Marriage Course – see accord.ni for details</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16401E5D" w14:textId="77777777" w:rsidR="00911295" w:rsidRPr="00911295" w:rsidRDefault="00911295" w:rsidP="00911295">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00911295">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) Contact your local Council Offices for Notification of Marriage Forms</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34D99001" w14:textId="77777777" w:rsidR="00911295" w:rsidRPr="00911295" w:rsidRDefault="00911295" w:rsidP="00911295">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00911295">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) Complete Pre-Nuptial Enquiry forms with the Priest of the Parish you live in.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F17E286" w14:textId="16E8377F" w:rsidR="00C630CB" w:rsidRPr="00911295" w:rsidRDefault="00C630CB" w:rsidP="00667A40">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD7B22">
-[...223 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5064" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="025A3315" w14:textId="77777777" w:rsidR="00584C44" w:rsidRPr="00AE76D5" w:rsidRDefault="00584C44" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5BB0289C" w14:textId="77777777" w:rsidR="001112CD" w:rsidRDefault="001112CD" w:rsidP="00896F7F">
+    <w:p w14:paraId="5BB0289C" w14:textId="114B888E" w:rsidR="001112CD" w:rsidRDefault="001112CD" w:rsidP="00896F7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6379"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C82ECE6" w14:textId="123D416E" w:rsidR="00896F7F" w:rsidRDefault="00943D7F" w:rsidP="00896F7F">
+    <w:p w14:paraId="52EEBC82" w14:textId="77777777" w:rsidR="006804B7" w:rsidRDefault="006804B7" w:rsidP="00896F7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6379"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D2EB7">
+    </w:p>
+    <w:p w14:paraId="64FD3718" w14:textId="77777777" w:rsidR="006804B7" w:rsidRDefault="006804B7" w:rsidP="00896F7F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="6379"/>
+          <w:tab w:val="left" w:pos="6804"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">ANNIVERSARIES FOR </w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C82ECE6" w14:textId="20DCD7BF" w:rsidR="00896F7F" w:rsidRPr="000F19E3" w:rsidRDefault="006804B7" w:rsidP="00896F7F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="6379"/>
+          <w:tab w:val="left" w:pos="6804"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00C630CB">
+      <w:r w:rsidR="00943D7F" w:rsidRPr="000F19E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NNIVERSARIES FOR </w:t>
+      </w:r>
+      <w:r w:rsidR="00C630CB" w:rsidRPr="000F19E3">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">THE </w:t>
       </w:r>
-      <w:r w:rsidR="00194DB8">
+      <w:r w:rsidR="00393994">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>FEAST OF St BRIG</w:t>
+        <w:t xml:space="preserve">SECOND </w:t>
       </w:r>
-      <w:r w:rsidR="008F11DD">
+      <w:r w:rsidR="008777BB">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>ID</w:t>
+        <w:t>SUNDAY OF LENT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68A98C20" w14:textId="77777777" w:rsidR="00C630CB" w:rsidRDefault="00C630CB" w:rsidP="00896F7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6379"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="484AAEF4" w14:textId="411C8C3A" w:rsidR="000249D1" w:rsidRDefault="003475BA" w:rsidP="000249D1">
+    <w:p w14:paraId="587B3CAF" w14:textId="018543C0" w:rsidR="00FB465F" w:rsidRPr="00B61C5A" w:rsidRDefault="003475BA" w:rsidP="000249D1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6379"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006012C9">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">RECENTLY </w:t>
       </w:r>
       <w:r w:rsidR="004C2B4A" w:rsidRPr="006012C9">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DECEASED</w:t>
       </w:r>
       <w:r w:rsidR="004C2B4A" w:rsidRPr="006012C9">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00BF1282" w:rsidRPr="006012C9">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F7665E">
+      <w:r w:rsidR="006359B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">FRANCIS HURSON, </w:t>
+      </w:r>
+      <w:r w:rsidR="00393994">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PETER </w:t>
+      </w:r>
+      <w:r w:rsidR="0044449F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>CORRIGAN,</w:t>
+      </w:r>
+      <w:r w:rsidR="00393994">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007E407E">
+      <w:r w:rsidR="007169A8">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>BERNADETTE SIMPSON</w:t>
       </w:r>
-      <w:r w:rsidR="002F5296">
+      <w:r w:rsidR="00722B8A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>M</w:t>
+        <w:t xml:space="preserve">, BERNADETTE </w:t>
       </w:r>
-      <w:r w:rsidR="008C7B1B">
+      <w:r w:rsidR="0083064C">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>ARY B NUGENT</w:t>
+        <w:t>INNES, MARY</w:t>
       </w:r>
-      <w:r w:rsidR="002F5296">
+      <w:r w:rsidR="00C20BE0">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> B NUGENT</w:t>
       </w:r>
-      <w:r w:rsidR="008F11DD">
-[...104 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10627" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2547"/>
         <w:gridCol w:w="8080"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00054757" w:rsidRPr="006012C9" w14:paraId="413B35D6" w14:textId="77777777" w:rsidTr="00B72D33">
+      <w:tr w:rsidR="00393994" w:rsidRPr="006012C9" w14:paraId="413B35D6" w14:textId="77777777" w:rsidTr="00B72D33">
         <w:trPr>
           <w:trHeight w:val="471"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4FD310DE" w14:textId="380FC438" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00054757" w:rsidP="00054757">
+          <w:p w14:paraId="4FD310DE" w14:textId="7CED0CCC" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="00393994" w:rsidP="00393994">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006012C9">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SATURDAY </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>31st Jan</w:t>
+              <w:t>28th Feb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F3AE39F" w14:textId="7D5943A4" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00054757" w:rsidP="00054757">
+          <w:p w14:paraId="6F3AE39F" w14:textId="4D0312AB" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="00393994" w:rsidP="00393994">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Hughie Hetherington</w:t>
+              <w:t xml:space="preserve">Bella Mc </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cann</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00054757" w:rsidRPr="006012C9" w14:paraId="5642B060" w14:textId="77777777" w:rsidTr="00B72D33">
+      <w:tr w:rsidR="00393994" w:rsidRPr="006012C9" w14:paraId="5642B060" w14:textId="77777777" w:rsidTr="00B72D33">
         <w:trPr>
           <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="178D1BF3" w14:textId="56CBB375" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00054757" w:rsidP="00054757">
+          <w:p w14:paraId="178D1BF3" w14:textId="7E2B9DE0" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="00393994" w:rsidP="00393994">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006012C9">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SUNDAY </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B72D33">
+            <w:r w:rsidRPr="008870CE">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>st</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Feb </w:t>
+              <w:t xml:space="preserve"> March</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1149DE2A" w14:textId="77777777" w:rsidR="00054757" w:rsidRDefault="00054757" w:rsidP="00054757">
+          <w:p w14:paraId="59DD0EA1" w14:textId="7084D432" w:rsidR="00393994" w:rsidRDefault="00393994" w:rsidP="00393994">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Mary &amp; Frank Donnelly, Tessie &amp; Packie McVeigh, Jim Quinn,</w:t>
+              <w:t xml:space="preserve">Mary Brighid Nugent (MM) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Galbally</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10am</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3163A1CB" w14:textId="71480B61" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00054757" w:rsidP="00054757">
+          <w:p w14:paraId="1D9D14B8" w14:textId="77777777" w:rsidR="002A61C7" w:rsidRDefault="002A61C7" w:rsidP="002A61C7">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Cecilia Murphy, Michael Mulgrew</w:t>
+              <w:t>Fr Leo Traynor, Mickey Traynor and deceased family members.</w:t>
             </w:r>
-            <w:r w:rsidR="00AC4A96">
+          </w:p>
+          <w:p w14:paraId="1087253C" w14:textId="77777777" w:rsidR="00393994" w:rsidRDefault="00393994" w:rsidP="00393994">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Jim </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B0293B">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Quinn, Dolores Murphy</w:t>
+              <w:t>Henry Loiughran</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BAC341B" w14:textId="77777777" w:rsidR="00393994" w:rsidRDefault="00393994" w:rsidP="00393994">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dwayne &amp; Kieran O’Donnell</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="307B59FD" w14:textId="77777777" w:rsidR="00393994" w:rsidRDefault="00393994" w:rsidP="00393994">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Malcolm, Brendan &amp; Susan Nugent</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B5002D0" w14:textId="37F432F2" w:rsidR="000B4789" w:rsidRDefault="000B4789" w:rsidP="00393994">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Simon Mc Alee</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3163A1CB" w14:textId="720F7688" w:rsidR="000B4789" w:rsidRPr="006012C9" w:rsidRDefault="00D50E37" w:rsidP="00315833">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pearce Rafferty</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00054757" w:rsidRPr="006012C9" w14:paraId="75B21741" w14:textId="77777777" w:rsidTr="00B72D33">
+      <w:tr w:rsidR="00393994" w:rsidRPr="006012C9" w14:paraId="75B21741" w14:textId="77777777" w:rsidTr="00B72D33">
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57754597" w14:textId="44516805" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00054757" w:rsidP="00054757">
+          <w:p w14:paraId="57754597" w14:textId="1FC3FA01" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="00393994" w:rsidP="00393994">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MONDAY 2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00054757">
+            <w:r w:rsidRPr="00393994">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>nd</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Feb</w:t>
+              <w:t xml:space="preserve"> March</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48FB8F37" w14:textId="60759F48" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00B42EFD" w:rsidP="00054757">
+          <w:p w14:paraId="48FB8F37" w14:textId="6C0DFD6A" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="008752BA" w:rsidP="00393994">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Lauren Hetherington</w:t>
+              <w:t>Sarah J Mc Kenna</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00054757" w:rsidRPr="006012C9" w14:paraId="21AD835D" w14:textId="77777777" w:rsidTr="00B72D33">
+      <w:tr w:rsidR="00393994" w:rsidRPr="006012C9" w14:paraId="21AD835D" w14:textId="77777777" w:rsidTr="00B72D33">
         <w:trPr>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C33167E" w14:textId="48305DC9" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00054757" w:rsidP="00054757">
+          <w:p w14:paraId="4C33167E" w14:textId="5F481710" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="00393994" w:rsidP="00393994">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TUESDAY 3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00054757">
+            <w:r w:rsidRPr="00393994">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>rd</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Feb</w:t>
+              <w:t xml:space="preserve"> March</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5EF2BF9B" w14:textId="4EAAE2E7" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00FC188D" w:rsidP="00054757">
+          <w:p w14:paraId="5EF2BF9B" w14:textId="0D4C0E57" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="008752BA" w:rsidP="00393994">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Fr. James Grimes</w:t>
+              <w:t>Patrick, Brigid and Thomas Armstrong.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00054757" w:rsidRPr="006012C9" w14:paraId="198F5065" w14:textId="77777777" w:rsidTr="00B72D33">
+      <w:tr w:rsidR="00393994" w:rsidRPr="006012C9" w14:paraId="198F5065" w14:textId="77777777" w:rsidTr="00B72D33">
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18954966" w14:textId="238CCC89" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00054757" w:rsidP="00054757">
+          <w:p w14:paraId="18954966" w14:textId="5BB8E633" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="00393994" w:rsidP="00393994">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>WEDNESDAY 4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00054757">
+            <w:r w:rsidRPr="00393994">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Feb</w:t>
+              <w:t xml:space="preserve"> March</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="322D93E4" w14:textId="02E9193B" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00B42EFD" w:rsidP="00054757">
+          <w:p w14:paraId="322D93E4" w14:textId="355D3ECB" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="00393994" w:rsidP="00393994">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...43 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00054757" w:rsidRPr="006012C9" w14:paraId="7386E421" w14:textId="77777777" w:rsidTr="00B72D33">
+      <w:tr w:rsidR="00393994" w:rsidRPr="006012C9" w14:paraId="7386E421" w14:textId="77777777" w:rsidTr="00B72D33">
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A0BFFDF" w14:textId="420E5E21" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00054757" w:rsidP="00054757">
+          <w:p w14:paraId="2A0BFFDF" w14:textId="410AA511" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="00393994" w:rsidP="00393994">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>THURSDAY 5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00054757">
+            <w:r w:rsidRPr="00393994">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Feb</w:t>
+              <w:t xml:space="preserve"> March</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2963C4F0" w14:textId="46C7C110" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="001507A0" w:rsidP="00054757">
+          <w:p w14:paraId="2963C4F0" w14:textId="63F015A4" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="00393994" w:rsidP="00393994">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00054757" w:rsidRPr="006012C9" w14:paraId="64A82397" w14:textId="77777777" w:rsidTr="00B72D33">
+      <w:tr w:rsidR="00393994" w:rsidRPr="006012C9" w14:paraId="64A82397" w14:textId="77777777" w:rsidTr="00B72D33">
         <w:trPr>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18EAC7FE" w14:textId="4A9E3573" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00054757" w:rsidP="00054757">
+          <w:p w14:paraId="18EAC7FE" w14:textId="0975F743" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="00393994" w:rsidP="00393994">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FRIDAY 6</w:t>
             </w:r>
-            <w:r w:rsidRPr="00054757">
+            <w:r w:rsidRPr="00393994">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Feb</w:t>
+              <w:t xml:space="preserve"> March</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62983469" w14:textId="52EF1C23" w:rsidR="00054757" w:rsidRDefault="00634843" w:rsidP="00054757">
+          <w:p w14:paraId="02071473" w14:textId="3E401EC7" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="00393994" w:rsidP="00393994">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...147 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00054757" w:rsidRPr="006012C9" w14:paraId="523901CA" w14:textId="77777777" w:rsidTr="00B72D33">
+      <w:tr w:rsidR="00393994" w:rsidRPr="006012C9" w14:paraId="523901CA" w14:textId="77777777" w:rsidTr="00B72D33">
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="216A5152" w14:textId="613C758C" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00054757" w:rsidP="00054757">
+          <w:p w14:paraId="216A5152" w14:textId="4E5C63FC" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="00393994" w:rsidP="00393994">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006012C9">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SATURDAY </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00054757">
+            <w:r w:rsidRPr="00393994">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Feb</w:t>
+              <w:t xml:space="preserve"> March</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06BE6BC4" w14:textId="4EE9E16C" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="000E6F05" w:rsidP="00054757">
+          <w:p w14:paraId="06BE6BC4" w14:textId="68D0C0D5" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="00822308" w:rsidP="00393994">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Maureen </w:t>
-[...26 lines deleted...]
-              <w:t>James Gallagher.</w:t>
+              <w:t>Bridie Quinn</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00054757" w:rsidRPr="006012C9" w14:paraId="0D9B3F99" w14:textId="77777777" w:rsidTr="00B72D33">
+      <w:tr w:rsidR="00393994" w:rsidRPr="006012C9" w14:paraId="0D9B3F99" w14:textId="77777777" w:rsidTr="00DC7DF6">
         <w:trPr>
-          <w:trHeight w:val="242"/>
+          <w:trHeight w:val="581"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70067613" w14:textId="57C6DFBC" w:rsidR="00054757" w:rsidRPr="006012C9" w:rsidRDefault="00054757" w:rsidP="00054757">
+          <w:p w14:paraId="70067613" w14:textId="33554EB3" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="00393994" w:rsidP="00393994">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006012C9">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SUNDAY </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidRPr="00054757">
+            <w:r w:rsidRPr="00393994">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Feb</w:t>
+              <w:t xml:space="preserve"> March</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="547E8F67" w14:textId="465CB9CB" w:rsidR="00054757" w:rsidRDefault="00CC59B9" w:rsidP="00054757">
+          <w:p w14:paraId="0CB5F54F" w14:textId="77777777" w:rsidR="00393994" w:rsidRDefault="00FF2B7E" w:rsidP="00393994">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peter, </w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">, Aidan Quinn, </w:t>
+              <w:t>Pauline Hegarty</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52BCFC6D" w14:textId="77777777" w:rsidR="00375323" w:rsidRDefault="00375323" w:rsidP="00054757">
+          <w:p w14:paraId="668C931E" w14:textId="77777777" w:rsidR="00654A7A" w:rsidRDefault="00654A7A" w:rsidP="00393994">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kevin &amp; Anne Rafferty, </w:t>
-[...8 lines deleted...]
-              <w:t>Packie, Mary, Johnny &amp; Annie Donaghy,</w:t>
+              <w:t>Rose and James Girvan</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42ECB2FC" w14:textId="162A151A" w:rsidR="008F64CA" w:rsidRPr="006012C9" w:rsidRDefault="008F64CA" w:rsidP="00054757">
+          <w:p w14:paraId="4695FCA9" w14:textId="77777777" w:rsidR="00654A7A" w:rsidRDefault="00654A7A" w:rsidP="00393994">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joe, Bridget </w:t>
+              <w:t>Vincent Donaghy</w:t>
             </w:r>
-            <w:r w:rsidR="009E6912">
+          </w:p>
+          <w:p w14:paraId="42ECB2FC" w14:textId="4CC09AB4" w:rsidR="00654A7A" w:rsidRPr="006012C9" w:rsidRDefault="00654A7A" w:rsidP="00393994">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>&amp; Pat Rafferty and</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0091646D">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> of the Rafferty family.</w:t>
+              <w:t>Packie &amp; Susan Mullan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7F3EF91C" w14:textId="14D2CF2A" w:rsidR="00CF4B4B" w:rsidRDefault="00CF4B4B" w:rsidP="00971A50">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21D7AC78" w14:textId="77777777" w:rsidR="00BB331D" w:rsidRDefault="00BB331D" w:rsidP="00BB331D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
@@ -5744,888 +6742,1166 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BB331D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Galbally</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BB331D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Community Centre</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AD6FBAC" w14:textId="77777777" w:rsidR="00175F6B" w:rsidRDefault="00175F6B" w:rsidP="00BB331D">
+    <w:p w14:paraId="50FB246B" w14:textId="77777777" w:rsidR="00707222" w:rsidRDefault="00707222" w:rsidP="00BB331D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="085ACBD1" w14:textId="77777777" w:rsidR="003A219C" w:rsidRPr="00D957DC" w:rsidRDefault="003A219C" w:rsidP="003A219C">
+    <w:p w14:paraId="2492F227" w14:textId="77777777" w:rsidR="000612DC" w:rsidRPr="000612DC" w:rsidRDefault="000612DC" w:rsidP="000612DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D957DC">
+      <w:r w:rsidRPr="000612DC">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Lotto Draw: Monday 26th January 2026: winning numbers were: 2, 8, 11, 22</w:t>
+        <w:t>Lotto Draw: Monday 23rd February 2026: winning numbers were: 3, 5, 15, 20</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E49CF7E" w14:textId="77777777" w:rsidR="003A219C" w:rsidRPr="00D957DC" w:rsidRDefault="003A219C" w:rsidP="003A219C">
+    <w:p w14:paraId="3460792B" w14:textId="77777777" w:rsidR="000612DC" w:rsidRPr="000612DC" w:rsidRDefault="000612DC" w:rsidP="000612DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D957DC">
+      <w:r w:rsidRPr="000612DC">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Congratulations to match 3 winners: Brian O’Donnell, Sharon Hurson, Seamus McGlinchey, Geraldine McKeown, Michelle McCabe, Cassie McElhone, Plunkett McElduff, Maureen Clarke, Anthony Morris, Mary Hackett, R.E.K Hetherington.</w:t>
+        <w:t>Congratulations to match 3 winners: Stephen McGee, Pat Donnelly, Colm Kelly, Paul Kelly, Niamh Maynes, Pierce Og Donnelly, Bernie Gilroy, Nicola McCrory.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="604E0490" w14:textId="19568CF3" w:rsidR="003A219C" w:rsidRPr="00D957DC" w:rsidRDefault="004C2EEC" w:rsidP="003A219C">
+    <w:p w14:paraId="6A742D49" w14:textId="77777777" w:rsidR="000612DC" w:rsidRPr="000612DC" w:rsidRDefault="000612DC" w:rsidP="000612DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D957DC">
+      <w:r w:rsidRPr="000612DC">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Next</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Draw Monday 2nd February 2026. Jackpot: £4300.00</w:t>
+        <w:t>Next Draw Monday 2nd March 2026. Jackpot: £4700.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C11E79F" w14:textId="77777777" w:rsidR="003A219C" w:rsidRPr="00D957DC" w:rsidRDefault="003A219C" w:rsidP="003A219C">
+    <w:p w14:paraId="05FA295B" w14:textId="77777777" w:rsidR="000612DC" w:rsidRPr="000612DC" w:rsidRDefault="000612DC" w:rsidP="000612DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D957DC">
+      <w:r w:rsidRPr="000612DC">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Monthly Prize Draw – December 2025 Winners</w:t>
+        <w:t>Monthly Prize Draw – February 2026 Winners</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45EF9A66" w14:textId="77777777" w:rsidR="003A219C" w:rsidRPr="00D957DC" w:rsidRDefault="003A219C" w:rsidP="003A219C">
+    <w:p w14:paraId="691147BF" w14:textId="77777777" w:rsidR="000612DC" w:rsidRPr="000612DC" w:rsidRDefault="000612DC" w:rsidP="000612DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D957DC">
+      <w:r w:rsidRPr="000612DC">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>£1000 Winner: Michael &amp; Noreen Quinn</w:t>
+        <w:t>£200: Emma McGeary</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14031A84" w14:textId="77777777" w:rsidR="003A219C" w:rsidRPr="00D957DC" w:rsidRDefault="003A219C" w:rsidP="003A219C">
+    <w:p w14:paraId="56FA535C" w14:textId="77777777" w:rsidR="000612DC" w:rsidRPr="000612DC" w:rsidRDefault="000612DC" w:rsidP="000612DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D957DC">
+      <w:r w:rsidRPr="000612DC">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>£200: Fintan &amp; Alison Kelly</w:t>
+        <w:t xml:space="preserve">£100: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000612DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Breige</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000612DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rafferty</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="561CFD2A" w14:textId="77777777" w:rsidR="003A219C" w:rsidRPr="00D957DC" w:rsidRDefault="003A219C" w:rsidP="003A219C">
+    <w:p w14:paraId="5C5CDC9E" w14:textId="77777777" w:rsidR="000612DC" w:rsidRPr="000612DC" w:rsidRDefault="000612DC" w:rsidP="000612DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D957DC">
+      <w:r w:rsidRPr="000612DC">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>£100: Paul Kelly</w:t>
+        <w:t xml:space="preserve">£100: Emmett </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000612DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>McKillion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="31290B7A" w14:textId="77777777" w:rsidR="003A219C" w:rsidRPr="00D957DC" w:rsidRDefault="003A219C" w:rsidP="003A219C">
+    <w:p w14:paraId="71887E53" w14:textId="77777777" w:rsidR="000612DC" w:rsidRPr="000612DC" w:rsidRDefault="000612DC" w:rsidP="000612DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D957DC">
+      <w:r w:rsidRPr="000612DC">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>£100: Julian Quinn</w:t>
+        <w:t>February draw will take place on Monday 30th March 2026.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EAA0B49" w14:textId="77777777" w:rsidR="003A219C" w:rsidRPr="00D957DC" w:rsidRDefault="003A219C" w:rsidP="003A219C">
+    <w:p w14:paraId="1C6329B2" w14:textId="77777777" w:rsidR="000612DC" w:rsidRPr="000612DC" w:rsidRDefault="000612DC" w:rsidP="000612DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D957DC">
+      <w:r w:rsidRPr="000612DC">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>First draw of 2026 will take place on Monday 2nd February 2026.</w:t>
+        <w:t>If you would like to consider joining the monthly prize draw, please contact Fergal on 07713 623264 or Lycrecia at lycreciagcc@yahoo.com</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FFC0034" w14:textId="6A7528BC" w:rsidR="0076377F" w:rsidRPr="00D957DC" w:rsidRDefault="00D957DC" w:rsidP="002670F6">
+    <w:p w14:paraId="234348BD" w14:textId="46C23D1B" w:rsidR="000612DC" w:rsidRPr="000612DC" w:rsidRDefault="000612DC" w:rsidP="000612DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D957DC">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000612DC">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>If you would like to consider joining the monthly prize draw, please contact Fergal on 07713 623264 or Lycrecia at lycreciagcc@yahoo.com</w:t>
+        <w:t>Galbally</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000612DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bus Trip: We are off to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000612DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Glenagle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000612DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hotel, Killarney this year from Monday 1st June to Friday 5th June 2026. Bed, breakfast and evening meal each day, dancing and entertainment each night. Bus trips to Cork, National Park, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000612DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Muckross</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000612DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> House, Kate Kearney’s Cottage and Molls Gap. £500 pp sharing, £40 per night single room supplement. £100 deposit secures your seat, balance to be paid by 11th May. Seats are limited, so book early</w:t>
+      </w:r>
+      <w:r w:rsidR="00707222" w:rsidRPr="00707222">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00707222" w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>to avoid disappointment. Tel: Margaret</w:t>
+      </w:r>
+      <w:r w:rsidR="00707222" w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidR="00707222" w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on 07763 765137.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6165C273" w14:textId="77777777" w:rsidR="00D93114" w:rsidRDefault="00D93114" w:rsidP="00D93114">
+    <w:p w14:paraId="48F2E5C1" w14:textId="020F92EF" w:rsidR="00210428" w:rsidRDefault="00210428" w:rsidP="00210428">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93114">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D1FFB">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Donaghmore GAA</w:t>
+        <w:t>Galbally</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D1FFB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D1FFB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Pearses</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D1FFB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GAC</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C1BAFFC" w14:textId="77777777" w:rsidR="00A25DDB" w:rsidRDefault="00A25DDB" w:rsidP="00D93114">
+    <w:p w14:paraId="41E65DF5" w14:textId="77777777" w:rsidR="006B4974" w:rsidRDefault="006B4974" w:rsidP="00210428">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2431A862" w14:textId="77777777" w:rsidR="00AF21A3" w:rsidRPr="00707222" w:rsidRDefault="00AF21A3" w:rsidP="00AF21A3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Club Membership Registration </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20157306" w14:textId="77777777" w:rsidR="00AF21A3" w:rsidRPr="00707222" w:rsidRDefault="00AF21A3" w:rsidP="00AF21A3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Anyone wishing to train and play with the club must be registered by the 31</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t> of March.  This also applies to coaches, referees and committee members.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71EA623A" w14:textId="77777777" w:rsidR="00AF21A3" w:rsidRPr="00707222" w:rsidRDefault="00AF21A3" w:rsidP="00AF21A3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>We encourage current and previous members to register.  All new members are welcome.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47C73BFD" w14:textId="77777777" w:rsidR="00AF21A3" w:rsidRPr="00707222" w:rsidRDefault="00AF21A3" w:rsidP="00AF21A3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Registration can be done through the link:  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:tooltip="https://galballygac.clubforce.com/products/membership?fbclid=IwZXh0bgNhZW0CMTAAYnJpZBEwMTRxRFVCWjN6MFk4OEVoVXNydGMGYXBwX2lkEDIyMjAzOTE3ODgyMDA4OTIAAR7mv2_K2T9qMxvX03EciBceLbvpPgRQE9k9S2p47LYsQDZhLZBKN2W0R3wXRA_aem_J_-9O3wXeeNlysUSW91jWg" w:history="1">
+        <w:r w:rsidRPr="00707222">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>https://galballygac.clubforce.com/products/membership</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4155288F" w14:textId="77777777" w:rsidR="00AF21A3" w:rsidRPr="00707222" w:rsidRDefault="00AF21A3" w:rsidP="00AF21A3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Cash and card payments can be made in the club shop every Friday evening from 7pm to 7.30pm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B01D302" w14:textId="77777777" w:rsidR="00AF21A3" w:rsidRPr="00707222" w:rsidRDefault="00AF21A3" w:rsidP="00AF21A3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Club an </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Phiarsaigh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Scheme (covers husband, wife &amp; children who are U18 as of 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t> of January 2026) £240.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1008E47F" w14:textId="77777777" w:rsidR="00AF21A3" w:rsidRPr="00707222" w:rsidRDefault="00AF21A3" w:rsidP="00AF21A3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Single Adult Player £100.  Single Adult Non-Player £60.  Husband &amp; Wife £100.  Student £50.  Single Youth (U18) £30.  OAP (over 65) £20.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40329DD9" w14:textId="6A4BBD1F" w:rsidR="00AF21A3" w:rsidRPr="00707222" w:rsidRDefault="00AF21A3" w:rsidP="00AF21A3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidR="004F0619" w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>assistance,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> please contact our membership sub-committee on the numbers below:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70DE7322" w14:textId="77777777" w:rsidR="00AF21A3" w:rsidRPr="00707222" w:rsidRDefault="00AF21A3" w:rsidP="00AF21A3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Michelle McCaul - </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>07717050200;   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Louise Donaghy - </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>07764612976;   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dwayne Mulgrew - 07874644742</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D77E9BA" w14:textId="77777777" w:rsidR="006B4974" w:rsidRDefault="006B4974" w:rsidP="00AF21A3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6486EC6B" w14:textId="77777777" w:rsidR="008364BF" w:rsidRDefault="008364BF" w:rsidP="00D93114">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6087483B" w14:textId="77777777" w:rsidR="00376A80" w:rsidRPr="00376A80" w:rsidRDefault="00376A80" w:rsidP="00376A80">
+    <w:p w14:paraId="5EF9E864" w14:textId="532B6DFA" w:rsidR="00210428" w:rsidRPr="00DF0CB8" w:rsidRDefault="00AB0BF4" w:rsidP="008364BF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00376A80">
+      <w:r w:rsidRPr="00AB0BF4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Lotto</w:t>
-[...8 lines deleted...]
-        <w:t> winners Monday 26th January 2026. </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40EAEDF4" w14:textId="77777777" w:rsidR="00376A80" w:rsidRPr="00376A80" w:rsidRDefault="00376A80" w:rsidP="00376A80">
-[...392 lines deleted...]
-    <w:p w14:paraId="3339E236" w14:textId="45018F92" w:rsidR="00B30F0E" w:rsidRDefault="00B30F0E" w:rsidP="00B30F0E">
+    <w:p w14:paraId="4A164234" w14:textId="6026D7A5" w:rsidR="00DF0CB8" w:rsidRPr="00DF0CB8" w:rsidRDefault="00DF0CB8" w:rsidP="00DF0CB8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B30F0E">
+      <w:r w:rsidRPr="00DF0CB8">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Donaghmore Historical Society</w:t>
+        <w:t>MARIE CURIE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D2FBBF4" w14:textId="77777777" w:rsidR="0078393D" w:rsidRPr="0078393D" w:rsidRDefault="0078393D" w:rsidP="0078393D">
+    <w:p w14:paraId="59A763F1" w14:textId="77777777" w:rsidR="00DF0CB8" w:rsidRPr="00DF0CB8" w:rsidRDefault="00DF0CB8" w:rsidP="00DF0CB8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078393D">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7B4A2E2B" w14:textId="77777777" w:rsidR="0078393D" w:rsidRPr="0078393D" w:rsidRDefault="0078393D" w:rsidP="0078393D">
+    <w:p w14:paraId="0A0A80EC" w14:textId="52F69B0F" w:rsidR="00DF0CB8" w:rsidRPr="00707222" w:rsidRDefault="00DF0CB8" w:rsidP="00DF0CB8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078393D">
+      <w:r w:rsidRPr="00707222">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Mon 9 Feb 2026 | 8.00pm | Donaghmore Heritage Centre:</w:t>
+        <w:t>The Dungannon Fundraising Group for Marie Curie invites you to our annual Great Daffodil Ball on Saturday, March 7th, 2026, at the Glenavon House Hotel, Cookstown. The evening begins at 7:30 PM.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67DA201B" w14:textId="77777777" w:rsidR="0078393D" w:rsidRPr="0078393D" w:rsidRDefault="0078393D" w:rsidP="0078393D">
+    <w:p w14:paraId="3F684675" w14:textId="77777777" w:rsidR="00DF0CB8" w:rsidRPr="00707222" w:rsidRDefault="00DF0CB8" w:rsidP="00DF0CB8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078393D">
+      <w:r w:rsidRPr="00707222">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Jim Stothers ‘A Tale of the Unexpected: Presbyterians and the Irish Language.’ </w:t>
+        <w:t>Join us for a wonderful night featuring a drinks reception and a delicious meal, followed by dancing. There will also be many fantastic prizes to be won in our tombola and raffle. It is a great opportunity to enjoy yourself while supporting your local Marie Curie fundraising group.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="360E88A5" w14:textId="77777777" w:rsidR="0078393D" w:rsidRPr="0078393D" w:rsidRDefault="0078393D" w:rsidP="0078393D">
+    <w:p w14:paraId="72E1184E" w14:textId="77777777" w:rsidR="00DF0CB8" w:rsidRPr="00707222" w:rsidRDefault="00DF0CB8" w:rsidP="00DF0CB8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078393D">
+      <w:r w:rsidRPr="00707222">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>All welcome. Tea and biscuits afterwards.</w:t>
+        <w:t>Tickets are £50 each. For further information or to purchase tickets, please contact a committee member or use the details below:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="107196E6" w14:textId="77777777" w:rsidR="0078393D" w:rsidRPr="00B30F0E" w:rsidRDefault="0078393D" w:rsidP="0078393D">
+    <w:p w14:paraId="674B60D7" w14:textId="77777777" w:rsidR="00DF0CB8" w:rsidRPr="00707222" w:rsidRDefault="00DF0CB8" w:rsidP="00DF0CB8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Cathal McGurk: 07762 309 294</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33962690" w14:textId="0DF5FDD2" w:rsidR="00DF0CB8" w:rsidRPr="00707222" w:rsidRDefault="00DF0CB8" w:rsidP="006704A7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Email: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00393994" w:rsidRPr="00707222">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>dungannonfundraisinggroup.mariecurie@hotmail.co.uk</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00707222">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54CCE60C" w14:textId="77777777" w:rsidR="00393994" w:rsidRPr="00707222" w:rsidRDefault="00393994" w:rsidP="006704A7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E277F4C" w14:textId="13BB8928" w:rsidR="00393994" w:rsidRPr="00393994" w:rsidRDefault="00393994" w:rsidP="00393994">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00393994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>DONAGHMORE HISTORICAL SOCIETY</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0078393D" w:rsidRPr="00B30F0E" w:rsidSect="00AB4905">
+    <w:p w14:paraId="63584698" w14:textId="77777777" w:rsidR="00393994" w:rsidRPr="00393994" w:rsidRDefault="00393994" w:rsidP="00393994">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00393994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Monsignor Liam McEntegart — A Life of Service and Scholarship</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28959098" w14:textId="77777777" w:rsidR="00393994" w:rsidRPr="00393994" w:rsidRDefault="00393994" w:rsidP="00393994">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00393994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Donaghmore Historical Society presents a talk by Micheál Ó Máirtín on the life and work of Monsignor Liam </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00393994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>McEntegart;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00393994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00393994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>particular reference</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00393994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to his contribution to education and the Irish language.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A256F76" w14:textId="1FEA339B" w:rsidR="00393994" w:rsidRPr="00835783" w:rsidRDefault="00393994" w:rsidP="006704A7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00393994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Date: 9 March 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00656479">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00393994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Time: 8.00pmVenue: Heritage Centre, Donaghmore</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008364BF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:r w:rsidR="00656479">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00393994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Pay at the door. Society members free. Zoom link available through Eventbrite.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00393994" w:rsidRPr="00835783" w:rsidSect="00186B63">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="425" w:right="680" w:bottom="567" w:left="680" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="155"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="67A67A8D" w14:textId="77777777" w:rsidR="00CC47BB" w:rsidRDefault="00CC47BB">
+    <w:p w14:paraId="5B135204" w14:textId="77777777" w:rsidR="006C741D" w:rsidRDefault="006C741D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="523D474D" w14:textId="77777777" w:rsidR="00CC47BB" w:rsidRDefault="00CC47BB">
+    <w:p w14:paraId="66908090" w14:textId="77777777" w:rsidR="006C741D" w:rsidRDefault="006C741D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -6744,58 +8020,58 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="04AA0753" w14:textId="77777777" w:rsidR="00CC47BB" w:rsidRDefault="00CC47BB">
+    <w:p w14:paraId="5945BC36" w14:textId="77777777" w:rsidR="006C741D" w:rsidRDefault="006C741D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19C9B527" w14:textId="77777777" w:rsidR="00CC47BB" w:rsidRDefault="00CC47BB">
+    <w:p w14:paraId="64C78647" w14:textId="77777777" w:rsidR="006C741D" w:rsidRDefault="006C741D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00A726C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD8A511E"/>
     <w:lvl w:ilvl="0" w:tplc="75F6F9F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -7506,50 +8782,276 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="22AC5FDD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5B7ABB8E"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2E7A435D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2760EDCE"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38776C23"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="11204A98"/>
     <w:lvl w:ilvl="0" w:tplc="361EA70C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -7596,51 +9098,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="42D82415"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="80F80764"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="444F4778"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="603A1FC6"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7709,51 +9324,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57453EB1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A40E38F0"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7829,176 +9444,193 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2140494655">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1517771925">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="108134698">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="364452597">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1303197225">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2017069106">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1617518782">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2082172848">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="729500851">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="535586339">
     <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="107893138">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="233780742">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1005740376">
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF17BD"/>
     <w:rsid w:val="00000065"/>
     <w:rsid w:val="000002D0"/>
     <w:rsid w:val="00000744"/>
     <w:rsid w:val="0000234C"/>
     <w:rsid w:val="00003056"/>
     <w:rsid w:val="00003741"/>
     <w:rsid w:val="00006981"/>
     <w:rsid w:val="000102F3"/>
     <w:rsid w:val="00010C2A"/>
     <w:rsid w:val="00010CC2"/>
+    <w:rsid w:val="0001160B"/>
     <w:rsid w:val="00012EBB"/>
     <w:rsid w:val="000137CE"/>
     <w:rsid w:val="00013EB7"/>
+    <w:rsid w:val="000145A6"/>
     <w:rsid w:val="000149A5"/>
     <w:rsid w:val="00015D18"/>
     <w:rsid w:val="000168A8"/>
     <w:rsid w:val="00016E4D"/>
     <w:rsid w:val="00017497"/>
     <w:rsid w:val="00020170"/>
+    <w:rsid w:val="00020CD9"/>
+    <w:rsid w:val="0002107F"/>
     <w:rsid w:val="0002188D"/>
     <w:rsid w:val="00021F45"/>
     <w:rsid w:val="000223FF"/>
     <w:rsid w:val="0002296D"/>
     <w:rsid w:val="00023657"/>
     <w:rsid w:val="0002485D"/>
     <w:rsid w:val="000249D1"/>
     <w:rsid w:val="00024EF5"/>
     <w:rsid w:val="0002514B"/>
     <w:rsid w:val="00025946"/>
     <w:rsid w:val="00025F13"/>
     <w:rsid w:val="000269A5"/>
     <w:rsid w:val="00026CBE"/>
     <w:rsid w:val="00026F7D"/>
     <w:rsid w:val="00027594"/>
     <w:rsid w:val="00027B78"/>
     <w:rsid w:val="0003015F"/>
     <w:rsid w:val="00030F99"/>
     <w:rsid w:val="000312FE"/>
     <w:rsid w:val="00031C88"/>
     <w:rsid w:val="00031FC9"/>
     <w:rsid w:val="0003227F"/>
     <w:rsid w:val="0003488E"/>
     <w:rsid w:val="00035045"/>
     <w:rsid w:val="00035181"/>
     <w:rsid w:val="0004099D"/>
     <w:rsid w:val="00040BF4"/>
     <w:rsid w:val="000423BD"/>
     <w:rsid w:val="00043137"/>
     <w:rsid w:val="000444FB"/>
     <w:rsid w:val="000445E7"/>
     <w:rsid w:val="00044DAD"/>
     <w:rsid w:val="00046333"/>
+    <w:rsid w:val="0004657B"/>
     <w:rsid w:val="00047C34"/>
     <w:rsid w:val="00047D9F"/>
     <w:rsid w:val="000507E7"/>
+    <w:rsid w:val="0005163B"/>
     <w:rsid w:val="00052D7F"/>
     <w:rsid w:val="00052E69"/>
     <w:rsid w:val="00053310"/>
     <w:rsid w:val="00054757"/>
     <w:rsid w:val="000553A2"/>
     <w:rsid w:val="0005550C"/>
     <w:rsid w:val="000559D1"/>
     <w:rsid w:val="00055B95"/>
     <w:rsid w:val="00056162"/>
     <w:rsid w:val="00056255"/>
     <w:rsid w:val="00056D2E"/>
     <w:rsid w:val="000575C3"/>
     <w:rsid w:val="00057D95"/>
+    <w:rsid w:val="000602B9"/>
     <w:rsid w:val="0006036E"/>
     <w:rsid w:val="00060B7A"/>
+    <w:rsid w:val="000612DC"/>
     <w:rsid w:val="00061DF2"/>
     <w:rsid w:val="00062125"/>
     <w:rsid w:val="0006245D"/>
     <w:rsid w:val="00062EC9"/>
     <w:rsid w:val="0006659A"/>
     <w:rsid w:val="00066938"/>
     <w:rsid w:val="00070B72"/>
     <w:rsid w:val="00070EF6"/>
     <w:rsid w:val="00070F19"/>
     <w:rsid w:val="000716C2"/>
     <w:rsid w:val="000728A1"/>
     <w:rsid w:val="00072C2D"/>
     <w:rsid w:val="0007372D"/>
     <w:rsid w:val="00074BCD"/>
     <w:rsid w:val="00075A4B"/>
     <w:rsid w:val="00076123"/>
     <w:rsid w:val="00077093"/>
     <w:rsid w:val="00080191"/>
     <w:rsid w:val="000819EF"/>
     <w:rsid w:val="00081A29"/>
     <w:rsid w:val="00081B6A"/>
     <w:rsid w:val="00082B0E"/>
     <w:rsid w:val="00086594"/>
     <w:rsid w:val="0008697B"/>
     <w:rsid w:val="00091928"/>
@@ -8017,213 +9649,231 @@
     <w:rsid w:val="000A1392"/>
     <w:rsid w:val="000A22E8"/>
     <w:rsid w:val="000A254B"/>
     <w:rsid w:val="000A2D04"/>
     <w:rsid w:val="000A3074"/>
     <w:rsid w:val="000A3D1F"/>
     <w:rsid w:val="000A4285"/>
     <w:rsid w:val="000A4613"/>
     <w:rsid w:val="000A47D9"/>
     <w:rsid w:val="000A4AC0"/>
     <w:rsid w:val="000A50CB"/>
     <w:rsid w:val="000A646E"/>
     <w:rsid w:val="000A656B"/>
     <w:rsid w:val="000A6897"/>
     <w:rsid w:val="000A733F"/>
     <w:rsid w:val="000A7DD2"/>
     <w:rsid w:val="000B178A"/>
     <w:rsid w:val="000B1940"/>
     <w:rsid w:val="000B2456"/>
     <w:rsid w:val="000B24C8"/>
     <w:rsid w:val="000B325E"/>
     <w:rsid w:val="000B3342"/>
     <w:rsid w:val="000B3845"/>
     <w:rsid w:val="000B42D6"/>
     <w:rsid w:val="000B4384"/>
+    <w:rsid w:val="000B4789"/>
     <w:rsid w:val="000B4796"/>
     <w:rsid w:val="000B5AE3"/>
     <w:rsid w:val="000B6E2D"/>
     <w:rsid w:val="000B75A4"/>
+    <w:rsid w:val="000C034F"/>
     <w:rsid w:val="000C1531"/>
     <w:rsid w:val="000C2374"/>
     <w:rsid w:val="000C30FD"/>
+    <w:rsid w:val="000C3EA2"/>
     <w:rsid w:val="000C4645"/>
     <w:rsid w:val="000C4952"/>
     <w:rsid w:val="000C5CDC"/>
     <w:rsid w:val="000C6737"/>
     <w:rsid w:val="000C6ADC"/>
     <w:rsid w:val="000D0160"/>
     <w:rsid w:val="000D1277"/>
+    <w:rsid w:val="000D18A4"/>
     <w:rsid w:val="000D1E54"/>
     <w:rsid w:val="000D2103"/>
     <w:rsid w:val="000D2FBE"/>
     <w:rsid w:val="000D3BF2"/>
     <w:rsid w:val="000D3CA2"/>
     <w:rsid w:val="000D43A8"/>
+    <w:rsid w:val="000D6FBA"/>
     <w:rsid w:val="000D722C"/>
     <w:rsid w:val="000D73D2"/>
+    <w:rsid w:val="000D7477"/>
     <w:rsid w:val="000D76B6"/>
     <w:rsid w:val="000D7FE2"/>
     <w:rsid w:val="000E0202"/>
     <w:rsid w:val="000E074E"/>
     <w:rsid w:val="000E1C31"/>
     <w:rsid w:val="000E2171"/>
+    <w:rsid w:val="000E2800"/>
     <w:rsid w:val="000E2A99"/>
     <w:rsid w:val="000E2F0A"/>
     <w:rsid w:val="000E4C28"/>
     <w:rsid w:val="000E6DF4"/>
     <w:rsid w:val="000E6E6F"/>
     <w:rsid w:val="000E6F05"/>
     <w:rsid w:val="000E73DB"/>
+    <w:rsid w:val="000E7ADD"/>
     <w:rsid w:val="000F0034"/>
     <w:rsid w:val="000F022B"/>
     <w:rsid w:val="000F0300"/>
     <w:rsid w:val="000F08A0"/>
     <w:rsid w:val="000F19CD"/>
+    <w:rsid w:val="000F19E3"/>
     <w:rsid w:val="000F3449"/>
     <w:rsid w:val="000F4500"/>
     <w:rsid w:val="000F5343"/>
     <w:rsid w:val="000F59AC"/>
+    <w:rsid w:val="000F6104"/>
     <w:rsid w:val="000F7EBA"/>
     <w:rsid w:val="00100C8C"/>
     <w:rsid w:val="00101553"/>
     <w:rsid w:val="00101A76"/>
     <w:rsid w:val="00101B18"/>
     <w:rsid w:val="001026CF"/>
     <w:rsid w:val="0010378B"/>
     <w:rsid w:val="00104437"/>
     <w:rsid w:val="00104457"/>
     <w:rsid w:val="00104757"/>
     <w:rsid w:val="00104F0F"/>
     <w:rsid w:val="0010614D"/>
     <w:rsid w:val="00106FEA"/>
     <w:rsid w:val="0010708C"/>
     <w:rsid w:val="001077FC"/>
     <w:rsid w:val="00110780"/>
     <w:rsid w:val="001112CD"/>
     <w:rsid w:val="00111853"/>
     <w:rsid w:val="00111AA9"/>
     <w:rsid w:val="00112AF7"/>
     <w:rsid w:val="00112F57"/>
     <w:rsid w:val="00113BDD"/>
     <w:rsid w:val="00114046"/>
     <w:rsid w:val="0011432A"/>
     <w:rsid w:val="00115CF8"/>
     <w:rsid w:val="00116B31"/>
     <w:rsid w:val="001179B2"/>
     <w:rsid w:val="001201FB"/>
     <w:rsid w:val="001207B5"/>
     <w:rsid w:val="0012121B"/>
+    <w:rsid w:val="001221A0"/>
+    <w:rsid w:val="00122E2A"/>
     <w:rsid w:val="0012321D"/>
     <w:rsid w:val="001245B1"/>
     <w:rsid w:val="00124736"/>
     <w:rsid w:val="001247F4"/>
     <w:rsid w:val="00124DF6"/>
     <w:rsid w:val="00126551"/>
     <w:rsid w:val="001265F9"/>
     <w:rsid w:val="0012666E"/>
     <w:rsid w:val="00126D41"/>
     <w:rsid w:val="00126D49"/>
     <w:rsid w:val="00131BAD"/>
     <w:rsid w:val="0013218F"/>
     <w:rsid w:val="001322F1"/>
     <w:rsid w:val="001323E0"/>
     <w:rsid w:val="0013261B"/>
+    <w:rsid w:val="001328C0"/>
     <w:rsid w:val="00134372"/>
     <w:rsid w:val="00135DA4"/>
     <w:rsid w:val="0013684F"/>
     <w:rsid w:val="00136B07"/>
     <w:rsid w:val="00137432"/>
     <w:rsid w:val="001376D4"/>
     <w:rsid w:val="00137742"/>
     <w:rsid w:val="001378E2"/>
     <w:rsid w:val="00140214"/>
     <w:rsid w:val="00140FA2"/>
     <w:rsid w:val="0014372F"/>
     <w:rsid w:val="00144113"/>
     <w:rsid w:val="00144DD9"/>
     <w:rsid w:val="00145882"/>
     <w:rsid w:val="00146704"/>
     <w:rsid w:val="0014750C"/>
     <w:rsid w:val="001477A3"/>
     <w:rsid w:val="00150211"/>
     <w:rsid w:val="001507A0"/>
     <w:rsid w:val="001507BA"/>
     <w:rsid w:val="0015084C"/>
     <w:rsid w:val="0015086A"/>
     <w:rsid w:val="00151DD0"/>
     <w:rsid w:val="00151FA7"/>
     <w:rsid w:val="00152AE8"/>
     <w:rsid w:val="00152CA0"/>
     <w:rsid w:val="00154741"/>
     <w:rsid w:val="001548F3"/>
     <w:rsid w:val="00155C2A"/>
     <w:rsid w:val="00155CEF"/>
+    <w:rsid w:val="00156BDF"/>
     <w:rsid w:val="00157566"/>
     <w:rsid w:val="00157A60"/>
     <w:rsid w:val="00157B7D"/>
     <w:rsid w:val="001608FA"/>
     <w:rsid w:val="001616F6"/>
     <w:rsid w:val="001620E0"/>
     <w:rsid w:val="001640FA"/>
     <w:rsid w:val="001642C4"/>
     <w:rsid w:val="0016468A"/>
     <w:rsid w:val="001646C8"/>
     <w:rsid w:val="001662C7"/>
     <w:rsid w:val="001669F9"/>
     <w:rsid w:val="00166D24"/>
     <w:rsid w:val="001679AC"/>
     <w:rsid w:val="00171844"/>
     <w:rsid w:val="00172A82"/>
     <w:rsid w:val="0017346F"/>
     <w:rsid w:val="0017478A"/>
     <w:rsid w:val="00175F6B"/>
     <w:rsid w:val="00176D19"/>
     <w:rsid w:val="00177175"/>
     <w:rsid w:val="0018074C"/>
     <w:rsid w:val="00180851"/>
     <w:rsid w:val="00182332"/>
     <w:rsid w:val="00182F78"/>
     <w:rsid w:val="001838D8"/>
+    <w:rsid w:val="00184AC5"/>
     <w:rsid w:val="00185096"/>
     <w:rsid w:val="00186B1F"/>
+    <w:rsid w:val="00186B63"/>
     <w:rsid w:val="00186DB5"/>
     <w:rsid w:val="00187A54"/>
     <w:rsid w:val="0019101C"/>
     <w:rsid w:val="001915BA"/>
     <w:rsid w:val="001916D1"/>
     <w:rsid w:val="0019460F"/>
     <w:rsid w:val="00194DB8"/>
     <w:rsid w:val="001958B8"/>
     <w:rsid w:val="00196B5C"/>
     <w:rsid w:val="00197403"/>
+    <w:rsid w:val="00197756"/>
     <w:rsid w:val="001A03B4"/>
     <w:rsid w:val="001A0511"/>
     <w:rsid w:val="001A188A"/>
     <w:rsid w:val="001A2B5B"/>
     <w:rsid w:val="001A38D2"/>
     <w:rsid w:val="001A4A82"/>
+    <w:rsid w:val="001A7339"/>
     <w:rsid w:val="001B00F6"/>
     <w:rsid w:val="001B03D0"/>
     <w:rsid w:val="001B048C"/>
     <w:rsid w:val="001B1228"/>
     <w:rsid w:val="001B155D"/>
     <w:rsid w:val="001B2219"/>
     <w:rsid w:val="001B22D9"/>
     <w:rsid w:val="001B2427"/>
     <w:rsid w:val="001B2C27"/>
     <w:rsid w:val="001B541C"/>
     <w:rsid w:val="001B57FA"/>
     <w:rsid w:val="001B68AA"/>
     <w:rsid w:val="001B6F73"/>
     <w:rsid w:val="001C0CB7"/>
     <w:rsid w:val="001C13F3"/>
     <w:rsid w:val="001C1D89"/>
     <w:rsid w:val="001C1E6B"/>
     <w:rsid w:val="001C23C7"/>
     <w:rsid w:val="001C23FA"/>
     <w:rsid w:val="001C3C20"/>
     <w:rsid w:val="001C6ECD"/>
     <w:rsid w:val="001C7316"/>
     <w:rsid w:val="001D0372"/>
     <w:rsid w:val="001D0C6D"/>
     <w:rsid w:val="001D0D6D"/>
@@ -8232,142 +9882,152 @@
     <w:rsid w:val="001D1E74"/>
     <w:rsid w:val="001D2319"/>
     <w:rsid w:val="001D64E6"/>
     <w:rsid w:val="001D6830"/>
     <w:rsid w:val="001D6FB1"/>
     <w:rsid w:val="001D7267"/>
     <w:rsid w:val="001E0C00"/>
     <w:rsid w:val="001E285A"/>
     <w:rsid w:val="001E36A7"/>
     <w:rsid w:val="001E5113"/>
     <w:rsid w:val="001E6314"/>
     <w:rsid w:val="001E7065"/>
     <w:rsid w:val="001F014B"/>
     <w:rsid w:val="001F01E2"/>
     <w:rsid w:val="001F05F7"/>
     <w:rsid w:val="001F20D0"/>
     <w:rsid w:val="001F2207"/>
     <w:rsid w:val="001F2369"/>
     <w:rsid w:val="001F2ACB"/>
     <w:rsid w:val="001F305C"/>
     <w:rsid w:val="001F404D"/>
     <w:rsid w:val="001F4599"/>
     <w:rsid w:val="001F5282"/>
     <w:rsid w:val="001F52C9"/>
     <w:rsid w:val="001F559E"/>
+    <w:rsid w:val="001F7072"/>
     <w:rsid w:val="001F76BA"/>
     <w:rsid w:val="00203A0B"/>
     <w:rsid w:val="00203FE6"/>
     <w:rsid w:val="00204C2B"/>
     <w:rsid w:val="0020617A"/>
     <w:rsid w:val="00206421"/>
     <w:rsid w:val="00207C62"/>
     <w:rsid w:val="002101C3"/>
+    <w:rsid w:val="00210428"/>
     <w:rsid w:val="00210B37"/>
     <w:rsid w:val="0021134C"/>
     <w:rsid w:val="00211BC2"/>
+    <w:rsid w:val="002123AA"/>
     <w:rsid w:val="00215F7D"/>
     <w:rsid w:val="002170EE"/>
     <w:rsid w:val="002175F1"/>
     <w:rsid w:val="002221DA"/>
     <w:rsid w:val="00222278"/>
     <w:rsid w:val="00222C1A"/>
     <w:rsid w:val="00223878"/>
     <w:rsid w:val="00224261"/>
     <w:rsid w:val="00225419"/>
     <w:rsid w:val="0022651A"/>
     <w:rsid w:val="00226591"/>
     <w:rsid w:val="00227DAB"/>
     <w:rsid w:val="00230C26"/>
     <w:rsid w:val="002320B7"/>
     <w:rsid w:val="00232ECC"/>
+    <w:rsid w:val="00233003"/>
     <w:rsid w:val="002348D9"/>
     <w:rsid w:val="00235B44"/>
     <w:rsid w:val="00236A22"/>
     <w:rsid w:val="00236DD6"/>
     <w:rsid w:val="002371BE"/>
+    <w:rsid w:val="00237A42"/>
     <w:rsid w:val="00240FF7"/>
     <w:rsid w:val="00241244"/>
     <w:rsid w:val="002426F1"/>
     <w:rsid w:val="0024584F"/>
     <w:rsid w:val="00247769"/>
     <w:rsid w:val="00250130"/>
     <w:rsid w:val="00250275"/>
     <w:rsid w:val="00251110"/>
     <w:rsid w:val="00251A6F"/>
     <w:rsid w:val="00251E1E"/>
     <w:rsid w:val="00252110"/>
     <w:rsid w:val="00252A5A"/>
     <w:rsid w:val="00254587"/>
     <w:rsid w:val="00254972"/>
     <w:rsid w:val="00255452"/>
     <w:rsid w:val="00256B71"/>
     <w:rsid w:val="00256FE7"/>
     <w:rsid w:val="0025776D"/>
     <w:rsid w:val="00257D38"/>
     <w:rsid w:val="00260221"/>
     <w:rsid w:val="0026086E"/>
     <w:rsid w:val="00260AA2"/>
     <w:rsid w:val="00260ABE"/>
     <w:rsid w:val="00261899"/>
     <w:rsid w:val="00262E60"/>
     <w:rsid w:val="00263A73"/>
     <w:rsid w:val="00265168"/>
     <w:rsid w:val="002670F6"/>
     <w:rsid w:val="00267753"/>
     <w:rsid w:val="00270692"/>
     <w:rsid w:val="002728EA"/>
     <w:rsid w:val="00272FE0"/>
     <w:rsid w:val="00273EB8"/>
+    <w:rsid w:val="0027475F"/>
     <w:rsid w:val="00276F03"/>
+    <w:rsid w:val="0028051A"/>
     <w:rsid w:val="00280651"/>
     <w:rsid w:val="00280C13"/>
     <w:rsid w:val="00282390"/>
     <w:rsid w:val="002830BB"/>
     <w:rsid w:val="00283BE0"/>
     <w:rsid w:val="00284300"/>
     <w:rsid w:val="0028718E"/>
     <w:rsid w:val="00287613"/>
     <w:rsid w:val="00287B4C"/>
     <w:rsid w:val="00287F09"/>
+    <w:rsid w:val="00290AD1"/>
     <w:rsid w:val="00291B1B"/>
     <w:rsid w:val="00292396"/>
     <w:rsid w:val="0029557E"/>
     <w:rsid w:val="002957B9"/>
     <w:rsid w:val="002957E3"/>
     <w:rsid w:val="002970F5"/>
     <w:rsid w:val="002A013E"/>
     <w:rsid w:val="002A043D"/>
+    <w:rsid w:val="002A090F"/>
     <w:rsid w:val="002A0BA5"/>
     <w:rsid w:val="002A26BD"/>
     <w:rsid w:val="002A270F"/>
     <w:rsid w:val="002A290E"/>
     <w:rsid w:val="002A37C6"/>
     <w:rsid w:val="002A42AB"/>
     <w:rsid w:val="002A4765"/>
     <w:rsid w:val="002A4CB2"/>
     <w:rsid w:val="002A5CC6"/>
+    <w:rsid w:val="002A61C7"/>
     <w:rsid w:val="002A62F5"/>
     <w:rsid w:val="002A63D3"/>
     <w:rsid w:val="002A6666"/>
     <w:rsid w:val="002B21A4"/>
     <w:rsid w:val="002B3CBF"/>
     <w:rsid w:val="002B4BBD"/>
     <w:rsid w:val="002B4F6C"/>
     <w:rsid w:val="002B5FB2"/>
     <w:rsid w:val="002B64F4"/>
     <w:rsid w:val="002B655F"/>
     <w:rsid w:val="002B6A85"/>
     <w:rsid w:val="002B70A4"/>
     <w:rsid w:val="002B7528"/>
     <w:rsid w:val="002B7715"/>
     <w:rsid w:val="002C051E"/>
     <w:rsid w:val="002C069A"/>
     <w:rsid w:val="002C0C79"/>
     <w:rsid w:val="002C0F6F"/>
     <w:rsid w:val="002C209D"/>
     <w:rsid w:val="002C2A9E"/>
     <w:rsid w:val="002C5992"/>
     <w:rsid w:val="002C68EA"/>
     <w:rsid w:val="002C6BE2"/>
     <w:rsid w:val="002C6C8B"/>
     <w:rsid w:val="002C6FDB"/>
@@ -8392,779 +10052,842 @@
     <w:rsid w:val="002E7EB1"/>
     <w:rsid w:val="002E7FC9"/>
     <w:rsid w:val="002F0171"/>
     <w:rsid w:val="002F177D"/>
     <w:rsid w:val="002F27F5"/>
     <w:rsid w:val="002F5296"/>
     <w:rsid w:val="002F5B8B"/>
     <w:rsid w:val="002F5E21"/>
     <w:rsid w:val="002F6A77"/>
     <w:rsid w:val="002F71AD"/>
     <w:rsid w:val="002F7EA9"/>
     <w:rsid w:val="00302053"/>
     <w:rsid w:val="003031D7"/>
     <w:rsid w:val="00304183"/>
     <w:rsid w:val="003043B6"/>
     <w:rsid w:val="0030469B"/>
     <w:rsid w:val="00304B3D"/>
     <w:rsid w:val="00306497"/>
     <w:rsid w:val="00307C8D"/>
     <w:rsid w:val="00310239"/>
     <w:rsid w:val="003108EB"/>
     <w:rsid w:val="003113A9"/>
     <w:rsid w:val="0031393F"/>
     <w:rsid w:val="0031434D"/>
     <w:rsid w:val="00314F4A"/>
+    <w:rsid w:val="00315833"/>
     <w:rsid w:val="0031625B"/>
     <w:rsid w:val="003175A8"/>
+    <w:rsid w:val="00320282"/>
     <w:rsid w:val="003205D3"/>
     <w:rsid w:val="00320F89"/>
     <w:rsid w:val="0032100B"/>
     <w:rsid w:val="0032243D"/>
     <w:rsid w:val="00322F4C"/>
     <w:rsid w:val="0032326C"/>
     <w:rsid w:val="003236C0"/>
     <w:rsid w:val="00323920"/>
     <w:rsid w:val="00323AB8"/>
     <w:rsid w:val="00323B7F"/>
     <w:rsid w:val="00324DBB"/>
     <w:rsid w:val="003258B9"/>
     <w:rsid w:val="00325E60"/>
     <w:rsid w:val="003261D2"/>
     <w:rsid w:val="0032648B"/>
     <w:rsid w:val="00326D06"/>
     <w:rsid w:val="00327EE9"/>
     <w:rsid w:val="00331228"/>
     <w:rsid w:val="0033149A"/>
     <w:rsid w:val="00332158"/>
     <w:rsid w:val="003323CA"/>
     <w:rsid w:val="0033358F"/>
     <w:rsid w:val="003344AD"/>
     <w:rsid w:val="003347AB"/>
     <w:rsid w:val="00335865"/>
     <w:rsid w:val="00336981"/>
     <w:rsid w:val="00340D67"/>
     <w:rsid w:val="003413B8"/>
     <w:rsid w:val="00342B0B"/>
     <w:rsid w:val="00343E02"/>
     <w:rsid w:val="003458DB"/>
+    <w:rsid w:val="003463E7"/>
     <w:rsid w:val="003475BA"/>
     <w:rsid w:val="00347E92"/>
     <w:rsid w:val="00350237"/>
     <w:rsid w:val="00350BFB"/>
     <w:rsid w:val="00351ABC"/>
     <w:rsid w:val="00351EC8"/>
     <w:rsid w:val="003527E8"/>
     <w:rsid w:val="0035296F"/>
     <w:rsid w:val="00352D0C"/>
     <w:rsid w:val="003533EE"/>
     <w:rsid w:val="003537A1"/>
     <w:rsid w:val="0035396D"/>
     <w:rsid w:val="00353A39"/>
     <w:rsid w:val="003568B3"/>
     <w:rsid w:val="00357378"/>
     <w:rsid w:val="00357FDB"/>
     <w:rsid w:val="00360EE3"/>
+    <w:rsid w:val="00362B6E"/>
     <w:rsid w:val="0036379E"/>
     <w:rsid w:val="0036429F"/>
     <w:rsid w:val="0037016B"/>
     <w:rsid w:val="003714EC"/>
     <w:rsid w:val="0037217C"/>
     <w:rsid w:val="00372293"/>
     <w:rsid w:val="003722D2"/>
     <w:rsid w:val="00372419"/>
     <w:rsid w:val="00372E23"/>
     <w:rsid w:val="00372F58"/>
     <w:rsid w:val="00372F8C"/>
     <w:rsid w:val="00373B54"/>
     <w:rsid w:val="00375323"/>
     <w:rsid w:val="003765BE"/>
     <w:rsid w:val="00376A80"/>
     <w:rsid w:val="00376D0D"/>
     <w:rsid w:val="00380043"/>
+    <w:rsid w:val="00380079"/>
     <w:rsid w:val="00382E19"/>
     <w:rsid w:val="0038377E"/>
     <w:rsid w:val="0038425B"/>
     <w:rsid w:val="003850F1"/>
     <w:rsid w:val="0038568D"/>
     <w:rsid w:val="00385734"/>
     <w:rsid w:val="00385763"/>
     <w:rsid w:val="003857FE"/>
     <w:rsid w:val="00385C70"/>
     <w:rsid w:val="0038602D"/>
     <w:rsid w:val="003905C8"/>
     <w:rsid w:val="00390806"/>
     <w:rsid w:val="0039156B"/>
     <w:rsid w:val="00392A45"/>
     <w:rsid w:val="0039302B"/>
+    <w:rsid w:val="00393994"/>
     <w:rsid w:val="003946C0"/>
     <w:rsid w:val="00396D66"/>
     <w:rsid w:val="003976BD"/>
     <w:rsid w:val="00397A32"/>
     <w:rsid w:val="003A0E52"/>
     <w:rsid w:val="003A183D"/>
     <w:rsid w:val="003A1A77"/>
     <w:rsid w:val="003A1C87"/>
     <w:rsid w:val="003A219C"/>
     <w:rsid w:val="003A2327"/>
     <w:rsid w:val="003A2581"/>
     <w:rsid w:val="003A2918"/>
     <w:rsid w:val="003A3298"/>
     <w:rsid w:val="003A4E89"/>
     <w:rsid w:val="003A6493"/>
     <w:rsid w:val="003A6D4C"/>
     <w:rsid w:val="003A7958"/>
     <w:rsid w:val="003A7EF5"/>
     <w:rsid w:val="003B0A80"/>
     <w:rsid w:val="003B1B89"/>
+    <w:rsid w:val="003B1FB6"/>
     <w:rsid w:val="003B305B"/>
     <w:rsid w:val="003B3AA5"/>
+    <w:rsid w:val="003B471E"/>
     <w:rsid w:val="003B4BBA"/>
     <w:rsid w:val="003B50AB"/>
     <w:rsid w:val="003B5796"/>
     <w:rsid w:val="003B5A3C"/>
     <w:rsid w:val="003B65E9"/>
     <w:rsid w:val="003B66E5"/>
     <w:rsid w:val="003B766D"/>
     <w:rsid w:val="003C0D2B"/>
     <w:rsid w:val="003C28BE"/>
     <w:rsid w:val="003C48D0"/>
     <w:rsid w:val="003C48F9"/>
     <w:rsid w:val="003C4C66"/>
     <w:rsid w:val="003C5E92"/>
     <w:rsid w:val="003C684F"/>
     <w:rsid w:val="003C7A21"/>
     <w:rsid w:val="003D0631"/>
     <w:rsid w:val="003D07DB"/>
     <w:rsid w:val="003D1E4C"/>
     <w:rsid w:val="003D1F3D"/>
     <w:rsid w:val="003D2EB7"/>
     <w:rsid w:val="003D3312"/>
     <w:rsid w:val="003D367B"/>
     <w:rsid w:val="003D4037"/>
+    <w:rsid w:val="003D40CF"/>
     <w:rsid w:val="003D508B"/>
     <w:rsid w:val="003D6009"/>
     <w:rsid w:val="003D6FF8"/>
     <w:rsid w:val="003D75B7"/>
     <w:rsid w:val="003E17E4"/>
     <w:rsid w:val="003E227B"/>
     <w:rsid w:val="003E264F"/>
     <w:rsid w:val="003E39CB"/>
     <w:rsid w:val="003E4B12"/>
     <w:rsid w:val="003E52B0"/>
     <w:rsid w:val="003E5601"/>
     <w:rsid w:val="003E797A"/>
     <w:rsid w:val="003F39D4"/>
     <w:rsid w:val="003F3B91"/>
     <w:rsid w:val="003F4BE1"/>
     <w:rsid w:val="003F50A5"/>
     <w:rsid w:val="003F698C"/>
     <w:rsid w:val="003F77BF"/>
+    <w:rsid w:val="003F7881"/>
     <w:rsid w:val="004007C6"/>
     <w:rsid w:val="00401BD9"/>
     <w:rsid w:val="00401C17"/>
+    <w:rsid w:val="00405900"/>
     <w:rsid w:val="00405950"/>
     <w:rsid w:val="00405B5D"/>
     <w:rsid w:val="004064D8"/>
     <w:rsid w:val="004067B2"/>
     <w:rsid w:val="004073D2"/>
     <w:rsid w:val="00407EDF"/>
     <w:rsid w:val="004142C7"/>
     <w:rsid w:val="00415296"/>
     <w:rsid w:val="00417187"/>
     <w:rsid w:val="00417421"/>
     <w:rsid w:val="00417BC7"/>
     <w:rsid w:val="00417E08"/>
     <w:rsid w:val="00422C0A"/>
     <w:rsid w:val="00423099"/>
     <w:rsid w:val="00424C91"/>
     <w:rsid w:val="0042688E"/>
+    <w:rsid w:val="0042692A"/>
+    <w:rsid w:val="00426DDD"/>
     <w:rsid w:val="004301F2"/>
     <w:rsid w:val="00431EBB"/>
     <w:rsid w:val="00431F2B"/>
     <w:rsid w:val="00434303"/>
     <w:rsid w:val="00434FC8"/>
     <w:rsid w:val="00435C3B"/>
+    <w:rsid w:val="004360DF"/>
     <w:rsid w:val="00436A02"/>
     <w:rsid w:val="0043767D"/>
+    <w:rsid w:val="00437B40"/>
     <w:rsid w:val="00440E5F"/>
     <w:rsid w:val="00441B92"/>
     <w:rsid w:val="00441CE1"/>
     <w:rsid w:val="00442B10"/>
     <w:rsid w:val="004433AB"/>
     <w:rsid w:val="0044348A"/>
     <w:rsid w:val="00443DEB"/>
+    <w:rsid w:val="0044449F"/>
     <w:rsid w:val="00444BAB"/>
     <w:rsid w:val="00445186"/>
     <w:rsid w:val="00445261"/>
     <w:rsid w:val="00445647"/>
     <w:rsid w:val="0044652B"/>
     <w:rsid w:val="004466C5"/>
     <w:rsid w:val="00446A44"/>
     <w:rsid w:val="00446E6D"/>
     <w:rsid w:val="00451155"/>
     <w:rsid w:val="00451BFD"/>
     <w:rsid w:val="004523BB"/>
+    <w:rsid w:val="00452759"/>
     <w:rsid w:val="004530ED"/>
     <w:rsid w:val="00453DF7"/>
     <w:rsid w:val="004554C1"/>
     <w:rsid w:val="00456D23"/>
     <w:rsid w:val="00456D84"/>
     <w:rsid w:val="00456FB5"/>
     <w:rsid w:val="0045706C"/>
     <w:rsid w:val="00460AB6"/>
     <w:rsid w:val="00462A05"/>
     <w:rsid w:val="00462E43"/>
+    <w:rsid w:val="00462E98"/>
     <w:rsid w:val="00462F64"/>
     <w:rsid w:val="00464606"/>
     <w:rsid w:val="00464B77"/>
     <w:rsid w:val="00464C9F"/>
     <w:rsid w:val="00465739"/>
+    <w:rsid w:val="0046612A"/>
     <w:rsid w:val="00466153"/>
     <w:rsid w:val="00467644"/>
     <w:rsid w:val="004676F9"/>
     <w:rsid w:val="0046783F"/>
     <w:rsid w:val="00467C54"/>
     <w:rsid w:val="00470494"/>
     <w:rsid w:val="004704A2"/>
     <w:rsid w:val="00470AD9"/>
     <w:rsid w:val="004710F3"/>
     <w:rsid w:val="00471819"/>
+    <w:rsid w:val="00472D7F"/>
     <w:rsid w:val="004733DD"/>
     <w:rsid w:val="00473719"/>
     <w:rsid w:val="00476716"/>
     <w:rsid w:val="00476AB6"/>
     <w:rsid w:val="00477736"/>
     <w:rsid w:val="00480444"/>
     <w:rsid w:val="004806CB"/>
     <w:rsid w:val="004833EC"/>
     <w:rsid w:val="00483ED6"/>
     <w:rsid w:val="0048415F"/>
     <w:rsid w:val="00485447"/>
     <w:rsid w:val="00485E07"/>
     <w:rsid w:val="004868F8"/>
     <w:rsid w:val="00486D0E"/>
     <w:rsid w:val="00486D25"/>
     <w:rsid w:val="00487089"/>
     <w:rsid w:val="0048720C"/>
     <w:rsid w:val="0049043B"/>
     <w:rsid w:val="004920A7"/>
     <w:rsid w:val="00492A47"/>
     <w:rsid w:val="00492C8D"/>
     <w:rsid w:val="00492EFC"/>
     <w:rsid w:val="00494964"/>
     <w:rsid w:val="00496262"/>
     <w:rsid w:val="00496561"/>
     <w:rsid w:val="004969D3"/>
     <w:rsid w:val="0049733E"/>
     <w:rsid w:val="004A031D"/>
     <w:rsid w:val="004A0BB9"/>
+    <w:rsid w:val="004A0FC7"/>
     <w:rsid w:val="004A17A1"/>
     <w:rsid w:val="004A1DAD"/>
     <w:rsid w:val="004A2892"/>
     <w:rsid w:val="004A3522"/>
     <w:rsid w:val="004A43B5"/>
     <w:rsid w:val="004A5CEB"/>
     <w:rsid w:val="004A7A77"/>
     <w:rsid w:val="004B2335"/>
     <w:rsid w:val="004B2F65"/>
     <w:rsid w:val="004B527F"/>
     <w:rsid w:val="004B560E"/>
+    <w:rsid w:val="004B5E10"/>
+    <w:rsid w:val="004B5E29"/>
     <w:rsid w:val="004B6853"/>
     <w:rsid w:val="004B692A"/>
     <w:rsid w:val="004B70C0"/>
     <w:rsid w:val="004B755C"/>
     <w:rsid w:val="004C01A3"/>
     <w:rsid w:val="004C0944"/>
     <w:rsid w:val="004C23D0"/>
     <w:rsid w:val="004C2B4A"/>
     <w:rsid w:val="004C2B56"/>
     <w:rsid w:val="004C2EEC"/>
     <w:rsid w:val="004C31C8"/>
     <w:rsid w:val="004C36FD"/>
     <w:rsid w:val="004C4750"/>
     <w:rsid w:val="004C48FD"/>
     <w:rsid w:val="004C584D"/>
     <w:rsid w:val="004C6249"/>
+    <w:rsid w:val="004C6979"/>
     <w:rsid w:val="004C7C87"/>
     <w:rsid w:val="004D0658"/>
     <w:rsid w:val="004D1C0F"/>
     <w:rsid w:val="004D2711"/>
     <w:rsid w:val="004D3316"/>
     <w:rsid w:val="004D3C0E"/>
     <w:rsid w:val="004D6181"/>
     <w:rsid w:val="004D6B3A"/>
     <w:rsid w:val="004E0C36"/>
+    <w:rsid w:val="004E145A"/>
     <w:rsid w:val="004E2149"/>
     <w:rsid w:val="004E2EF5"/>
     <w:rsid w:val="004E31D8"/>
     <w:rsid w:val="004E3F19"/>
     <w:rsid w:val="004E446D"/>
     <w:rsid w:val="004E4509"/>
     <w:rsid w:val="004E4973"/>
     <w:rsid w:val="004E5A37"/>
     <w:rsid w:val="004E6295"/>
     <w:rsid w:val="004E6375"/>
     <w:rsid w:val="004E6376"/>
     <w:rsid w:val="004E68E9"/>
     <w:rsid w:val="004E76AB"/>
     <w:rsid w:val="004F0028"/>
+    <w:rsid w:val="004F0619"/>
     <w:rsid w:val="004F0AF1"/>
     <w:rsid w:val="004F0FE9"/>
     <w:rsid w:val="004F247F"/>
     <w:rsid w:val="004F3BEC"/>
     <w:rsid w:val="004F3DB9"/>
     <w:rsid w:val="004F3FA5"/>
     <w:rsid w:val="004F4AE3"/>
     <w:rsid w:val="004F7067"/>
     <w:rsid w:val="0050037A"/>
+    <w:rsid w:val="00500BFB"/>
     <w:rsid w:val="005025A7"/>
     <w:rsid w:val="0050348C"/>
     <w:rsid w:val="0050382D"/>
     <w:rsid w:val="00503B45"/>
     <w:rsid w:val="00503F18"/>
     <w:rsid w:val="005042F1"/>
     <w:rsid w:val="005047C1"/>
     <w:rsid w:val="005056F8"/>
     <w:rsid w:val="00505DDD"/>
     <w:rsid w:val="00507D9D"/>
     <w:rsid w:val="00513A5B"/>
     <w:rsid w:val="005152CE"/>
     <w:rsid w:val="00521C0A"/>
     <w:rsid w:val="00521D29"/>
+    <w:rsid w:val="0052273A"/>
     <w:rsid w:val="00522951"/>
+    <w:rsid w:val="00522DB5"/>
     <w:rsid w:val="0052354E"/>
     <w:rsid w:val="0052416E"/>
     <w:rsid w:val="00524346"/>
     <w:rsid w:val="00526EDF"/>
+    <w:rsid w:val="005276F1"/>
     <w:rsid w:val="00527921"/>
     <w:rsid w:val="00527BC2"/>
     <w:rsid w:val="00527E31"/>
     <w:rsid w:val="005302A3"/>
     <w:rsid w:val="005302E6"/>
     <w:rsid w:val="00530A67"/>
     <w:rsid w:val="00530B6E"/>
     <w:rsid w:val="0053127E"/>
     <w:rsid w:val="00532864"/>
     <w:rsid w:val="00533A6B"/>
     <w:rsid w:val="00534A2B"/>
     <w:rsid w:val="00534C3F"/>
     <w:rsid w:val="00536BF6"/>
     <w:rsid w:val="005371C5"/>
     <w:rsid w:val="005379BF"/>
     <w:rsid w:val="005415CB"/>
     <w:rsid w:val="00541726"/>
     <w:rsid w:val="00541C26"/>
     <w:rsid w:val="00542E35"/>
     <w:rsid w:val="00542E8F"/>
     <w:rsid w:val="00543F56"/>
     <w:rsid w:val="00544185"/>
     <w:rsid w:val="00544282"/>
     <w:rsid w:val="00544B29"/>
     <w:rsid w:val="00544D2F"/>
     <w:rsid w:val="00544EDB"/>
     <w:rsid w:val="0054615C"/>
     <w:rsid w:val="00546698"/>
     <w:rsid w:val="00546877"/>
     <w:rsid w:val="00546B48"/>
     <w:rsid w:val="00547091"/>
+    <w:rsid w:val="0055028D"/>
     <w:rsid w:val="0055054D"/>
     <w:rsid w:val="005505D4"/>
     <w:rsid w:val="00551D91"/>
     <w:rsid w:val="00551E54"/>
     <w:rsid w:val="00552681"/>
     <w:rsid w:val="00553E95"/>
     <w:rsid w:val="00554067"/>
     <w:rsid w:val="005543BE"/>
     <w:rsid w:val="00555652"/>
     <w:rsid w:val="005556BA"/>
     <w:rsid w:val="00555915"/>
     <w:rsid w:val="005568D9"/>
     <w:rsid w:val="00556C09"/>
     <w:rsid w:val="00557FAF"/>
     <w:rsid w:val="00561521"/>
     <w:rsid w:val="00562407"/>
     <w:rsid w:val="00562A08"/>
     <w:rsid w:val="0056496C"/>
     <w:rsid w:val="0056631E"/>
     <w:rsid w:val="00566423"/>
     <w:rsid w:val="005666AB"/>
     <w:rsid w:val="00567197"/>
     <w:rsid w:val="00570270"/>
     <w:rsid w:val="00572589"/>
     <w:rsid w:val="005737A2"/>
     <w:rsid w:val="005740F4"/>
     <w:rsid w:val="0057486E"/>
     <w:rsid w:val="00575055"/>
     <w:rsid w:val="00577A55"/>
     <w:rsid w:val="005806F5"/>
     <w:rsid w:val="00581473"/>
     <w:rsid w:val="00583492"/>
     <w:rsid w:val="00583AC3"/>
     <w:rsid w:val="00584A09"/>
     <w:rsid w:val="00584C44"/>
     <w:rsid w:val="00587064"/>
     <w:rsid w:val="005870CF"/>
     <w:rsid w:val="00587E2C"/>
     <w:rsid w:val="0059009F"/>
     <w:rsid w:val="00590145"/>
     <w:rsid w:val="00590363"/>
     <w:rsid w:val="005912B6"/>
     <w:rsid w:val="00592B51"/>
     <w:rsid w:val="00593E8E"/>
     <w:rsid w:val="00593EE5"/>
     <w:rsid w:val="00594A00"/>
     <w:rsid w:val="00594CE1"/>
     <w:rsid w:val="00595665"/>
     <w:rsid w:val="00595DFA"/>
     <w:rsid w:val="0059661F"/>
+    <w:rsid w:val="00596A49"/>
     <w:rsid w:val="00597B86"/>
     <w:rsid w:val="005A23F2"/>
     <w:rsid w:val="005A3B57"/>
     <w:rsid w:val="005A5B12"/>
     <w:rsid w:val="005A5F9F"/>
     <w:rsid w:val="005A7891"/>
     <w:rsid w:val="005A7EDC"/>
     <w:rsid w:val="005B1141"/>
     <w:rsid w:val="005B1A65"/>
     <w:rsid w:val="005B1D77"/>
     <w:rsid w:val="005B230F"/>
     <w:rsid w:val="005B25EF"/>
     <w:rsid w:val="005B260F"/>
     <w:rsid w:val="005B2BA6"/>
     <w:rsid w:val="005B3247"/>
+    <w:rsid w:val="005B45F4"/>
     <w:rsid w:val="005B46EC"/>
     <w:rsid w:val="005B4FDF"/>
     <w:rsid w:val="005B5A8B"/>
     <w:rsid w:val="005B5B92"/>
     <w:rsid w:val="005B5F6A"/>
     <w:rsid w:val="005B6B55"/>
     <w:rsid w:val="005B6C6F"/>
     <w:rsid w:val="005B6D4E"/>
     <w:rsid w:val="005B7159"/>
     <w:rsid w:val="005B7692"/>
     <w:rsid w:val="005C0BDA"/>
     <w:rsid w:val="005C0BE3"/>
     <w:rsid w:val="005C0FD5"/>
     <w:rsid w:val="005C10FF"/>
     <w:rsid w:val="005C3463"/>
     <w:rsid w:val="005C3E86"/>
+    <w:rsid w:val="005C4C7E"/>
     <w:rsid w:val="005D07C4"/>
     <w:rsid w:val="005D0CC6"/>
     <w:rsid w:val="005D1299"/>
     <w:rsid w:val="005D19AF"/>
+    <w:rsid w:val="005D1FFB"/>
     <w:rsid w:val="005D2383"/>
     <w:rsid w:val="005D2AA8"/>
     <w:rsid w:val="005D2C48"/>
     <w:rsid w:val="005D3356"/>
     <w:rsid w:val="005D3AC0"/>
     <w:rsid w:val="005D44C0"/>
     <w:rsid w:val="005D4B20"/>
     <w:rsid w:val="005D5093"/>
     <w:rsid w:val="005D60FE"/>
     <w:rsid w:val="005D669B"/>
     <w:rsid w:val="005D6720"/>
     <w:rsid w:val="005D676B"/>
     <w:rsid w:val="005D6F4B"/>
     <w:rsid w:val="005E1174"/>
     <w:rsid w:val="005E1BD7"/>
     <w:rsid w:val="005E1C24"/>
     <w:rsid w:val="005E1C47"/>
     <w:rsid w:val="005E3625"/>
     <w:rsid w:val="005E37EB"/>
     <w:rsid w:val="005E42C7"/>
     <w:rsid w:val="005E4797"/>
     <w:rsid w:val="005E54AE"/>
     <w:rsid w:val="005E59D5"/>
     <w:rsid w:val="005E5BDE"/>
     <w:rsid w:val="005E5E85"/>
     <w:rsid w:val="005E61B8"/>
     <w:rsid w:val="005E62A1"/>
     <w:rsid w:val="005E6C0C"/>
+    <w:rsid w:val="005E6DDF"/>
     <w:rsid w:val="005E738D"/>
     <w:rsid w:val="005E7462"/>
     <w:rsid w:val="005F25E7"/>
     <w:rsid w:val="005F274A"/>
     <w:rsid w:val="005F382D"/>
     <w:rsid w:val="005F38EB"/>
+    <w:rsid w:val="005F4B65"/>
     <w:rsid w:val="005F59FA"/>
     <w:rsid w:val="005F5F39"/>
     <w:rsid w:val="005F6FB5"/>
     <w:rsid w:val="005F7685"/>
     <w:rsid w:val="00600238"/>
     <w:rsid w:val="006012C9"/>
     <w:rsid w:val="006021ED"/>
     <w:rsid w:val="006042B2"/>
     <w:rsid w:val="00604D18"/>
     <w:rsid w:val="00605525"/>
     <w:rsid w:val="00605C24"/>
     <w:rsid w:val="00606E64"/>
     <w:rsid w:val="00607203"/>
     <w:rsid w:val="0060754B"/>
     <w:rsid w:val="0060780B"/>
     <w:rsid w:val="00607B73"/>
     <w:rsid w:val="00607F81"/>
     <w:rsid w:val="00610F5E"/>
     <w:rsid w:val="00610F99"/>
     <w:rsid w:val="00611A0C"/>
     <w:rsid w:val="0061448E"/>
     <w:rsid w:val="006149DB"/>
     <w:rsid w:val="006159D5"/>
     <w:rsid w:val="00616779"/>
     <w:rsid w:val="00617331"/>
     <w:rsid w:val="0062003E"/>
     <w:rsid w:val="0062093D"/>
     <w:rsid w:val="006223FF"/>
     <w:rsid w:val="006226CB"/>
     <w:rsid w:val="00622C71"/>
     <w:rsid w:val="0062330D"/>
     <w:rsid w:val="00624C85"/>
     <w:rsid w:val="00624CC0"/>
     <w:rsid w:val="006254D4"/>
     <w:rsid w:val="00626BB3"/>
     <w:rsid w:val="00627191"/>
     <w:rsid w:val="00627CD5"/>
     <w:rsid w:val="006323A7"/>
     <w:rsid w:val="0063285C"/>
     <w:rsid w:val="00632AA6"/>
     <w:rsid w:val="0063408A"/>
     <w:rsid w:val="00634843"/>
+    <w:rsid w:val="006359B9"/>
     <w:rsid w:val="00635B23"/>
     <w:rsid w:val="00637157"/>
     <w:rsid w:val="00640FD8"/>
     <w:rsid w:val="0064115A"/>
     <w:rsid w:val="00641E99"/>
     <w:rsid w:val="00642B55"/>
     <w:rsid w:val="0064383D"/>
+    <w:rsid w:val="006439B5"/>
     <w:rsid w:val="0064435C"/>
     <w:rsid w:val="00644433"/>
     <w:rsid w:val="0064573D"/>
     <w:rsid w:val="00645835"/>
     <w:rsid w:val="00645C97"/>
     <w:rsid w:val="006466CD"/>
     <w:rsid w:val="00647363"/>
     <w:rsid w:val="0064775F"/>
+    <w:rsid w:val="00650A1F"/>
     <w:rsid w:val="006518D1"/>
     <w:rsid w:val="00652A1F"/>
     <w:rsid w:val="00653109"/>
     <w:rsid w:val="00653262"/>
     <w:rsid w:val="00653872"/>
     <w:rsid w:val="00653D52"/>
     <w:rsid w:val="00654177"/>
     <w:rsid w:val="00654284"/>
+    <w:rsid w:val="00654A7A"/>
     <w:rsid w:val="00654CEF"/>
+    <w:rsid w:val="0065519D"/>
     <w:rsid w:val="0065575B"/>
     <w:rsid w:val="00655B29"/>
+    <w:rsid w:val="00656479"/>
     <w:rsid w:val="00660F5F"/>
     <w:rsid w:val="0066127E"/>
+    <w:rsid w:val="00661A9B"/>
     <w:rsid w:val="00661FC0"/>
     <w:rsid w:val="00662175"/>
     <w:rsid w:val="00662A0B"/>
     <w:rsid w:val="006638A1"/>
     <w:rsid w:val="00663A29"/>
     <w:rsid w:val="00665922"/>
     <w:rsid w:val="00665A58"/>
     <w:rsid w:val="00666419"/>
+    <w:rsid w:val="006679AF"/>
     <w:rsid w:val="00667A0C"/>
     <w:rsid w:val="00667A40"/>
+    <w:rsid w:val="006704A7"/>
     <w:rsid w:val="0067154C"/>
     <w:rsid w:val="0067187E"/>
     <w:rsid w:val="00671BAB"/>
     <w:rsid w:val="00671E75"/>
     <w:rsid w:val="00672F35"/>
     <w:rsid w:val="00674316"/>
     <w:rsid w:val="00674412"/>
     <w:rsid w:val="00674862"/>
     <w:rsid w:val="00675007"/>
     <w:rsid w:val="00675440"/>
     <w:rsid w:val="006758EE"/>
     <w:rsid w:val="006759AC"/>
     <w:rsid w:val="00675C12"/>
     <w:rsid w:val="00676486"/>
+    <w:rsid w:val="006804B7"/>
     <w:rsid w:val="006809F8"/>
     <w:rsid w:val="00680AD1"/>
     <w:rsid w:val="00680D61"/>
     <w:rsid w:val="006814CA"/>
     <w:rsid w:val="00681695"/>
     <w:rsid w:val="00681802"/>
     <w:rsid w:val="00681E1B"/>
     <w:rsid w:val="006830EF"/>
     <w:rsid w:val="00683380"/>
     <w:rsid w:val="00683FB3"/>
+    <w:rsid w:val="006845DA"/>
     <w:rsid w:val="00685F6A"/>
     <w:rsid w:val="006865C3"/>
     <w:rsid w:val="00686696"/>
     <w:rsid w:val="006866E9"/>
     <w:rsid w:val="00686780"/>
+    <w:rsid w:val="006870F5"/>
     <w:rsid w:val="00690538"/>
     <w:rsid w:val="0069233E"/>
     <w:rsid w:val="0069315C"/>
     <w:rsid w:val="0069351B"/>
     <w:rsid w:val="006944D7"/>
     <w:rsid w:val="0069467C"/>
     <w:rsid w:val="00695115"/>
     <w:rsid w:val="00695CF5"/>
     <w:rsid w:val="0069701A"/>
     <w:rsid w:val="006971ED"/>
     <w:rsid w:val="006975F2"/>
     <w:rsid w:val="006977C0"/>
     <w:rsid w:val="00697D7D"/>
     <w:rsid w:val="006A0AFE"/>
     <w:rsid w:val="006A1A2F"/>
     <w:rsid w:val="006A2703"/>
     <w:rsid w:val="006A31B6"/>
     <w:rsid w:val="006A32AA"/>
     <w:rsid w:val="006A366E"/>
     <w:rsid w:val="006A4194"/>
     <w:rsid w:val="006A4A3C"/>
     <w:rsid w:val="006A6B3D"/>
     <w:rsid w:val="006A6C7F"/>
+    <w:rsid w:val="006A6D7E"/>
     <w:rsid w:val="006A6F5B"/>
     <w:rsid w:val="006A6F5F"/>
     <w:rsid w:val="006A7009"/>
     <w:rsid w:val="006A7CFA"/>
     <w:rsid w:val="006A7E37"/>
     <w:rsid w:val="006B1D6A"/>
     <w:rsid w:val="006B1EB6"/>
     <w:rsid w:val="006B2490"/>
     <w:rsid w:val="006B4245"/>
     <w:rsid w:val="006B4959"/>
+    <w:rsid w:val="006B4974"/>
     <w:rsid w:val="006B514D"/>
     <w:rsid w:val="006B55B4"/>
     <w:rsid w:val="006B58A7"/>
     <w:rsid w:val="006B6A57"/>
     <w:rsid w:val="006B6EFE"/>
     <w:rsid w:val="006C3738"/>
     <w:rsid w:val="006C37B4"/>
     <w:rsid w:val="006C452F"/>
     <w:rsid w:val="006C4774"/>
     <w:rsid w:val="006C5267"/>
+    <w:rsid w:val="006C5B44"/>
     <w:rsid w:val="006C61E5"/>
+    <w:rsid w:val="006C6ECE"/>
+    <w:rsid w:val="006C741D"/>
     <w:rsid w:val="006C7501"/>
     <w:rsid w:val="006D0D6B"/>
     <w:rsid w:val="006D1339"/>
     <w:rsid w:val="006D3044"/>
     <w:rsid w:val="006D37EC"/>
     <w:rsid w:val="006D418E"/>
     <w:rsid w:val="006D4FAF"/>
     <w:rsid w:val="006D5260"/>
     <w:rsid w:val="006D58A2"/>
     <w:rsid w:val="006D5C7C"/>
     <w:rsid w:val="006D6DDE"/>
     <w:rsid w:val="006D7BF8"/>
     <w:rsid w:val="006E0059"/>
     <w:rsid w:val="006E06D2"/>
     <w:rsid w:val="006E1237"/>
     <w:rsid w:val="006E12A2"/>
     <w:rsid w:val="006E15D1"/>
     <w:rsid w:val="006E1A8D"/>
     <w:rsid w:val="006E1AE7"/>
     <w:rsid w:val="006E3650"/>
     <w:rsid w:val="006E370B"/>
     <w:rsid w:val="006E3EC4"/>
+    <w:rsid w:val="006E41D3"/>
     <w:rsid w:val="006E492D"/>
     <w:rsid w:val="006E495C"/>
     <w:rsid w:val="006E4C6D"/>
     <w:rsid w:val="006E4DA8"/>
     <w:rsid w:val="006E5388"/>
     <w:rsid w:val="006E5F5D"/>
+    <w:rsid w:val="006E69C8"/>
     <w:rsid w:val="006E7EC5"/>
     <w:rsid w:val="006F0393"/>
+    <w:rsid w:val="006F0C92"/>
     <w:rsid w:val="006F138D"/>
+    <w:rsid w:val="006F2888"/>
     <w:rsid w:val="006F2BB7"/>
     <w:rsid w:val="006F361B"/>
     <w:rsid w:val="006F394E"/>
     <w:rsid w:val="006F4938"/>
     <w:rsid w:val="006F54EC"/>
     <w:rsid w:val="006F55C5"/>
     <w:rsid w:val="006F5718"/>
     <w:rsid w:val="006F6C18"/>
     <w:rsid w:val="006F6C6F"/>
     <w:rsid w:val="00700A8A"/>
     <w:rsid w:val="00701466"/>
     <w:rsid w:val="007020CD"/>
     <w:rsid w:val="00702BC1"/>
     <w:rsid w:val="007031FC"/>
     <w:rsid w:val="00703B60"/>
     <w:rsid w:val="007050FF"/>
     <w:rsid w:val="00706CFC"/>
     <w:rsid w:val="00706E48"/>
+    <w:rsid w:val="00707222"/>
     <w:rsid w:val="00707B61"/>
     <w:rsid w:val="00707D62"/>
     <w:rsid w:val="0071051A"/>
     <w:rsid w:val="007107DC"/>
     <w:rsid w:val="007107E9"/>
     <w:rsid w:val="00710A7F"/>
     <w:rsid w:val="007121E8"/>
     <w:rsid w:val="00712BC9"/>
     <w:rsid w:val="00713007"/>
     <w:rsid w:val="0071472A"/>
     <w:rsid w:val="00714CA6"/>
     <w:rsid w:val="00714EE5"/>
     <w:rsid w:val="007165C8"/>
     <w:rsid w:val="0071689B"/>
+    <w:rsid w:val="007169A8"/>
     <w:rsid w:val="00716CD4"/>
     <w:rsid w:val="00720EEC"/>
     <w:rsid w:val="007210D9"/>
     <w:rsid w:val="00721343"/>
+    <w:rsid w:val="00722B8A"/>
     <w:rsid w:val="00722CF7"/>
     <w:rsid w:val="007246CF"/>
     <w:rsid w:val="00724C08"/>
     <w:rsid w:val="007255BA"/>
     <w:rsid w:val="00725F29"/>
+    <w:rsid w:val="0072632E"/>
     <w:rsid w:val="00726B36"/>
     <w:rsid w:val="00727CD2"/>
     <w:rsid w:val="0073027D"/>
     <w:rsid w:val="007306E6"/>
     <w:rsid w:val="00730FFF"/>
     <w:rsid w:val="00731222"/>
     <w:rsid w:val="007317B9"/>
     <w:rsid w:val="00732284"/>
     <w:rsid w:val="00733924"/>
     <w:rsid w:val="00733C6D"/>
     <w:rsid w:val="00734177"/>
     <w:rsid w:val="00734551"/>
     <w:rsid w:val="0073625A"/>
     <w:rsid w:val="0073776F"/>
     <w:rsid w:val="00737795"/>
     <w:rsid w:val="00740CF5"/>
     <w:rsid w:val="00741CE9"/>
     <w:rsid w:val="00742415"/>
     <w:rsid w:val="00742CBC"/>
     <w:rsid w:val="00743A77"/>
     <w:rsid w:val="00743C37"/>
     <w:rsid w:val="007445B4"/>
     <w:rsid w:val="0074493D"/>
     <w:rsid w:val="00744B37"/>
     <w:rsid w:val="007454D0"/>
     <w:rsid w:val="00745511"/>
     <w:rsid w:val="00745899"/>
     <w:rsid w:val="00746011"/>
     <w:rsid w:val="0074643E"/>
     <w:rsid w:val="00746E52"/>
     <w:rsid w:val="00747EE5"/>
     <w:rsid w:val="00750425"/>
+    <w:rsid w:val="00750711"/>
     <w:rsid w:val="007508C8"/>
     <w:rsid w:val="00752B49"/>
     <w:rsid w:val="00753902"/>
     <w:rsid w:val="00755A56"/>
     <w:rsid w:val="00755E34"/>
     <w:rsid w:val="00756531"/>
     <w:rsid w:val="00756566"/>
     <w:rsid w:val="0075667D"/>
     <w:rsid w:val="0075706C"/>
     <w:rsid w:val="007600B9"/>
     <w:rsid w:val="00760A47"/>
     <w:rsid w:val="00760CAC"/>
     <w:rsid w:val="007610ED"/>
     <w:rsid w:val="0076172A"/>
     <w:rsid w:val="0076377F"/>
     <w:rsid w:val="007642DA"/>
     <w:rsid w:val="00764D90"/>
     <w:rsid w:val="00765445"/>
     <w:rsid w:val="007664A5"/>
     <w:rsid w:val="00766BF2"/>
     <w:rsid w:val="00766FEF"/>
     <w:rsid w:val="00767127"/>
     <w:rsid w:val="007707D8"/>
     <w:rsid w:val="00770EFF"/>
     <w:rsid w:val="007711B2"/>
@@ -9197,606 +10920,662 @@
     <w:rsid w:val="0079547F"/>
     <w:rsid w:val="007957DC"/>
     <w:rsid w:val="007958FC"/>
     <w:rsid w:val="00795CC4"/>
     <w:rsid w:val="007A12A0"/>
     <w:rsid w:val="007A2598"/>
     <w:rsid w:val="007A3D77"/>
     <w:rsid w:val="007A40A6"/>
     <w:rsid w:val="007A41EE"/>
     <w:rsid w:val="007A42B1"/>
     <w:rsid w:val="007A4334"/>
     <w:rsid w:val="007A720C"/>
     <w:rsid w:val="007A7D75"/>
     <w:rsid w:val="007B0B19"/>
     <w:rsid w:val="007B37F7"/>
     <w:rsid w:val="007B3BD4"/>
     <w:rsid w:val="007B3DF9"/>
     <w:rsid w:val="007B4DAD"/>
     <w:rsid w:val="007B500F"/>
     <w:rsid w:val="007B6290"/>
     <w:rsid w:val="007B6BB5"/>
     <w:rsid w:val="007B72F0"/>
     <w:rsid w:val="007B7391"/>
     <w:rsid w:val="007B778F"/>
     <w:rsid w:val="007B7B92"/>
+    <w:rsid w:val="007B7F82"/>
     <w:rsid w:val="007C0F3D"/>
     <w:rsid w:val="007C101B"/>
     <w:rsid w:val="007C24CA"/>
     <w:rsid w:val="007C25BE"/>
     <w:rsid w:val="007C3C6B"/>
     <w:rsid w:val="007C520B"/>
     <w:rsid w:val="007C5F46"/>
     <w:rsid w:val="007D09D2"/>
     <w:rsid w:val="007D0EC2"/>
+    <w:rsid w:val="007D1DF0"/>
     <w:rsid w:val="007D205A"/>
     <w:rsid w:val="007D365E"/>
     <w:rsid w:val="007D3762"/>
     <w:rsid w:val="007D408E"/>
     <w:rsid w:val="007D4AAA"/>
     <w:rsid w:val="007D52C2"/>
     <w:rsid w:val="007D6AED"/>
     <w:rsid w:val="007D6F1D"/>
     <w:rsid w:val="007D747B"/>
     <w:rsid w:val="007D78B4"/>
     <w:rsid w:val="007D7FBD"/>
     <w:rsid w:val="007E0C2E"/>
     <w:rsid w:val="007E16E4"/>
     <w:rsid w:val="007E26C1"/>
     <w:rsid w:val="007E407E"/>
     <w:rsid w:val="007E489C"/>
     <w:rsid w:val="007E4DF4"/>
     <w:rsid w:val="007E55A3"/>
     <w:rsid w:val="007E5AFB"/>
     <w:rsid w:val="007E5ED3"/>
     <w:rsid w:val="007E6E05"/>
     <w:rsid w:val="007E6FB8"/>
     <w:rsid w:val="007E7190"/>
     <w:rsid w:val="007F0F53"/>
+    <w:rsid w:val="007F335B"/>
     <w:rsid w:val="007F412D"/>
     <w:rsid w:val="007F4417"/>
     <w:rsid w:val="007F4B9E"/>
     <w:rsid w:val="007F4F1D"/>
     <w:rsid w:val="007F60C0"/>
     <w:rsid w:val="007F63C5"/>
     <w:rsid w:val="007F7196"/>
     <w:rsid w:val="0080251A"/>
     <w:rsid w:val="0080262A"/>
     <w:rsid w:val="0080293A"/>
     <w:rsid w:val="008029B5"/>
     <w:rsid w:val="00802DEA"/>
     <w:rsid w:val="008035D2"/>
     <w:rsid w:val="00803ADD"/>
     <w:rsid w:val="00803AF9"/>
     <w:rsid w:val="0080685C"/>
     <w:rsid w:val="008068BE"/>
     <w:rsid w:val="00806A5E"/>
     <w:rsid w:val="0080709C"/>
     <w:rsid w:val="008071F3"/>
     <w:rsid w:val="008074CB"/>
     <w:rsid w:val="0081051A"/>
     <w:rsid w:val="008107E8"/>
     <w:rsid w:val="008108D3"/>
     <w:rsid w:val="0081114E"/>
     <w:rsid w:val="00812335"/>
     <w:rsid w:val="00812555"/>
     <w:rsid w:val="008150D5"/>
     <w:rsid w:val="008150E9"/>
     <w:rsid w:val="00815739"/>
     <w:rsid w:val="00815E6B"/>
     <w:rsid w:val="00815F2D"/>
     <w:rsid w:val="00816053"/>
     <w:rsid w:val="008169AF"/>
     <w:rsid w:val="00816B65"/>
     <w:rsid w:val="00816C2C"/>
     <w:rsid w:val="00816D30"/>
     <w:rsid w:val="00816FCE"/>
     <w:rsid w:val="0081708E"/>
     <w:rsid w:val="00820150"/>
     <w:rsid w:val="0082073E"/>
     <w:rsid w:val="00821B7E"/>
+    <w:rsid w:val="00822308"/>
+    <w:rsid w:val="00822C79"/>
     <w:rsid w:val="0082316E"/>
     <w:rsid w:val="00823704"/>
     <w:rsid w:val="00823923"/>
     <w:rsid w:val="00825737"/>
     <w:rsid w:val="00825830"/>
     <w:rsid w:val="00825F0E"/>
     <w:rsid w:val="00826C98"/>
     <w:rsid w:val="008301CF"/>
+    <w:rsid w:val="0083064C"/>
     <w:rsid w:val="00831522"/>
     <w:rsid w:val="00832063"/>
     <w:rsid w:val="00832935"/>
     <w:rsid w:val="00834415"/>
     <w:rsid w:val="00834738"/>
+    <w:rsid w:val="00835783"/>
     <w:rsid w:val="00835AE7"/>
     <w:rsid w:val="008360AC"/>
     <w:rsid w:val="00836463"/>
     <w:rsid w:val="008364A2"/>
+    <w:rsid w:val="008364BF"/>
+    <w:rsid w:val="0083687A"/>
     <w:rsid w:val="008376CC"/>
+    <w:rsid w:val="00837CFD"/>
     <w:rsid w:val="0084047F"/>
     <w:rsid w:val="008404E2"/>
     <w:rsid w:val="00840EDB"/>
     <w:rsid w:val="00841155"/>
     <w:rsid w:val="0084170A"/>
     <w:rsid w:val="00841E1F"/>
     <w:rsid w:val="008425CB"/>
     <w:rsid w:val="0084371B"/>
     <w:rsid w:val="00843885"/>
     <w:rsid w:val="008444B4"/>
     <w:rsid w:val="00845407"/>
     <w:rsid w:val="00845B37"/>
     <w:rsid w:val="00845E52"/>
     <w:rsid w:val="00847559"/>
     <w:rsid w:val="00847FA4"/>
     <w:rsid w:val="00850740"/>
     <w:rsid w:val="00850AB1"/>
+    <w:rsid w:val="00850FC4"/>
     <w:rsid w:val="00852C9B"/>
     <w:rsid w:val="008543D1"/>
     <w:rsid w:val="00854F48"/>
     <w:rsid w:val="0085606E"/>
     <w:rsid w:val="0085682C"/>
     <w:rsid w:val="00856B84"/>
     <w:rsid w:val="0085776B"/>
     <w:rsid w:val="00857984"/>
     <w:rsid w:val="00857C29"/>
     <w:rsid w:val="00860409"/>
     <w:rsid w:val="008614F6"/>
     <w:rsid w:val="00862BDD"/>
     <w:rsid w:val="00863255"/>
     <w:rsid w:val="00863FBF"/>
     <w:rsid w:val="00864A7C"/>
     <w:rsid w:val="00864DB9"/>
     <w:rsid w:val="00865923"/>
+    <w:rsid w:val="00865CE2"/>
     <w:rsid w:val="0086723F"/>
     <w:rsid w:val="008715A6"/>
     <w:rsid w:val="00873475"/>
     <w:rsid w:val="008744F1"/>
     <w:rsid w:val="0087510B"/>
+    <w:rsid w:val="008752BA"/>
     <w:rsid w:val="00877445"/>
+    <w:rsid w:val="008777BB"/>
+    <w:rsid w:val="00877AE6"/>
     <w:rsid w:val="0088021D"/>
     <w:rsid w:val="00880FE9"/>
     <w:rsid w:val="008816D6"/>
     <w:rsid w:val="00881F26"/>
     <w:rsid w:val="00882F11"/>
     <w:rsid w:val="00883CF3"/>
     <w:rsid w:val="00884B4F"/>
     <w:rsid w:val="008868D6"/>
+    <w:rsid w:val="008870CE"/>
+    <w:rsid w:val="00890527"/>
     <w:rsid w:val="00890DF8"/>
     <w:rsid w:val="00892B06"/>
     <w:rsid w:val="00893102"/>
     <w:rsid w:val="00895A56"/>
     <w:rsid w:val="008967B8"/>
     <w:rsid w:val="00896E6E"/>
     <w:rsid w:val="00896F7F"/>
     <w:rsid w:val="0089772F"/>
+    <w:rsid w:val="0089786B"/>
     <w:rsid w:val="008A14B2"/>
     <w:rsid w:val="008A18DD"/>
     <w:rsid w:val="008A19C9"/>
     <w:rsid w:val="008A1ECF"/>
     <w:rsid w:val="008A2A4B"/>
     <w:rsid w:val="008A3285"/>
+    <w:rsid w:val="008A3D6A"/>
     <w:rsid w:val="008A4209"/>
     <w:rsid w:val="008A5138"/>
     <w:rsid w:val="008A5900"/>
     <w:rsid w:val="008A5FD0"/>
     <w:rsid w:val="008A699C"/>
     <w:rsid w:val="008B109A"/>
     <w:rsid w:val="008B1653"/>
     <w:rsid w:val="008B195E"/>
     <w:rsid w:val="008B21CA"/>
     <w:rsid w:val="008B2C1B"/>
     <w:rsid w:val="008B2F0A"/>
     <w:rsid w:val="008B398B"/>
     <w:rsid w:val="008B582A"/>
     <w:rsid w:val="008B5C9B"/>
     <w:rsid w:val="008B5EA1"/>
     <w:rsid w:val="008B6765"/>
+    <w:rsid w:val="008B6A65"/>
     <w:rsid w:val="008B7BCD"/>
     <w:rsid w:val="008C0209"/>
     <w:rsid w:val="008C1176"/>
+    <w:rsid w:val="008C27A0"/>
     <w:rsid w:val="008C38C7"/>
+    <w:rsid w:val="008C3CF9"/>
     <w:rsid w:val="008C4152"/>
     <w:rsid w:val="008C4224"/>
     <w:rsid w:val="008C4BEA"/>
     <w:rsid w:val="008C5F49"/>
     <w:rsid w:val="008C6217"/>
     <w:rsid w:val="008C6EB6"/>
     <w:rsid w:val="008C722E"/>
     <w:rsid w:val="008C7479"/>
     <w:rsid w:val="008C7B1B"/>
     <w:rsid w:val="008D10BD"/>
     <w:rsid w:val="008D12FC"/>
     <w:rsid w:val="008D2093"/>
     <w:rsid w:val="008D2CFD"/>
     <w:rsid w:val="008D2F00"/>
     <w:rsid w:val="008D3574"/>
     <w:rsid w:val="008D4DC1"/>
     <w:rsid w:val="008D56BE"/>
+    <w:rsid w:val="008D59E3"/>
     <w:rsid w:val="008D7602"/>
+    <w:rsid w:val="008D7DDB"/>
     <w:rsid w:val="008E005D"/>
     <w:rsid w:val="008E0929"/>
     <w:rsid w:val="008E0BA3"/>
     <w:rsid w:val="008E0CAF"/>
     <w:rsid w:val="008E10DA"/>
     <w:rsid w:val="008E1EEA"/>
     <w:rsid w:val="008E2AC8"/>
     <w:rsid w:val="008E3A28"/>
     <w:rsid w:val="008E432C"/>
     <w:rsid w:val="008E4FAD"/>
     <w:rsid w:val="008E672F"/>
     <w:rsid w:val="008E6B13"/>
     <w:rsid w:val="008E6B47"/>
     <w:rsid w:val="008E7920"/>
     <w:rsid w:val="008E7D97"/>
     <w:rsid w:val="008F11DD"/>
     <w:rsid w:val="008F22E5"/>
+    <w:rsid w:val="008F3030"/>
     <w:rsid w:val="008F429B"/>
     <w:rsid w:val="008F469E"/>
     <w:rsid w:val="008F592A"/>
     <w:rsid w:val="008F64CA"/>
     <w:rsid w:val="008F66E2"/>
     <w:rsid w:val="008F706E"/>
     <w:rsid w:val="008F73B3"/>
     <w:rsid w:val="00901B2D"/>
     <w:rsid w:val="009045B7"/>
     <w:rsid w:val="00904AF6"/>
     <w:rsid w:val="00904B43"/>
     <w:rsid w:val="00905730"/>
     <w:rsid w:val="00905773"/>
     <w:rsid w:val="00905C11"/>
     <w:rsid w:val="009066E9"/>
+    <w:rsid w:val="00911295"/>
     <w:rsid w:val="009118D5"/>
     <w:rsid w:val="00911BAB"/>
     <w:rsid w:val="00912611"/>
     <w:rsid w:val="00912724"/>
     <w:rsid w:val="00914BB4"/>
     <w:rsid w:val="0091538C"/>
     <w:rsid w:val="0091646D"/>
     <w:rsid w:val="009167E8"/>
     <w:rsid w:val="00920060"/>
     <w:rsid w:val="009202FC"/>
     <w:rsid w:val="00920728"/>
+    <w:rsid w:val="00921113"/>
     <w:rsid w:val="00922488"/>
     <w:rsid w:val="009237C2"/>
     <w:rsid w:val="0092401D"/>
     <w:rsid w:val="00924108"/>
     <w:rsid w:val="0092461A"/>
     <w:rsid w:val="00925172"/>
     <w:rsid w:val="00926DEB"/>
     <w:rsid w:val="00927FE7"/>
     <w:rsid w:val="00931027"/>
     <w:rsid w:val="00931BA9"/>
     <w:rsid w:val="00932923"/>
     <w:rsid w:val="00932B8C"/>
     <w:rsid w:val="00932C0D"/>
     <w:rsid w:val="00932E60"/>
+    <w:rsid w:val="00933A5E"/>
     <w:rsid w:val="00933C29"/>
     <w:rsid w:val="00933DD6"/>
     <w:rsid w:val="00933FC5"/>
     <w:rsid w:val="0093425B"/>
     <w:rsid w:val="00934283"/>
     <w:rsid w:val="009351C6"/>
     <w:rsid w:val="0093543A"/>
     <w:rsid w:val="00935A35"/>
     <w:rsid w:val="0093737D"/>
     <w:rsid w:val="009374A4"/>
     <w:rsid w:val="009411FA"/>
+    <w:rsid w:val="00941305"/>
     <w:rsid w:val="009420A2"/>
     <w:rsid w:val="009426C3"/>
     <w:rsid w:val="00942F71"/>
     <w:rsid w:val="00943048"/>
+    <w:rsid w:val="009432F3"/>
+    <w:rsid w:val="00943411"/>
     <w:rsid w:val="009435B0"/>
     <w:rsid w:val="00943D7F"/>
     <w:rsid w:val="00943F46"/>
     <w:rsid w:val="00945C2E"/>
     <w:rsid w:val="00945FF1"/>
     <w:rsid w:val="009462E3"/>
     <w:rsid w:val="00946B81"/>
     <w:rsid w:val="00946CCB"/>
     <w:rsid w:val="0095089C"/>
     <w:rsid w:val="00950AE5"/>
     <w:rsid w:val="00951454"/>
     <w:rsid w:val="00952DAE"/>
     <w:rsid w:val="00952EF5"/>
     <w:rsid w:val="0095378F"/>
     <w:rsid w:val="00953979"/>
     <w:rsid w:val="0095612A"/>
     <w:rsid w:val="00956C43"/>
     <w:rsid w:val="00956F98"/>
     <w:rsid w:val="009604E4"/>
     <w:rsid w:val="009617A6"/>
     <w:rsid w:val="00961A4C"/>
     <w:rsid w:val="00962AD8"/>
+    <w:rsid w:val="009632E9"/>
     <w:rsid w:val="009640D8"/>
     <w:rsid w:val="00966738"/>
     <w:rsid w:val="00966AFC"/>
     <w:rsid w:val="009673A0"/>
     <w:rsid w:val="0097008C"/>
     <w:rsid w:val="009702B9"/>
     <w:rsid w:val="00970E55"/>
     <w:rsid w:val="00971278"/>
     <w:rsid w:val="00971A50"/>
     <w:rsid w:val="009725A8"/>
     <w:rsid w:val="009725B6"/>
     <w:rsid w:val="00973E3D"/>
     <w:rsid w:val="00974896"/>
     <w:rsid w:val="00974B3E"/>
     <w:rsid w:val="00976382"/>
     <w:rsid w:val="00976695"/>
     <w:rsid w:val="00976D7B"/>
     <w:rsid w:val="009777BB"/>
     <w:rsid w:val="00981BAA"/>
     <w:rsid w:val="00981D27"/>
     <w:rsid w:val="009823ED"/>
     <w:rsid w:val="009828F3"/>
     <w:rsid w:val="00985B44"/>
     <w:rsid w:val="0098608B"/>
     <w:rsid w:val="009904B8"/>
     <w:rsid w:val="00990898"/>
     <w:rsid w:val="009913F6"/>
     <w:rsid w:val="00991650"/>
     <w:rsid w:val="00992045"/>
     <w:rsid w:val="00992DA3"/>
+    <w:rsid w:val="009935CB"/>
     <w:rsid w:val="009939A4"/>
     <w:rsid w:val="00993A98"/>
     <w:rsid w:val="009946B0"/>
     <w:rsid w:val="00994903"/>
     <w:rsid w:val="00995EB6"/>
     <w:rsid w:val="00996434"/>
     <w:rsid w:val="009974E2"/>
     <w:rsid w:val="00997BFE"/>
     <w:rsid w:val="009A150D"/>
     <w:rsid w:val="009A3556"/>
     <w:rsid w:val="009A37FE"/>
     <w:rsid w:val="009A5698"/>
     <w:rsid w:val="009A59A5"/>
     <w:rsid w:val="009A60C9"/>
     <w:rsid w:val="009A7418"/>
     <w:rsid w:val="009A79B9"/>
     <w:rsid w:val="009B1FB0"/>
+    <w:rsid w:val="009B2388"/>
+    <w:rsid w:val="009B244B"/>
     <w:rsid w:val="009B2BBC"/>
     <w:rsid w:val="009B352A"/>
     <w:rsid w:val="009B4088"/>
     <w:rsid w:val="009B49F1"/>
     <w:rsid w:val="009B4C36"/>
     <w:rsid w:val="009B5672"/>
     <w:rsid w:val="009B5728"/>
+    <w:rsid w:val="009B5829"/>
     <w:rsid w:val="009B5CD2"/>
     <w:rsid w:val="009B75A5"/>
     <w:rsid w:val="009C039A"/>
     <w:rsid w:val="009C1D83"/>
     <w:rsid w:val="009C434C"/>
     <w:rsid w:val="009C4693"/>
     <w:rsid w:val="009C5F31"/>
     <w:rsid w:val="009C794F"/>
     <w:rsid w:val="009C79D2"/>
     <w:rsid w:val="009D0BDD"/>
     <w:rsid w:val="009D12DF"/>
     <w:rsid w:val="009D1B5F"/>
     <w:rsid w:val="009D34C9"/>
     <w:rsid w:val="009D4AA3"/>
     <w:rsid w:val="009D4BFA"/>
     <w:rsid w:val="009D4C6C"/>
     <w:rsid w:val="009D4D23"/>
     <w:rsid w:val="009D5357"/>
     <w:rsid w:val="009D5694"/>
     <w:rsid w:val="009E0179"/>
     <w:rsid w:val="009E0466"/>
     <w:rsid w:val="009E0B56"/>
     <w:rsid w:val="009E1231"/>
     <w:rsid w:val="009E126B"/>
     <w:rsid w:val="009E19BB"/>
     <w:rsid w:val="009E1E73"/>
     <w:rsid w:val="009E25E2"/>
     <w:rsid w:val="009E39EE"/>
     <w:rsid w:val="009E3EF4"/>
     <w:rsid w:val="009E4E50"/>
     <w:rsid w:val="009E564D"/>
     <w:rsid w:val="009E5925"/>
     <w:rsid w:val="009E593E"/>
+    <w:rsid w:val="009E598B"/>
     <w:rsid w:val="009E5BCE"/>
     <w:rsid w:val="009E6084"/>
     <w:rsid w:val="009E6912"/>
     <w:rsid w:val="009E696A"/>
     <w:rsid w:val="009E6CBC"/>
     <w:rsid w:val="009E751D"/>
     <w:rsid w:val="009E7E9A"/>
     <w:rsid w:val="009F40BF"/>
     <w:rsid w:val="009F415E"/>
     <w:rsid w:val="009F4990"/>
     <w:rsid w:val="009F539C"/>
+    <w:rsid w:val="009F57E1"/>
+    <w:rsid w:val="009F6434"/>
     <w:rsid w:val="009F6AFE"/>
     <w:rsid w:val="009F6E15"/>
     <w:rsid w:val="00A011C5"/>
     <w:rsid w:val="00A02115"/>
     <w:rsid w:val="00A03878"/>
     <w:rsid w:val="00A0451C"/>
     <w:rsid w:val="00A04994"/>
     <w:rsid w:val="00A04A7F"/>
     <w:rsid w:val="00A04F87"/>
     <w:rsid w:val="00A07CD6"/>
+    <w:rsid w:val="00A10252"/>
     <w:rsid w:val="00A119A1"/>
     <w:rsid w:val="00A12881"/>
     <w:rsid w:val="00A13168"/>
     <w:rsid w:val="00A163D1"/>
     <w:rsid w:val="00A16D57"/>
     <w:rsid w:val="00A16FBF"/>
     <w:rsid w:val="00A17146"/>
     <w:rsid w:val="00A17F71"/>
     <w:rsid w:val="00A20BF3"/>
     <w:rsid w:val="00A20D57"/>
     <w:rsid w:val="00A21BE7"/>
     <w:rsid w:val="00A21ED7"/>
     <w:rsid w:val="00A2202D"/>
     <w:rsid w:val="00A23087"/>
     <w:rsid w:val="00A241D8"/>
     <w:rsid w:val="00A24AE6"/>
     <w:rsid w:val="00A25DDB"/>
     <w:rsid w:val="00A27265"/>
     <w:rsid w:val="00A27DE0"/>
     <w:rsid w:val="00A301E5"/>
     <w:rsid w:val="00A30A16"/>
     <w:rsid w:val="00A30CE6"/>
     <w:rsid w:val="00A310AB"/>
     <w:rsid w:val="00A3143C"/>
     <w:rsid w:val="00A32B7D"/>
     <w:rsid w:val="00A32E42"/>
     <w:rsid w:val="00A33C6F"/>
     <w:rsid w:val="00A36933"/>
     <w:rsid w:val="00A37315"/>
     <w:rsid w:val="00A3751D"/>
     <w:rsid w:val="00A37D4E"/>
     <w:rsid w:val="00A41997"/>
     <w:rsid w:val="00A419D5"/>
     <w:rsid w:val="00A41F60"/>
     <w:rsid w:val="00A4255B"/>
     <w:rsid w:val="00A439DF"/>
     <w:rsid w:val="00A439E3"/>
     <w:rsid w:val="00A454B3"/>
     <w:rsid w:val="00A462BA"/>
     <w:rsid w:val="00A47169"/>
     <w:rsid w:val="00A5002C"/>
     <w:rsid w:val="00A5071A"/>
     <w:rsid w:val="00A53F93"/>
     <w:rsid w:val="00A53FF2"/>
     <w:rsid w:val="00A543AE"/>
     <w:rsid w:val="00A551C6"/>
+    <w:rsid w:val="00A56681"/>
     <w:rsid w:val="00A6013A"/>
     <w:rsid w:val="00A608F5"/>
     <w:rsid w:val="00A61379"/>
     <w:rsid w:val="00A61AD8"/>
     <w:rsid w:val="00A61D9E"/>
     <w:rsid w:val="00A61DE7"/>
     <w:rsid w:val="00A62546"/>
     <w:rsid w:val="00A625D5"/>
     <w:rsid w:val="00A63174"/>
     <w:rsid w:val="00A63798"/>
     <w:rsid w:val="00A638A0"/>
+    <w:rsid w:val="00A63BB2"/>
     <w:rsid w:val="00A6481B"/>
     <w:rsid w:val="00A66EA1"/>
     <w:rsid w:val="00A67088"/>
     <w:rsid w:val="00A67223"/>
     <w:rsid w:val="00A67944"/>
     <w:rsid w:val="00A67E65"/>
+    <w:rsid w:val="00A70208"/>
     <w:rsid w:val="00A706BE"/>
     <w:rsid w:val="00A716E7"/>
     <w:rsid w:val="00A7179F"/>
     <w:rsid w:val="00A71F87"/>
     <w:rsid w:val="00A726D8"/>
     <w:rsid w:val="00A732A6"/>
     <w:rsid w:val="00A75569"/>
     <w:rsid w:val="00A80572"/>
     <w:rsid w:val="00A80E49"/>
+    <w:rsid w:val="00A81D7B"/>
     <w:rsid w:val="00A843BC"/>
     <w:rsid w:val="00A84818"/>
     <w:rsid w:val="00A850E5"/>
     <w:rsid w:val="00A852A0"/>
     <w:rsid w:val="00A86449"/>
     <w:rsid w:val="00A90779"/>
     <w:rsid w:val="00A90B5B"/>
     <w:rsid w:val="00A90F15"/>
     <w:rsid w:val="00A91B1D"/>
     <w:rsid w:val="00A930B9"/>
     <w:rsid w:val="00A93751"/>
     <w:rsid w:val="00A94552"/>
     <w:rsid w:val="00A95097"/>
     <w:rsid w:val="00A963DE"/>
     <w:rsid w:val="00A969B4"/>
     <w:rsid w:val="00A97829"/>
     <w:rsid w:val="00A97B59"/>
     <w:rsid w:val="00AA1EC9"/>
     <w:rsid w:val="00AA26BF"/>
     <w:rsid w:val="00AA27B3"/>
+    <w:rsid w:val="00AA2C4F"/>
     <w:rsid w:val="00AA30A6"/>
     <w:rsid w:val="00AA32D4"/>
     <w:rsid w:val="00AA35C7"/>
     <w:rsid w:val="00AA377F"/>
     <w:rsid w:val="00AA38A8"/>
     <w:rsid w:val="00AA3A0A"/>
     <w:rsid w:val="00AA4C24"/>
     <w:rsid w:val="00AA511F"/>
     <w:rsid w:val="00AA6174"/>
     <w:rsid w:val="00AA652F"/>
     <w:rsid w:val="00AA6B96"/>
+    <w:rsid w:val="00AB0BF4"/>
     <w:rsid w:val="00AB2820"/>
     <w:rsid w:val="00AB4905"/>
     <w:rsid w:val="00AB4A9E"/>
     <w:rsid w:val="00AB5451"/>
     <w:rsid w:val="00AB622C"/>
     <w:rsid w:val="00AB6CB0"/>
     <w:rsid w:val="00AB6E29"/>
     <w:rsid w:val="00AC23E0"/>
     <w:rsid w:val="00AC4165"/>
     <w:rsid w:val="00AC4721"/>
     <w:rsid w:val="00AC4A96"/>
     <w:rsid w:val="00AC5CB4"/>
     <w:rsid w:val="00AC5D5D"/>
+    <w:rsid w:val="00AC6321"/>
+    <w:rsid w:val="00AC75B6"/>
     <w:rsid w:val="00AD0188"/>
     <w:rsid w:val="00AD175A"/>
     <w:rsid w:val="00AD1E0F"/>
     <w:rsid w:val="00AD2DE6"/>
     <w:rsid w:val="00AD30CB"/>
     <w:rsid w:val="00AD4463"/>
+    <w:rsid w:val="00AD45C5"/>
     <w:rsid w:val="00AD635E"/>
+    <w:rsid w:val="00AD6611"/>
     <w:rsid w:val="00AD737F"/>
     <w:rsid w:val="00AD7DCD"/>
     <w:rsid w:val="00AD7FF3"/>
     <w:rsid w:val="00AE019C"/>
     <w:rsid w:val="00AE0B45"/>
+    <w:rsid w:val="00AE1A6F"/>
     <w:rsid w:val="00AE1D40"/>
     <w:rsid w:val="00AE23EA"/>
     <w:rsid w:val="00AE2660"/>
     <w:rsid w:val="00AE31BA"/>
+    <w:rsid w:val="00AE44E2"/>
+    <w:rsid w:val="00AE462A"/>
     <w:rsid w:val="00AE578A"/>
     <w:rsid w:val="00AE6BAE"/>
     <w:rsid w:val="00AE7450"/>
     <w:rsid w:val="00AE76D5"/>
+    <w:rsid w:val="00AF21A3"/>
     <w:rsid w:val="00AF3228"/>
     <w:rsid w:val="00AF3A63"/>
     <w:rsid w:val="00AF3B29"/>
     <w:rsid w:val="00AF4408"/>
     <w:rsid w:val="00AF6B7F"/>
     <w:rsid w:val="00AF7529"/>
     <w:rsid w:val="00AF7F16"/>
     <w:rsid w:val="00B00568"/>
     <w:rsid w:val="00B00BB9"/>
     <w:rsid w:val="00B00FAF"/>
     <w:rsid w:val="00B01230"/>
     <w:rsid w:val="00B01295"/>
     <w:rsid w:val="00B0165A"/>
     <w:rsid w:val="00B0293B"/>
     <w:rsid w:val="00B02C99"/>
     <w:rsid w:val="00B0323F"/>
     <w:rsid w:val="00B0337D"/>
+    <w:rsid w:val="00B04958"/>
     <w:rsid w:val="00B06083"/>
     <w:rsid w:val="00B06BA9"/>
     <w:rsid w:val="00B06C75"/>
     <w:rsid w:val="00B0741A"/>
     <w:rsid w:val="00B10257"/>
     <w:rsid w:val="00B11514"/>
     <w:rsid w:val="00B1153A"/>
     <w:rsid w:val="00B12667"/>
+    <w:rsid w:val="00B14E6B"/>
     <w:rsid w:val="00B151BF"/>
     <w:rsid w:val="00B1557A"/>
     <w:rsid w:val="00B1607D"/>
     <w:rsid w:val="00B16179"/>
     <w:rsid w:val="00B16268"/>
     <w:rsid w:val="00B17719"/>
     <w:rsid w:val="00B17811"/>
     <w:rsid w:val="00B17A82"/>
     <w:rsid w:val="00B217A6"/>
     <w:rsid w:val="00B221FC"/>
     <w:rsid w:val="00B22351"/>
     <w:rsid w:val="00B2309C"/>
     <w:rsid w:val="00B23DD2"/>
     <w:rsid w:val="00B248DF"/>
     <w:rsid w:val="00B26FD4"/>
     <w:rsid w:val="00B303B0"/>
     <w:rsid w:val="00B303DB"/>
     <w:rsid w:val="00B3082E"/>
     <w:rsid w:val="00B30F0E"/>
     <w:rsid w:val="00B317E0"/>
     <w:rsid w:val="00B31C68"/>
     <w:rsid w:val="00B31F71"/>
     <w:rsid w:val="00B33874"/>
     <w:rsid w:val="00B35A24"/>
     <w:rsid w:val="00B35FD7"/>
@@ -9804,762 +11583,826 @@
     <w:rsid w:val="00B40DA7"/>
     <w:rsid w:val="00B418AB"/>
     <w:rsid w:val="00B419D1"/>
     <w:rsid w:val="00B42014"/>
     <w:rsid w:val="00B42E96"/>
     <w:rsid w:val="00B42EFD"/>
     <w:rsid w:val="00B43B05"/>
     <w:rsid w:val="00B446E6"/>
     <w:rsid w:val="00B44D87"/>
     <w:rsid w:val="00B461A6"/>
     <w:rsid w:val="00B46487"/>
     <w:rsid w:val="00B50735"/>
     <w:rsid w:val="00B51DEF"/>
     <w:rsid w:val="00B520B8"/>
     <w:rsid w:val="00B52109"/>
     <w:rsid w:val="00B52D81"/>
     <w:rsid w:val="00B53F79"/>
     <w:rsid w:val="00B55B34"/>
     <w:rsid w:val="00B55E6D"/>
     <w:rsid w:val="00B568B5"/>
     <w:rsid w:val="00B56BAD"/>
     <w:rsid w:val="00B56BD6"/>
     <w:rsid w:val="00B577A7"/>
     <w:rsid w:val="00B611FB"/>
     <w:rsid w:val="00B61253"/>
+    <w:rsid w:val="00B620B8"/>
     <w:rsid w:val="00B62B8C"/>
     <w:rsid w:val="00B62C79"/>
+    <w:rsid w:val="00B64036"/>
     <w:rsid w:val="00B64554"/>
     <w:rsid w:val="00B671AF"/>
     <w:rsid w:val="00B67826"/>
     <w:rsid w:val="00B6795F"/>
     <w:rsid w:val="00B71271"/>
     <w:rsid w:val="00B71A5E"/>
     <w:rsid w:val="00B72D33"/>
     <w:rsid w:val="00B72D3E"/>
     <w:rsid w:val="00B72F14"/>
     <w:rsid w:val="00B746FA"/>
+    <w:rsid w:val="00B74FC8"/>
     <w:rsid w:val="00B754A6"/>
     <w:rsid w:val="00B75982"/>
     <w:rsid w:val="00B7633C"/>
     <w:rsid w:val="00B765E3"/>
     <w:rsid w:val="00B7663E"/>
     <w:rsid w:val="00B7714F"/>
     <w:rsid w:val="00B820DB"/>
     <w:rsid w:val="00B8310F"/>
     <w:rsid w:val="00B8328B"/>
     <w:rsid w:val="00B850D9"/>
+    <w:rsid w:val="00B86D26"/>
     <w:rsid w:val="00B87990"/>
     <w:rsid w:val="00B87ED2"/>
     <w:rsid w:val="00B91348"/>
     <w:rsid w:val="00B935AC"/>
     <w:rsid w:val="00B94261"/>
     <w:rsid w:val="00B962FA"/>
     <w:rsid w:val="00B96B1C"/>
     <w:rsid w:val="00B972D8"/>
     <w:rsid w:val="00B975EA"/>
+    <w:rsid w:val="00B977F0"/>
     <w:rsid w:val="00B97FF5"/>
     <w:rsid w:val="00BA30F1"/>
+    <w:rsid w:val="00BA3780"/>
     <w:rsid w:val="00BA4679"/>
     <w:rsid w:val="00BA4773"/>
     <w:rsid w:val="00BA674E"/>
     <w:rsid w:val="00BA7935"/>
     <w:rsid w:val="00BB0CBD"/>
     <w:rsid w:val="00BB122C"/>
     <w:rsid w:val="00BB141C"/>
     <w:rsid w:val="00BB1F41"/>
     <w:rsid w:val="00BB2845"/>
     <w:rsid w:val="00BB331D"/>
     <w:rsid w:val="00BB5985"/>
     <w:rsid w:val="00BB5D4A"/>
     <w:rsid w:val="00BB6A27"/>
     <w:rsid w:val="00BB7EAF"/>
     <w:rsid w:val="00BC0426"/>
     <w:rsid w:val="00BC0A9B"/>
     <w:rsid w:val="00BC14B9"/>
     <w:rsid w:val="00BC157A"/>
     <w:rsid w:val="00BC209D"/>
     <w:rsid w:val="00BC20E6"/>
+    <w:rsid w:val="00BC2175"/>
     <w:rsid w:val="00BC2585"/>
     <w:rsid w:val="00BC30B3"/>
     <w:rsid w:val="00BC4C8E"/>
     <w:rsid w:val="00BC4F29"/>
     <w:rsid w:val="00BC5246"/>
+    <w:rsid w:val="00BC6781"/>
     <w:rsid w:val="00BC7859"/>
     <w:rsid w:val="00BC7DF6"/>
     <w:rsid w:val="00BC7F2E"/>
     <w:rsid w:val="00BD0A93"/>
     <w:rsid w:val="00BD0D40"/>
     <w:rsid w:val="00BD188B"/>
     <w:rsid w:val="00BD3ECE"/>
     <w:rsid w:val="00BD42FD"/>
     <w:rsid w:val="00BD4FF8"/>
+    <w:rsid w:val="00BD5373"/>
     <w:rsid w:val="00BD5939"/>
     <w:rsid w:val="00BD5BAA"/>
     <w:rsid w:val="00BD5F1D"/>
     <w:rsid w:val="00BE28FF"/>
     <w:rsid w:val="00BE4C00"/>
     <w:rsid w:val="00BE69FE"/>
     <w:rsid w:val="00BE71E2"/>
     <w:rsid w:val="00BE748F"/>
     <w:rsid w:val="00BF097E"/>
     <w:rsid w:val="00BF1118"/>
     <w:rsid w:val="00BF1282"/>
     <w:rsid w:val="00BF1459"/>
     <w:rsid w:val="00BF14FC"/>
+    <w:rsid w:val="00BF40BA"/>
     <w:rsid w:val="00BF5EB4"/>
     <w:rsid w:val="00BF76E9"/>
+    <w:rsid w:val="00C00179"/>
     <w:rsid w:val="00C005D6"/>
     <w:rsid w:val="00C0394C"/>
     <w:rsid w:val="00C03F06"/>
     <w:rsid w:val="00C04018"/>
     <w:rsid w:val="00C05D65"/>
     <w:rsid w:val="00C077C5"/>
     <w:rsid w:val="00C07C74"/>
     <w:rsid w:val="00C10C3B"/>
     <w:rsid w:val="00C12AF7"/>
     <w:rsid w:val="00C12D31"/>
     <w:rsid w:val="00C12DA0"/>
     <w:rsid w:val="00C1384D"/>
     <w:rsid w:val="00C13B2E"/>
     <w:rsid w:val="00C142D8"/>
     <w:rsid w:val="00C1450A"/>
+    <w:rsid w:val="00C1543C"/>
     <w:rsid w:val="00C15A76"/>
     <w:rsid w:val="00C16B8F"/>
     <w:rsid w:val="00C16BBA"/>
     <w:rsid w:val="00C16F8F"/>
     <w:rsid w:val="00C17369"/>
+    <w:rsid w:val="00C20BE0"/>
     <w:rsid w:val="00C20FDF"/>
     <w:rsid w:val="00C218A4"/>
     <w:rsid w:val="00C227CE"/>
     <w:rsid w:val="00C2302E"/>
+    <w:rsid w:val="00C23C80"/>
     <w:rsid w:val="00C23ED1"/>
+    <w:rsid w:val="00C2562A"/>
     <w:rsid w:val="00C27BF7"/>
     <w:rsid w:val="00C27FCF"/>
     <w:rsid w:val="00C3042E"/>
     <w:rsid w:val="00C306FC"/>
+    <w:rsid w:val="00C32129"/>
     <w:rsid w:val="00C32F15"/>
     <w:rsid w:val="00C36E1A"/>
     <w:rsid w:val="00C371F5"/>
     <w:rsid w:val="00C374F1"/>
+    <w:rsid w:val="00C4027F"/>
     <w:rsid w:val="00C414A6"/>
     <w:rsid w:val="00C422D2"/>
     <w:rsid w:val="00C4298A"/>
     <w:rsid w:val="00C44E0F"/>
     <w:rsid w:val="00C45725"/>
     <w:rsid w:val="00C45852"/>
     <w:rsid w:val="00C46DAF"/>
     <w:rsid w:val="00C4728E"/>
     <w:rsid w:val="00C506A5"/>
     <w:rsid w:val="00C513CA"/>
     <w:rsid w:val="00C51FB8"/>
     <w:rsid w:val="00C524F6"/>
     <w:rsid w:val="00C53747"/>
     <w:rsid w:val="00C53CC0"/>
     <w:rsid w:val="00C53E4F"/>
+    <w:rsid w:val="00C53E6E"/>
+    <w:rsid w:val="00C542BF"/>
     <w:rsid w:val="00C5571D"/>
     <w:rsid w:val="00C56F01"/>
     <w:rsid w:val="00C5712B"/>
+    <w:rsid w:val="00C5722D"/>
     <w:rsid w:val="00C60567"/>
+    <w:rsid w:val="00C60619"/>
     <w:rsid w:val="00C609B6"/>
     <w:rsid w:val="00C61083"/>
     <w:rsid w:val="00C6134B"/>
     <w:rsid w:val="00C61C4F"/>
     <w:rsid w:val="00C62700"/>
     <w:rsid w:val="00C6277B"/>
     <w:rsid w:val="00C630CB"/>
     <w:rsid w:val="00C65858"/>
     <w:rsid w:val="00C658BD"/>
     <w:rsid w:val="00C6667D"/>
     <w:rsid w:val="00C67952"/>
     <w:rsid w:val="00C67B53"/>
     <w:rsid w:val="00C67C11"/>
     <w:rsid w:val="00C7034B"/>
     <w:rsid w:val="00C70797"/>
     <w:rsid w:val="00C707A4"/>
     <w:rsid w:val="00C70E0C"/>
     <w:rsid w:val="00C7406C"/>
     <w:rsid w:val="00C74310"/>
     <w:rsid w:val="00C74911"/>
     <w:rsid w:val="00C7761D"/>
     <w:rsid w:val="00C77D4A"/>
     <w:rsid w:val="00C801D4"/>
     <w:rsid w:val="00C80299"/>
     <w:rsid w:val="00C811AC"/>
+    <w:rsid w:val="00C819C8"/>
     <w:rsid w:val="00C81A35"/>
     <w:rsid w:val="00C8209B"/>
     <w:rsid w:val="00C83E48"/>
     <w:rsid w:val="00C847DA"/>
     <w:rsid w:val="00C84D82"/>
+    <w:rsid w:val="00C9285D"/>
     <w:rsid w:val="00C92CF7"/>
     <w:rsid w:val="00C93874"/>
     <w:rsid w:val="00C94837"/>
     <w:rsid w:val="00C96E38"/>
     <w:rsid w:val="00C9712A"/>
     <w:rsid w:val="00CA07D5"/>
     <w:rsid w:val="00CA08EC"/>
     <w:rsid w:val="00CA0AB3"/>
     <w:rsid w:val="00CA363B"/>
     <w:rsid w:val="00CA43F3"/>
     <w:rsid w:val="00CA653A"/>
+    <w:rsid w:val="00CA6F62"/>
     <w:rsid w:val="00CA75B0"/>
     <w:rsid w:val="00CA792C"/>
+    <w:rsid w:val="00CB1696"/>
     <w:rsid w:val="00CB1E2D"/>
     <w:rsid w:val="00CB1EBC"/>
     <w:rsid w:val="00CB2012"/>
     <w:rsid w:val="00CB6397"/>
     <w:rsid w:val="00CB6551"/>
     <w:rsid w:val="00CB6C51"/>
     <w:rsid w:val="00CB7672"/>
     <w:rsid w:val="00CC286A"/>
     <w:rsid w:val="00CC2923"/>
     <w:rsid w:val="00CC2D4A"/>
     <w:rsid w:val="00CC4350"/>
     <w:rsid w:val="00CC4580"/>
     <w:rsid w:val="00CC47BB"/>
     <w:rsid w:val="00CC59B9"/>
     <w:rsid w:val="00CC5EB5"/>
     <w:rsid w:val="00CC7A80"/>
     <w:rsid w:val="00CD0416"/>
     <w:rsid w:val="00CD2A68"/>
     <w:rsid w:val="00CD3157"/>
     <w:rsid w:val="00CD3877"/>
     <w:rsid w:val="00CD629F"/>
     <w:rsid w:val="00CD6DC0"/>
     <w:rsid w:val="00CD7114"/>
     <w:rsid w:val="00CD7B22"/>
     <w:rsid w:val="00CD7B9E"/>
     <w:rsid w:val="00CD7C13"/>
     <w:rsid w:val="00CE168E"/>
     <w:rsid w:val="00CE2631"/>
     <w:rsid w:val="00CE499B"/>
     <w:rsid w:val="00CE4A09"/>
     <w:rsid w:val="00CE57DF"/>
     <w:rsid w:val="00CE58E9"/>
     <w:rsid w:val="00CE6936"/>
     <w:rsid w:val="00CE6C58"/>
     <w:rsid w:val="00CE7976"/>
     <w:rsid w:val="00CF03A2"/>
     <w:rsid w:val="00CF0CFA"/>
     <w:rsid w:val="00CF0D2D"/>
     <w:rsid w:val="00CF121F"/>
     <w:rsid w:val="00CF1618"/>
     <w:rsid w:val="00CF17BD"/>
     <w:rsid w:val="00CF1FC5"/>
     <w:rsid w:val="00CF2A63"/>
     <w:rsid w:val="00CF3087"/>
     <w:rsid w:val="00CF3A55"/>
     <w:rsid w:val="00CF4B4B"/>
     <w:rsid w:val="00CF4D5D"/>
     <w:rsid w:val="00CF520C"/>
     <w:rsid w:val="00CF5B21"/>
+    <w:rsid w:val="00CF5D8A"/>
     <w:rsid w:val="00CF5E56"/>
     <w:rsid w:val="00CF64B3"/>
     <w:rsid w:val="00CF6D7C"/>
     <w:rsid w:val="00CF7C79"/>
     <w:rsid w:val="00CF7CE7"/>
     <w:rsid w:val="00D0038C"/>
     <w:rsid w:val="00D006EE"/>
     <w:rsid w:val="00D00AF9"/>
     <w:rsid w:val="00D016E8"/>
     <w:rsid w:val="00D016EB"/>
     <w:rsid w:val="00D01873"/>
+    <w:rsid w:val="00D02A77"/>
     <w:rsid w:val="00D03DD3"/>
     <w:rsid w:val="00D04063"/>
     <w:rsid w:val="00D04B32"/>
     <w:rsid w:val="00D0559A"/>
     <w:rsid w:val="00D0658B"/>
     <w:rsid w:val="00D06A07"/>
     <w:rsid w:val="00D072B2"/>
+    <w:rsid w:val="00D07A95"/>
     <w:rsid w:val="00D07CC1"/>
     <w:rsid w:val="00D10262"/>
     <w:rsid w:val="00D12E3A"/>
     <w:rsid w:val="00D14016"/>
     <w:rsid w:val="00D15465"/>
     <w:rsid w:val="00D15B92"/>
     <w:rsid w:val="00D15D87"/>
+    <w:rsid w:val="00D16E82"/>
     <w:rsid w:val="00D20D89"/>
+    <w:rsid w:val="00D2141E"/>
     <w:rsid w:val="00D22255"/>
     <w:rsid w:val="00D225FE"/>
     <w:rsid w:val="00D246C0"/>
     <w:rsid w:val="00D24768"/>
     <w:rsid w:val="00D258E9"/>
     <w:rsid w:val="00D30DAE"/>
     <w:rsid w:val="00D31018"/>
     <w:rsid w:val="00D31124"/>
     <w:rsid w:val="00D322CE"/>
     <w:rsid w:val="00D338AA"/>
     <w:rsid w:val="00D33BC4"/>
     <w:rsid w:val="00D33F8A"/>
     <w:rsid w:val="00D34472"/>
     <w:rsid w:val="00D3486F"/>
     <w:rsid w:val="00D35AB1"/>
     <w:rsid w:val="00D36B81"/>
     <w:rsid w:val="00D36E39"/>
     <w:rsid w:val="00D37790"/>
     <w:rsid w:val="00D37DBA"/>
     <w:rsid w:val="00D4002B"/>
     <w:rsid w:val="00D401EE"/>
     <w:rsid w:val="00D40238"/>
     <w:rsid w:val="00D40497"/>
     <w:rsid w:val="00D407F8"/>
     <w:rsid w:val="00D40823"/>
     <w:rsid w:val="00D40D4E"/>
     <w:rsid w:val="00D41797"/>
     <w:rsid w:val="00D41B3B"/>
     <w:rsid w:val="00D42D55"/>
     <w:rsid w:val="00D44E7C"/>
     <w:rsid w:val="00D47746"/>
     <w:rsid w:val="00D47965"/>
+    <w:rsid w:val="00D50E37"/>
     <w:rsid w:val="00D514FA"/>
     <w:rsid w:val="00D51967"/>
+    <w:rsid w:val="00D521B2"/>
     <w:rsid w:val="00D53A26"/>
     <w:rsid w:val="00D54C98"/>
     <w:rsid w:val="00D55800"/>
     <w:rsid w:val="00D558E3"/>
     <w:rsid w:val="00D55E7C"/>
     <w:rsid w:val="00D57DC6"/>
     <w:rsid w:val="00D603E2"/>
+    <w:rsid w:val="00D605EC"/>
     <w:rsid w:val="00D606A0"/>
     <w:rsid w:val="00D606BC"/>
     <w:rsid w:val="00D616D5"/>
     <w:rsid w:val="00D62639"/>
+    <w:rsid w:val="00D63245"/>
     <w:rsid w:val="00D64947"/>
     <w:rsid w:val="00D652F9"/>
     <w:rsid w:val="00D66B39"/>
     <w:rsid w:val="00D67AA7"/>
     <w:rsid w:val="00D70584"/>
     <w:rsid w:val="00D7203C"/>
     <w:rsid w:val="00D724FA"/>
     <w:rsid w:val="00D732FA"/>
     <w:rsid w:val="00D738D9"/>
     <w:rsid w:val="00D75CC7"/>
     <w:rsid w:val="00D75CDF"/>
     <w:rsid w:val="00D7673A"/>
     <w:rsid w:val="00D81665"/>
     <w:rsid w:val="00D82772"/>
     <w:rsid w:val="00D82DB1"/>
     <w:rsid w:val="00D832FC"/>
     <w:rsid w:val="00D834AC"/>
     <w:rsid w:val="00D8353F"/>
     <w:rsid w:val="00D837D5"/>
     <w:rsid w:val="00D8408E"/>
     <w:rsid w:val="00D850FB"/>
     <w:rsid w:val="00D86A91"/>
     <w:rsid w:val="00D86DA3"/>
     <w:rsid w:val="00D86FC5"/>
     <w:rsid w:val="00D91DB7"/>
     <w:rsid w:val="00D92919"/>
     <w:rsid w:val="00D93114"/>
     <w:rsid w:val="00D93758"/>
     <w:rsid w:val="00D941EA"/>
     <w:rsid w:val="00D9435C"/>
     <w:rsid w:val="00D94F6E"/>
     <w:rsid w:val="00D957DC"/>
     <w:rsid w:val="00D95CA2"/>
     <w:rsid w:val="00D97839"/>
     <w:rsid w:val="00D97BBB"/>
     <w:rsid w:val="00D97C06"/>
     <w:rsid w:val="00DA017E"/>
     <w:rsid w:val="00DA05D2"/>
     <w:rsid w:val="00DA0FB4"/>
     <w:rsid w:val="00DA2BA0"/>
     <w:rsid w:val="00DA336A"/>
     <w:rsid w:val="00DA3C7D"/>
     <w:rsid w:val="00DA4514"/>
     <w:rsid w:val="00DA5805"/>
+    <w:rsid w:val="00DA5D76"/>
     <w:rsid w:val="00DA6368"/>
     <w:rsid w:val="00DA6536"/>
     <w:rsid w:val="00DA6CF3"/>
     <w:rsid w:val="00DA7424"/>
     <w:rsid w:val="00DA79D3"/>
     <w:rsid w:val="00DA7B74"/>
     <w:rsid w:val="00DB13E2"/>
+    <w:rsid w:val="00DB15AB"/>
     <w:rsid w:val="00DB3219"/>
     <w:rsid w:val="00DB33DC"/>
     <w:rsid w:val="00DB63A0"/>
     <w:rsid w:val="00DB6A17"/>
     <w:rsid w:val="00DB6C7D"/>
+    <w:rsid w:val="00DB7D8D"/>
     <w:rsid w:val="00DC0CB8"/>
     <w:rsid w:val="00DC111E"/>
     <w:rsid w:val="00DC23F3"/>
+    <w:rsid w:val="00DC28CF"/>
     <w:rsid w:val="00DC2CA3"/>
     <w:rsid w:val="00DC3079"/>
     <w:rsid w:val="00DC3A0A"/>
+    <w:rsid w:val="00DC4D75"/>
+    <w:rsid w:val="00DC5107"/>
     <w:rsid w:val="00DC52C0"/>
     <w:rsid w:val="00DC6246"/>
     <w:rsid w:val="00DC6350"/>
     <w:rsid w:val="00DC67C6"/>
+    <w:rsid w:val="00DC7DF6"/>
     <w:rsid w:val="00DD1117"/>
     <w:rsid w:val="00DD1344"/>
     <w:rsid w:val="00DD180F"/>
     <w:rsid w:val="00DD1AF6"/>
     <w:rsid w:val="00DD2143"/>
     <w:rsid w:val="00DD353E"/>
     <w:rsid w:val="00DD46A3"/>
+    <w:rsid w:val="00DD52D7"/>
     <w:rsid w:val="00DD5EBA"/>
     <w:rsid w:val="00DD672F"/>
     <w:rsid w:val="00DE1176"/>
     <w:rsid w:val="00DE49D4"/>
     <w:rsid w:val="00DE6FD8"/>
+    <w:rsid w:val="00DF0CB8"/>
     <w:rsid w:val="00DF0DD6"/>
     <w:rsid w:val="00DF2E5C"/>
     <w:rsid w:val="00DF3005"/>
     <w:rsid w:val="00DF3C68"/>
     <w:rsid w:val="00DF4207"/>
     <w:rsid w:val="00DF478E"/>
     <w:rsid w:val="00DF49DC"/>
     <w:rsid w:val="00DF5C8F"/>
     <w:rsid w:val="00DF60F7"/>
+    <w:rsid w:val="00DF6A30"/>
+    <w:rsid w:val="00DF7D8C"/>
+    <w:rsid w:val="00E00383"/>
     <w:rsid w:val="00E01B2F"/>
     <w:rsid w:val="00E0393D"/>
     <w:rsid w:val="00E042F8"/>
     <w:rsid w:val="00E04828"/>
     <w:rsid w:val="00E04AE7"/>
     <w:rsid w:val="00E04E34"/>
     <w:rsid w:val="00E060DD"/>
     <w:rsid w:val="00E06161"/>
     <w:rsid w:val="00E06430"/>
     <w:rsid w:val="00E07F60"/>
     <w:rsid w:val="00E11DED"/>
     <w:rsid w:val="00E1224F"/>
     <w:rsid w:val="00E12F7F"/>
     <w:rsid w:val="00E13311"/>
     <w:rsid w:val="00E13392"/>
     <w:rsid w:val="00E13569"/>
     <w:rsid w:val="00E1359F"/>
     <w:rsid w:val="00E14DE8"/>
     <w:rsid w:val="00E1518D"/>
     <w:rsid w:val="00E15281"/>
     <w:rsid w:val="00E1668B"/>
     <w:rsid w:val="00E1736C"/>
     <w:rsid w:val="00E20BDF"/>
+    <w:rsid w:val="00E2132C"/>
     <w:rsid w:val="00E2168B"/>
     <w:rsid w:val="00E22C0D"/>
     <w:rsid w:val="00E23196"/>
     <w:rsid w:val="00E23F5A"/>
     <w:rsid w:val="00E24911"/>
     <w:rsid w:val="00E249D8"/>
     <w:rsid w:val="00E24AAA"/>
     <w:rsid w:val="00E26595"/>
     <w:rsid w:val="00E27ED9"/>
     <w:rsid w:val="00E301F4"/>
     <w:rsid w:val="00E31011"/>
     <w:rsid w:val="00E332A8"/>
     <w:rsid w:val="00E334FC"/>
     <w:rsid w:val="00E34042"/>
     <w:rsid w:val="00E34DFE"/>
     <w:rsid w:val="00E3558D"/>
     <w:rsid w:val="00E3576C"/>
     <w:rsid w:val="00E4019F"/>
     <w:rsid w:val="00E4056F"/>
     <w:rsid w:val="00E420C9"/>
     <w:rsid w:val="00E44C71"/>
     <w:rsid w:val="00E4538E"/>
     <w:rsid w:val="00E50B9B"/>
     <w:rsid w:val="00E53341"/>
     <w:rsid w:val="00E53C72"/>
+    <w:rsid w:val="00E55A15"/>
     <w:rsid w:val="00E561B2"/>
     <w:rsid w:val="00E5669E"/>
     <w:rsid w:val="00E56E30"/>
+    <w:rsid w:val="00E574E5"/>
     <w:rsid w:val="00E57DCC"/>
     <w:rsid w:val="00E60F8E"/>
     <w:rsid w:val="00E616B6"/>
     <w:rsid w:val="00E61BAC"/>
+    <w:rsid w:val="00E624C6"/>
     <w:rsid w:val="00E62A4C"/>
     <w:rsid w:val="00E63523"/>
     <w:rsid w:val="00E64973"/>
     <w:rsid w:val="00E64FBA"/>
     <w:rsid w:val="00E651C9"/>
     <w:rsid w:val="00E6570A"/>
     <w:rsid w:val="00E670B0"/>
     <w:rsid w:val="00E6718B"/>
     <w:rsid w:val="00E70234"/>
     <w:rsid w:val="00E74359"/>
     <w:rsid w:val="00E75981"/>
     <w:rsid w:val="00E76676"/>
     <w:rsid w:val="00E77196"/>
     <w:rsid w:val="00E81A9B"/>
     <w:rsid w:val="00E823D8"/>
     <w:rsid w:val="00E8564B"/>
     <w:rsid w:val="00E860DD"/>
     <w:rsid w:val="00E90F83"/>
     <w:rsid w:val="00E91451"/>
     <w:rsid w:val="00E91832"/>
     <w:rsid w:val="00E92B14"/>
     <w:rsid w:val="00E95235"/>
     <w:rsid w:val="00E9536F"/>
     <w:rsid w:val="00E957EF"/>
     <w:rsid w:val="00E95E0C"/>
     <w:rsid w:val="00E9631C"/>
     <w:rsid w:val="00E96545"/>
     <w:rsid w:val="00EA0069"/>
     <w:rsid w:val="00EA0627"/>
     <w:rsid w:val="00EA0B8E"/>
     <w:rsid w:val="00EA19A0"/>
     <w:rsid w:val="00EA303A"/>
     <w:rsid w:val="00EA34A1"/>
     <w:rsid w:val="00EA36E0"/>
     <w:rsid w:val="00EA380A"/>
     <w:rsid w:val="00EA3CF9"/>
     <w:rsid w:val="00EA3DBD"/>
     <w:rsid w:val="00EA48B7"/>
     <w:rsid w:val="00EA54B3"/>
+    <w:rsid w:val="00EA5E6D"/>
     <w:rsid w:val="00EA6336"/>
     <w:rsid w:val="00EA6FF5"/>
     <w:rsid w:val="00EA7B99"/>
     <w:rsid w:val="00EB0A5A"/>
+    <w:rsid w:val="00EB1A10"/>
     <w:rsid w:val="00EB2B89"/>
     <w:rsid w:val="00EB3C84"/>
     <w:rsid w:val="00EB5298"/>
+    <w:rsid w:val="00EB5EFE"/>
     <w:rsid w:val="00EB611A"/>
     <w:rsid w:val="00EB6474"/>
     <w:rsid w:val="00EB6556"/>
     <w:rsid w:val="00EB6789"/>
     <w:rsid w:val="00EB78DE"/>
     <w:rsid w:val="00EB7958"/>
     <w:rsid w:val="00EC00B8"/>
     <w:rsid w:val="00EC00E2"/>
     <w:rsid w:val="00EC0428"/>
     <w:rsid w:val="00EC0951"/>
     <w:rsid w:val="00EC1A71"/>
     <w:rsid w:val="00EC2006"/>
     <w:rsid w:val="00EC2322"/>
     <w:rsid w:val="00EC3EB4"/>
     <w:rsid w:val="00EC443C"/>
     <w:rsid w:val="00EC534F"/>
     <w:rsid w:val="00EC7070"/>
     <w:rsid w:val="00EC7F3D"/>
     <w:rsid w:val="00ED166A"/>
     <w:rsid w:val="00ED1A71"/>
     <w:rsid w:val="00ED1F7B"/>
     <w:rsid w:val="00ED3B16"/>
     <w:rsid w:val="00ED40AC"/>
     <w:rsid w:val="00ED4A1D"/>
     <w:rsid w:val="00ED56CF"/>
     <w:rsid w:val="00ED5AE2"/>
     <w:rsid w:val="00ED5D3F"/>
     <w:rsid w:val="00ED68E1"/>
     <w:rsid w:val="00ED6905"/>
     <w:rsid w:val="00EE08F5"/>
     <w:rsid w:val="00EE0A75"/>
     <w:rsid w:val="00EE0BB1"/>
     <w:rsid w:val="00EE0F5D"/>
     <w:rsid w:val="00EE22BB"/>
     <w:rsid w:val="00EE25A8"/>
     <w:rsid w:val="00EE38D4"/>
     <w:rsid w:val="00EE41C3"/>
     <w:rsid w:val="00EE4897"/>
     <w:rsid w:val="00EE5494"/>
     <w:rsid w:val="00EE5E55"/>
     <w:rsid w:val="00EE6CD5"/>
     <w:rsid w:val="00EE6E61"/>
     <w:rsid w:val="00EE7F4A"/>
     <w:rsid w:val="00EF0178"/>
+    <w:rsid w:val="00EF03A8"/>
     <w:rsid w:val="00EF0972"/>
     <w:rsid w:val="00EF1188"/>
+    <w:rsid w:val="00EF1736"/>
     <w:rsid w:val="00EF1A46"/>
     <w:rsid w:val="00EF2319"/>
     <w:rsid w:val="00EF34C5"/>
     <w:rsid w:val="00EF4654"/>
     <w:rsid w:val="00EF5085"/>
     <w:rsid w:val="00EF5F83"/>
     <w:rsid w:val="00EF6EBE"/>
     <w:rsid w:val="00EF7609"/>
     <w:rsid w:val="00F01088"/>
     <w:rsid w:val="00F01631"/>
     <w:rsid w:val="00F01633"/>
     <w:rsid w:val="00F0198B"/>
     <w:rsid w:val="00F02034"/>
     <w:rsid w:val="00F02B8C"/>
     <w:rsid w:val="00F03BEF"/>
     <w:rsid w:val="00F04642"/>
     <w:rsid w:val="00F05756"/>
     <w:rsid w:val="00F0621F"/>
     <w:rsid w:val="00F06842"/>
     <w:rsid w:val="00F07418"/>
     <w:rsid w:val="00F07D2C"/>
     <w:rsid w:val="00F10E06"/>
     <w:rsid w:val="00F120A1"/>
     <w:rsid w:val="00F12F3C"/>
     <w:rsid w:val="00F1490A"/>
     <w:rsid w:val="00F16127"/>
     <w:rsid w:val="00F164DE"/>
+    <w:rsid w:val="00F16946"/>
     <w:rsid w:val="00F16F7A"/>
     <w:rsid w:val="00F17C4E"/>
     <w:rsid w:val="00F21A24"/>
     <w:rsid w:val="00F22385"/>
     <w:rsid w:val="00F256A4"/>
     <w:rsid w:val="00F26998"/>
     <w:rsid w:val="00F30385"/>
     <w:rsid w:val="00F30B6C"/>
     <w:rsid w:val="00F30D4F"/>
     <w:rsid w:val="00F31C72"/>
     <w:rsid w:val="00F328DF"/>
     <w:rsid w:val="00F329C0"/>
     <w:rsid w:val="00F32D7F"/>
     <w:rsid w:val="00F33033"/>
     <w:rsid w:val="00F33BE9"/>
     <w:rsid w:val="00F33CD0"/>
     <w:rsid w:val="00F348F5"/>
     <w:rsid w:val="00F34A63"/>
     <w:rsid w:val="00F3524B"/>
     <w:rsid w:val="00F35754"/>
     <w:rsid w:val="00F35B6D"/>
     <w:rsid w:val="00F37218"/>
     <w:rsid w:val="00F37234"/>
     <w:rsid w:val="00F41474"/>
     <w:rsid w:val="00F41724"/>
     <w:rsid w:val="00F433F5"/>
     <w:rsid w:val="00F4372B"/>
     <w:rsid w:val="00F43776"/>
     <w:rsid w:val="00F44A18"/>
     <w:rsid w:val="00F44F86"/>
     <w:rsid w:val="00F470EB"/>
     <w:rsid w:val="00F477CE"/>
     <w:rsid w:val="00F4783C"/>
     <w:rsid w:val="00F47B4F"/>
     <w:rsid w:val="00F500B4"/>
     <w:rsid w:val="00F50627"/>
     <w:rsid w:val="00F507F1"/>
     <w:rsid w:val="00F51A24"/>
+    <w:rsid w:val="00F53767"/>
     <w:rsid w:val="00F53806"/>
     <w:rsid w:val="00F54015"/>
     <w:rsid w:val="00F54606"/>
     <w:rsid w:val="00F5533C"/>
     <w:rsid w:val="00F5681D"/>
     <w:rsid w:val="00F5694E"/>
     <w:rsid w:val="00F56BF4"/>
     <w:rsid w:val="00F56CB1"/>
     <w:rsid w:val="00F600C3"/>
     <w:rsid w:val="00F613D1"/>
     <w:rsid w:val="00F61B42"/>
     <w:rsid w:val="00F632EA"/>
     <w:rsid w:val="00F634B1"/>
     <w:rsid w:val="00F639D7"/>
     <w:rsid w:val="00F6415F"/>
     <w:rsid w:val="00F642A8"/>
     <w:rsid w:val="00F644CF"/>
     <w:rsid w:val="00F6577A"/>
     <w:rsid w:val="00F659A9"/>
     <w:rsid w:val="00F65DC3"/>
     <w:rsid w:val="00F66040"/>
     <w:rsid w:val="00F6685B"/>
     <w:rsid w:val="00F677A4"/>
     <w:rsid w:val="00F678EB"/>
     <w:rsid w:val="00F701D2"/>
     <w:rsid w:val="00F70224"/>
     <w:rsid w:val="00F7142E"/>
     <w:rsid w:val="00F71F31"/>
     <w:rsid w:val="00F72F67"/>
     <w:rsid w:val="00F75000"/>
     <w:rsid w:val="00F7665E"/>
+    <w:rsid w:val="00F768C6"/>
     <w:rsid w:val="00F76D94"/>
     <w:rsid w:val="00F814E3"/>
     <w:rsid w:val="00F81E50"/>
     <w:rsid w:val="00F82D60"/>
+    <w:rsid w:val="00F84377"/>
     <w:rsid w:val="00F8467A"/>
     <w:rsid w:val="00F84963"/>
     <w:rsid w:val="00F851E3"/>
     <w:rsid w:val="00F8556C"/>
     <w:rsid w:val="00F857D5"/>
     <w:rsid w:val="00F860E0"/>
     <w:rsid w:val="00F8676E"/>
     <w:rsid w:val="00F87E8D"/>
     <w:rsid w:val="00F90CD4"/>
     <w:rsid w:val="00F9133B"/>
     <w:rsid w:val="00F933E2"/>
     <w:rsid w:val="00F93449"/>
     <w:rsid w:val="00F93C0A"/>
     <w:rsid w:val="00F94C8C"/>
     <w:rsid w:val="00F956DC"/>
     <w:rsid w:val="00F97BDD"/>
     <w:rsid w:val="00FA0586"/>
     <w:rsid w:val="00FA24A9"/>
     <w:rsid w:val="00FA2BF5"/>
     <w:rsid w:val="00FA2E9B"/>
     <w:rsid w:val="00FA3657"/>
     <w:rsid w:val="00FA50B1"/>
     <w:rsid w:val="00FA5138"/>
     <w:rsid w:val="00FA5268"/>
     <w:rsid w:val="00FA5415"/>
     <w:rsid w:val="00FA6488"/>
+    <w:rsid w:val="00FA77FE"/>
     <w:rsid w:val="00FB0223"/>
     <w:rsid w:val="00FB09B4"/>
     <w:rsid w:val="00FB0D93"/>
     <w:rsid w:val="00FB14F5"/>
     <w:rsid w:val="00FB2FBD"/>
     <w:rsid w:val="00FB331F"/>
     <w:rsid w:val="00FB3683"/>
     <w:rsid w:val="00FB3EB1"/>
+    <w:rsid w:val="00FB4347"/>
     <w:rsid w:val="00FB43DE"/>
     <w:rsid w:val="00FB465F"/>
     <w:rsid w:val="00FB645D"/>
     <w:rsid w:val="00FB6830"/>
     <w:rsid w:val="00FB6D2C"/>
     <w:rsid w:val="00FC10D6"/>
     <w:rsid w:val="00FC188D"/>
     <w:rsid w:val="00FC1FF0"/>
     <w:rsid w:val="00FC2D42"/>
     <w:rsid w:val="00FC2EC1"/>
     <w:rsid w:val="00FC38E3"/>
     <w:rsid w:val="00FC3B66"/>
     <w:rsid w:val="00FC40D9"/>
     <w:rsid w:val="00FC4180"/>
     <w:rsid w:val="00FC5289"/>
     <w:rsid w:val="00FC6179"/>
     <w:rsid w:val="00FC65F2"/>
     <w:rsid w:val="00FD1FEC"/>
     <w:rsid w:val="00FD2998"/>
     <w:rsid w:val="00FD38EC"/>
     <w:rsid w:val="00FD3A79"/>
+    <w:rsid w:val="00FD3CBF"/>
     <w:rsid w:val="00FD453F"/>
     <w:rsid w:val="00FD4729"/>
     <w:rsid w:val="00FD4D51"/>
     <w:rsid w:val="00FD5F4B"/>
     <w:rsid w:val="00FD67FB"/>
     <w:rsid w:val="00FD7737"/>
     <w:rsid w:val="00FE0135"/>
     <w:rsid w:val="00FE06AB"/>
     <w:rsid w:val="00FE142C"/>
     <w:rsid w:val="00FE15DA"/>
     <w:rsid w:val="00FE1ADE"/>
     <w:rsid w:val="00FE6D07"/>
     <w:rsid w:val="00FE7644"/>
     <w:rsid w:val="00FE7E03"/>
     <w:rsid w:val="00FF05F5"/>
     <w:rsid w:val="00FF0633"/>
     <w:rsid w:val="00FF0AA3"/>
     <w:rsid w:val="00FF11DE"/>
     <w:rsid w:val="00FF12E2"/>
     <w:rsid w:val="00FF1532"/>
     <w:rsid w:val="00FF1923"/>
     <w:rsid w:val="00FF1F5F"/>
     <w:rsid w:val="00FF2424"/>
     <w:rsid w:val="00FF24E9"/>
+    <w:rsid w:val="00FF2B7E"/>
     <w:rsid w:val="00FF3B32"/>
     <w:rsid w:val="00FF401E"/>
+    <w:rsid w:val="00FF4D39"/>
     <w:rsid w:val="00FF55CA"/>
     <w:rsid w:val="00FF5B92"/>
     <w:rsid w:val="00FF5FA2"/>
     <w:rsid w:val="00FF6532"/>
     <w:rsid w:val="00FF6B5A"/>
     <w:rsid w:val="00FF7AF4"/>
     <w:rsid w:val="00FF7DEE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
@@ -32789,51 +34632,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2065595207">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parishdonaghmore@gmail.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dungannonfundraisinggroup.mariecurie@hotmail.co.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://galballygac.clubforce.com/products/membership?fbclid=IwZXh0bgNhZW0CMTAAYnJpZBEwMTRxRFVCWjN6MFk4OEVoVXNydGMGYXBwX2lkEDIyMjAzOTE3ODgyMDA4OTIAAR7mv2_K2T9qMxvX03EciBceLbvpPgRQE9k9S2p47LYsQDZhLZBKN2W0R3wXRA_aem_J_-9O3wXeeNlysUSW91jWg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parishdonaghmore@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -33096,75 +34939,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1371F1D9-F782-40F4-B352-0EA7DF94B8CF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1070</Words>
-  <Characters>5642</Characters>
+  <Words>1240</Words>
+  <Characters>7070</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>217</Lines>
-  <Paragraphs>152</Paragraphs>
+  <Lines>58</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Domhnach Mór</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>RM plc</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6560</CharactersWithSpaces>
+  <CharactersWithSpaces>8294</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="36" baseType="variant">
       <vt:variant>
         <vt:i4>4259926</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.midulsterwomensaid.org.uk/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6946817</vt:i4>
       </vt:variant>
       <vt:variant>