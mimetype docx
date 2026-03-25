--- v4 (2026-03-05)
+++ v5 (2026-03-25)
@@ -188,280 +188,357 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2603695" cy="236257"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38CFD5A0" w14:textId="05F257AC" w:rsidR="00385734" w:rsidRPr="00943411" w:rsidRDefault="00393994" w:rsidP="00233003">
+    <w:p w14:paraId="38CFD5A0" w14:textId="524C7AB0" w:rsidR="00385734" w:rsidRPr="00943411" w:rsidRDefault="004A5ECF" w:rsidP="00233003">
       <w:pPr>
         <w:ind w:right="-369"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">SECOND </w:t>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="0044001C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>IFTH</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D59E3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>SUNDAY OF LENT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FDE9C30" w14:textId="5F8261C2" w:rsidR="00524346" w:rsidRPr="00943411" w:rsidRDefault="006845DA" w:rsidP="006845DA">
+    <w:p w14:paraId="1FDE9C30" w14:textId="289C4A00" w:rsidR="00524346" w:rsidRPr="00943411" w:rsidRDefault="006845DA" w:rsidP="006845DA">
       <w:pPr>
         <w:ind w:right="-369"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                       </w:t>
       </w:r>
       <w:r w:rsidR="00524346" w:rsidRPr="00943411">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Next Sunday</w:t>
       </w:r>
       <w:r w:rsidR="00787C64" w:rsidRPr="00943411">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00393994">
+      <w:r w:rsidR="004A5ECF">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>8</w:t>
+        <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00380079">
+      <w:r w:rsidR="0044001C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>th</w:t>
+        <w:t>9th</w:t>
       </w:r>
       <w:r w:rsidR="008D59E3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DF7D8C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">March </w:t>
       </w:r>
       <w:r w:rsidR="00DF7D8C" w:rsidRPr="00943411">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2026</w:t>
       </w:r>
+      <w:r w:rsidR="0044001C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7027">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(Palm</w:t>
+      </w:r>
+      <w:r w:rsidR="0044001C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sunday)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3A841213" w14:textId="2B33EB18" w:rsidR="00A969B4" w:rsidRPr="00943411" w:rsidRDefault="00816FCE" w:rsidP="00233003">
+    <w:p w14:paraId="3A841213" w14:textId="6683BB89" w:rsidR="00A969B4" w:rsidRPr="00943411" w:rsidRDefault="006D48E5" w:rsidP="00233003">
       <w:pPr>
         <w:ind w:right="-369"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00943411">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00816FCE" w:rsidRPr="00943411">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Readings</w:t>
       </w:r>
       <w:r w:rsidR="00C00179" w:rsidRPr="00943411">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> for next </w:t>
       </w:r>
       <w:r w:rsidR="000C3EA2" w:rsidRPr="00943411">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">week: </w:t>
       </w:r>
-      <w:r w:rsidR="00393994">
+      <w:r w:rsidR="004A5ECF">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Ex 17 3-7, Rm 5: 1-</w:t>
+        <w:t xml:space="preserve">Is </w:t>
       </w:r>
-      <w:r w:rsidR="00DF7D8C">
+      <w:r w:rsidR="0044001C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>2,</w:t>
+        <w:t>50</w:t>
       </w:r>
-      <w:r w:rsidR="00393994">
+      <w:r w:rsidR="004A5ECF">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5 – </w:t>
+        <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00E574E5">
+      <w:r w:rsidR="0044001C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">8, </w:t>
+        <w:t>4-7</w:t>
       </w:r>
-      <w:r w:rsidR="00E574E5" w:rsidRPr="00943411">
+      <w:r w:rsidR="004A5ECF">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Jn</w:t>
+        <w:t>, R/v</w:t>
       </w:r>
-      <w:r w:rsidR="00393994">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4:5-42</w:t>
+        <w:t xml:space="preserve"> 2, Phil 2:6-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="004A5ECF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004A5ECF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Mt 26: 14-27:66</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="-172" w:tblpY="147"/>
         <w:tblW w:w="10871" w:type="dxa"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5807"/>
         <w:gridCol w:w="5064"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00584C44" w:rsidRPr="002D3356" w14:paraId="6AED38DD" w14:textId="77777777" w:rsidTr="005D60FE">
+      <w:tr w:rsidR="00584C44" w:rsidRPr="002D3356" w14:paraId="6AED38DD" w14:textId="77777777" w:rsidTr="00BD3FEC">
         <w:trPr>
           <w:trHeight w:val="5499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5807" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E6DCFA8" w14:textId="77777777" w:rsidR="00D521B2" w:rsidRDefault="00D521B2" w:rsidP="00CF1618">
-[...11 lines deleted...]
-          </w:p>
           <w:p w14:paraId="573FCB7A" w14:textId="77777777" w:rsidR="00D521B2" w:rsidRDefault="00D521B2" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2ABB8EBC" w14:textId="05C4500E" w:rsidR="00712BC9" w:rsidRPr="002D3356" w:rsidRDefault="00712BC9" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
@@ -494,408 +571,408 @@
               <w:tblStyle w:val="TableGrid"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblInd w:w="3" w:type="dxa"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1182"/>
               <w:gridCol w:w="2271"/>
               <w:gridCol w:w="1607"/>
             </w:tblGrid>
             <w:tr w:rsidR="008E6B13" w:rsidRPr="00C00179" w14:paraId="45B7ECFE" w14:textId="77777777" w:rsidTr="00547091">
               <w:trPr>
                 <w:trHeight w:val="421"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1182" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="5FB81ABB" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00AF21A3">
+                <w:p w14:paraId="5FB81ABB" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00F810D0">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C00179">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>Parish Priest</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2271" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="34E6561F" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00AF21A3">
+                <w:p w14:paraId="34E6561F" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00F810D0">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C00179">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>Fr Brian Slater</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1607" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="0382A31B" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00AF21A3">
+                <w:p w14:paraId="0382A31B" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00F810D0">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C00179">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>Tel: (028) 87761327</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="008E6B13" w:rsidRPr="00C00179" w14:paraId="5E9E2A30" w14:textId="77777777" w:rsidTr="00547091">
               <w:trPr>
                 <w:trHeight w:val="386"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1182" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="157242D1" w14:textId="77777777" w:rsidR="008E6B13" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00AF21A3">
+                <w:p w14:paraId="157242D1" w14:textId="77777777" w:rsidR="008E6B13" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00F810D0">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C00179">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Associate </w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="3C0BB03A" w14:textId="0FF3C250" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00AF21A3">
+                <w:p w14:paraId="3C0BB03A" w14:textId="0FF3C250" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00F810D0">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C00179">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>Pastor</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2271" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="277486C0" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00AF21A3">
+                <w:p w14:paraId="277486C0" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00F810D0">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C00179">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Fr Patrick Breslan  </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1607" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="3C6239E2" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00AF21A3">
+                <w:p w14:paraId="3C6239E2" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00F810D0">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C00179">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>Tel: (028) 8775 8277</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="1F536D8B" w14:textId="6DF81CA2" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00C00179" w:rsidP="00AF21A3">
+                <w:p w14:paraId="1F536D8B" w14:textId="6DF81CA2" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00C00179" w:rsidP="00F810D0">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C00179">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t xml:space="preserve">        </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="008E6B13" w:rsidRPr="00C00179" w14:paraId="01577D05" w14:textId="77777777" w:rsidTr="00547091">
               <w:trPr>
                 <w:trHeight w:val="386"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1182" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="74C55238" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00AF21A3">
+                <w:p w14:paraId="74C55238" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00F810D0">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C00179">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>Retired</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2271" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="50F025EE" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00AF21A3">
+                <w:p w14:paraId="50F025EE" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00F810D0">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C00179">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>Fr Patrick McGuckin</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="27EBF168" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00AF21A3">
+                <w:p w14:paraId="27EBF168" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00F810D0">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1607" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="2198E35F" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00AF21A3">
+                <w:p w14:paraId="2198E35F" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00F810D0">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-172" w:y="147"/>
                     <w:ind w:right="-369"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="3EA4E0C1" w14:textId="77777777" w:rsidR="00A97829" w:rsidRPr="00C00179" w:rsidRDefault="00A97829" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
@@ -1329,4109 +1406,2156 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pomeroy:</w:t>
             </w:r>
             <w:r w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (028) </w:t>
             </w:r>
             <w:r w:rsidR="00E34DFE" w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>87757867</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7CD82146" w14:textId="710E0995" w:rsidR="00C32F15" w:rsidRPr="00C00179" w:rsidRDefault="00E34DFE" w:rsidP="00CF1618">
+          <w:p w14:paraId="7CD82146" w14:textId="710E0995" w:rsidR="00C32F15" w:rsidRDefault="00E34DFE" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tullyallen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C00179">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>: (028) 87761211</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09FD8711" w14:textId="77777777" w:rsidR="00B55B34" w:rsidRPr="00C00179" w:rsidRDefault="00B55B34" w:rsidP="00CF1618">
+          <w:p w14:paraId="533FAA1C" w14:textId="77777777" w:rsidR="00BD3FEC" w:rsidRDefault="00BD3FEC" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="771D2B6E" w14:textId="77777777" w:rsidR="00C32F15" w:rsidRPr="00DA5D76" w:rsidRDefault="00C32F15" w:rsidP="0073027D">
+          <w:p w14:paraId="509F29F6" w14:textId="77777777" w:rsidR="00BD3FEC" w:rsidRPr="005C480F" w:rsidRDefault="00BD3FEC" w:rsidP="00BD3FEC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5D76">
+            <w:r w:rsidRPr="005C480F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>STANDING ORDER DETAILS:</w:t>
+              <w:t>SACRAMENT OF BAPTISM</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3518146C" w14:textId="77777777" w:rsidR="00C32F15" w:rsidRPr="00C00179" w:rsidRDefault="00C32F15" w:rsidP="00CF1618">
+          <w:p w14:paraId="0519B250" w14:textId="77777777" w:rsidR="00BD3FEC" w:rsidRPr="005C480F" w:rsidRDefault="00BD3FEC" w:rsidP="00BD3FEC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C00179">
+            <w:r w:rsidRPr="005C480F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>For parishioners who wish to make a standing order contribution, please see below the details:</w:t>
+              <w:t xml:space="preserve">Baptisms take place on a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Saturday at 4.00pm.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77D437A4" w14:textId="77777777" w:rsidR="00C32F15" w:rsidRPr="00C00179" w:rsidRDefault="00C32F15" w:rsidP="00CF1618">
+          <w:p w14:paraId="45DA68C6" w14:textId="77777777" w:rsidR="00BD3FEC" w:rsidRPr="005C480F" w:rsidRDefault="00BD3FEC" w:rsidP="00BD3FEC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C00179">
+            <w:r w:rsidRPr="005C480F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>BANK: BANK OF IRELAND</w:t>
+              <w:t>See below the dates available for the next few months:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23678890" w14:textId="2D5A4894" w:rsidR="00C32F15" w:rsidRPr="00C00179" w:rsidRDefault="00C32F15" w:rsidP="00CF1618">
+          <w:p w14:paraId="66F2593B" w14:textId="77777777" w:rsidR="00BD3FEC" w:rsidRPr="005C480F" w:rsidRDefault="00BD3FEC" w:rsidP="00BD3FEC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C00179">
+            <w:r w:rsidRPr="005C480F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>ACCOUNT NAME: DONAGHMORE PARISH</w:t>
+              <w:t>28</w:t>
             </w:r>
-            <w:r w:rsidR="009935CB">
+            <w:r w:rsidRPr="005C480F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t xml:space="preserve"> NO1 A/C</w:t>
+              <w:t>th</w:t>
             </w:r>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> March – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Galbally</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="55EECB10" w14:textId="77777777" w:rsidR="00C32F15" w:rsidRPr="00C00179" w:rsidRDefault="00C32F15" w:rsidP="00CF1618">
+          <w:p w14:paraId="7A561C73" w14:textId="77777777" w:rsidR="00BD3FEC" w:rsidRPr="005C480F" w:rsidRDefault="00BD3FEC" w:rsidP="00BD3FEC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C00179">
+            <w:r w:rsidRPr="005C480F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>SORT CODE:904851</w:t>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> April – Donaghmore</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44F0FAFB" w14:textId="77777777" w:rsidR="00C32F15" w:rsidRPr="00C00179" w:rsidRDefault="00C32F15" w:rsidP="00CF1618">
+          <w:p w14:paraId="548E56D2" w14:textId="77777777" w:rsidR="00BD3FEC" w:rsidRPr="005C480F" w:rsidRDefault="00BD3FEC" w:rsidP="00BD3FEC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C00179">
+            <w:r w:rsidRPr="005C480F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>ACCOUNT NUMBER: 40909024</w:t>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> April – Donaghmore</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64393AA1" w14:textId="68269EB9" w:rsidR="005D5093" w:rsidRPr="002D3356" w:rsidRDefault="005D5093" w:rsidP="00CF1618">
+          <w:p w14:paraId="73A5979E" w14:textId="77777777" w:rsidR="00BD3FEC" w:rsidRPr="005C480F" w:rsidRDefault="00BD3FEC" w:rsidP="00BD3FEC">
             <w:pPr>
-              <w:ind w:right="-369"/>
-              <w:jc w:val="both"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>nd</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> May - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Galbally</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="32B686BB" w14:textId="77777777" w:rsidR="00BD3FEC" w:rsidRPr="005C480F" w:rsidRDefault="00BD3FEC" w:rsidP="00BD3FEC">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>contactthe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Parish Secretary during office hours to arrange a suitable date. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64393AA1" w14:textId="68269EB9" w:rsidR="005D5093" w:rsidRPr="002D3356" w:rsidRDefault="005D5093" w:rsidP="00BD3FEC">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5064" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FBD0BE7" w14:textId="77777777" w:rsidR="00FB3683" w:rsidRPr="00CD7B22" w:rsidRDefault="00FB3683" w:rsidP="00562407">
+          <w:p w14:paraId="0FBD0BE7" w14:textId="77777777" w:rsidR="00FB3683" w:rsidRPr="00315B68" w:rsidRDefault="00FB3683" w:rsidP="00315B68">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:tbl>
-[...2296 lines deleted...]
-          <w:p w14:paraId="4950B850" w14:textId="4A907D6F" w:rsidR="00E55A15" w:rsidRPr="00DA5D76" w:rsidRDefault="00AE44E2" w:rsidP="00AE44E2">
+          <w:p w14:paraId="02FFAF71" w14:textId="77777777" w:rsidR="007E509E" w:rsidRPr="007E509E" w:rsidRDefault="007E509E" w:rsidP="007E509E">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E509E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Holy Week Schedule</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F5D0385" w14:textId="77777777" w:rsidR="007E509E" w:rsidRPr="007E509E" w:rsidRDefault="007E509E" w:rsidP="00E141E4">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E509E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Holy Thursday - 2nd April</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69F88993" w14:textId="77777777" w:rsidR="007E509E" w:rsidRPr="007E509E" w:rsidRDefault="007E509E" w:rsidP="00E141E4">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E509E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7.00pm – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E509E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Mass of the Lord’s Supper - St Patrick’s Church</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EC2BC31" w14:textId="77777777" w:rsidR="007E509E" w:rsidRPr="007E509E" w:rsidRDefault="007E509E" w:rsidP="00E141E4">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E509E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>7.00pm –</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E509E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mass of the Lord’s Supper - St John’s Church</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FBAA44E" w14:textId="77777777" w:rsidR="007E509E" w:rsidRPr="007E509E" w:rsidRDefault="007E509E" w:rsidP="00E141E4">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E509E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9.00pm – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E509E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Night Prayer of the Church - St Patrick’s Church</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46204831" w14:textId="77777777" w:rsidR="007E509E" w:rsidRPr="007E509E" w:rsidRDefault="007E509E" w:rsidP="00E141E4">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E509E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Good Friday - 3rd April</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F8C1FDF" w14:textId="77777777" w:rsidR="007E509E" w:rsidRPr="007E509E" w:rsidRDefault="007E509E" w:rsidP="00E141E4">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E509E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>3.00pm – Passion of the Lord – St Patrick’s Church</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DAF6457" w14:textId="77777777" w:rsidR="007E509E" w:rsidRPr="007E509E" w:rsidRDefault="007E509E" w:rsidP="00E141E4">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E509E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>7.00pm – Stations of the Cross – St Patrick’s Church</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B3818DE" w14:textId="77777777" w:rsidR="007E509E" w:rsidRPr="007E509E" w:rsidRDefault="007E509E" w:rsidP="00E141E4">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E509E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>3.00pm - Stations of the Cross - St John’s Church</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="521EB2BF" w14:textId="77777777" w:rsidR="007E509E" w:rsidRPr="007E509E" w:rsidRDefault="007E509E" w:rsidP="00E141E4">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E509E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>7.00pm – Passion of the Lord – St John’s Church</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="082EA353" w14:textId="77777777" w:rsidR="007E509E" w:rsidRPr="007E509E" w:rsidRDefault="007E509E" w:rsidP="00E141E4">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E509E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Holy Saturday - 4th April</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28D7A85B" w14:textId="77777777" w:rsidR="007E509E" w:rsidRPr="007E509E" w:rsidRDefault="007E509E" w:rsidP="00E141E4">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E509E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>7.00pm - Easter Vigil Mass - St John’s Church</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="746280C6" w14:textId="77777777" w:rsidR="007E509E" w:rsidRPr="007E509E" w:rsidRDefault="007E509E" w:rsidP="00E141E4">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E509E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>8.00pm – Easter Vigil Mass – St Patrick’s Church</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64EC93D2" w14:textId="77777777" w:rsidR="007E509E" w:rsidRPr="007E509E" w:rsidRDefault="007E509E" w:rsidP="00E141E4">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E509E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Easter Sunday - 5th April</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21E5D56E" w14:textId="77777777" w:rsidR="007E509E" w:rsidRPr="007E509E" w:rsidRDefault="007E509E" w:rsidP="00E141E4">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E509E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>10.00am – Mass – St John’s Church</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09399C0E" w14:textId="77777777" w:rsidR="007E509E" w:rsidRPr="00E141E4" w:rsidRDefault="007E509E" w:rsidP="00E141E4">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E509E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>11.00am – Mass – St Patrick’s Church</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A21CC00" w14:textId="77777777" w:rsidR="007E509E" w:rsidRPr="00E141E4" w:rsidRDefault="007E509E" w:rsidP="007E509E">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36CF2E0D" w14:textId="483935CB" w:rsidR="00825EEA" w:rsidRPr="00E141E4" w:rsidRDefault="007E509E" w:rsidP="00315B68">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E141E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>CONFESSI</w:t>
+            </w:r>
+            <w:r w:rsidR="00E141E4" w:rsidRPr="00E141E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ONS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E141E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> FOR EASTER</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ED267CF" w14:textId="5D3FCEA5" w:rsidR="00E141E4" w:rsidRPr="00E141E4" w:rsidRDefault="00E141E4" w:rsidP="00E141E4">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E141E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In preparation for Easter, the sacrament of Confession will be available after all weekend masses from this weekend until Palm Sunday. In </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD3FEC" w:rsidRPr="00E141E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>addition,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E141E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E141E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>request ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E141E4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Confession is available after all weekday masses up to spy Wednesday.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78D43393" w14:textId="77777777" w:rsidR="006D48E5" w:rsidRDefault="006D48E5" w:rsidP="00B63A70">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12F8AC9D" w14:textId="54721DE6" w:rsidR="00B63A70" w:rsidRPr="007E7027" w:rsidRDefault="00E141E4" w:rsidP="00E141E4">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E7027">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>BULLETIN OVER EASTER</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51758706" w14:textId="13937573" w:rsidR="005A5FF0" w:rsidRPr="007E7027" w:rsidRDefault="005A5FF0" w:rsidP="00654FDB">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E7027">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLEASE NOTE THAT THERE WILL </w:t>
+            </w:r>
+            <w:r w:rsidR="00986881" w:rsidRPr="007E7027">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>BE NO BULLETIN</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E7027">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001245CD" w:rsidRPr="007E7027">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">W/C </w:t>
+            </w:r>
+            <w:r w:rsidR="005A2318" w:rsidRPr="007E7027">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="005A2318" w:rsidRPr="007E7027">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidR="005A2318" w:rsidRPr="007E7027">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> APRIL SO </w:t>
+            </w:r>
+            <w:r w:rsidR="000143CF" w:rsidRPr="007E7027">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ANNIVERSARIES FOR THAT WEEK NEED TO BE </w:t>
+            </w:r>
+            <w:r w:rsidR="000045ED" w:rsidRPr="007E7027">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>PROVIDED BY WED 1</w:t>
+            </w:r>
+            <w:r w:rsidR="000045ED" w:rsidRPr="007E7027">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:r w:rsidR="000045ED" w:rsidRPr="007E7027">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> APRI</w:t>
+            </w:r>
+            <w:r w:rsidR="00C35FCA" w:rsidRPr="007E7027">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00E141E4" w:rsidRPr="007E7027">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TO BE</w:t>
+            </w:r>
+            <w:r w:rsidR="00C35FCA" w:rsidRPr="007E7027">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> INCLUDED IN THE </w:t>
+            </w:r>
+            <w:r w:rsidR="00A21033" w:rsidRPr="007E7027">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EASTER SUNDAY </w:t>
+            </w:r>
+            <w:r w:rsidR="00C35FCA" w:rsidRPr="007E7027">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>BULLETIN.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6254647F" w14:textId="77777777" w:rsidR="006D48E5" w:rsidRPr="007E7027" w:rsidRDefault="006D48E5" w:rsidP="005C480F">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18495501" w14:textId="75C0546F" w:rsidR="00BD3FEC" w:rsidRDefault="00BD3FEC" w:rsidP="005C480F">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="402339F4" w14:textId="77777777" w:rsidR="00345A1C" w:rsidRDefault="00345A1C" w:rsidP="00345A1C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">                               </w:t>
+              <w:t>EUCHARISTIC MINISTERS MEETING</w:t>
             </w:r>
-            <w:r w:rsidR="00E55A15" w:rsidRPr="00DA5D76">
+          </w:p>
+          <w:p w14:paraId="5CDD3B9D" w14:textId="4BBB0D80" w:rsidR="00345A1C" w:rsidRDefault="00345A1C" w:rsidP="00345A1C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C50A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>TROCAIRE BOXES</w:t>
+              <w:t>There will be a short meeting in the Chapter room in St Patrick’s Church after Monday evening mass for current Eucharistic Ministers and those wishing to become Eucharist Ministers</w:t>
             </w:r>
-          </w:p>
-[...2 lines deleted...]
-              <w:spacing w:line="259" w:lineRule="auto"/>
+            <w:r w:rsidRPr="004C50A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="1F1F1F"/>
-                <w:sz w:val="20"/>
-[...91 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76ABE839" w14:textId="4D2AD9BE" w:rsidR="00E574E5" w:rsidRDefault="00E574E5" w:rsidP="00E574E5">
+          <w:p w14:paraId="06195805" w14:textId="77777777" w:rsidR="004C50A4" w:rsidRDefault="004C50A4" w:rsidP="00345A1C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05E654F0" w14:textId="77777777" w:rsidR="004C50A4" w:rsidRPr="004C50A4" w:rsidRDefault="004C50A4" w:rsidP="00345A1C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74A3C7E4" w14:textId="77777777" w:rsidR="00345A1C" w:rsidRDefault="00345A1C" w:rsidP="00345A1C">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E574E5">
+            <w:r w:rsidRPr="008B142E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>CONFIRMATION</w:t>
+              <w:t>BLESSING OF</w:t>
             </w:r>
-            <w:r w:rsidR="00AA2C4F">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – Friday 6</w:t>
+              <w:t xml:space="preserve"> THE </w:t>
             </w:r>
-            <w:r w:rsidR="00AA2C4F" w:rsidRPr="00AA2C4F">
-[...13 lines deleted...]
-            <w:r w:rsidR="00AA2C4F">
+            <w:r w:rsidRPr="008B142E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve"> March </w:t>
+              <w:t>GRAVES</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B1EED03" w14:textId="684A9BD6" w:rsidR="00E574E5" w:rsidRDefault="00E574E5" w:rsidP="00E574E5">
+          <w:p w14:paraId="4A386685" w14:textId="77777777" w:rsidR="00345A1C" w:rsidRPr="00BD3FEC" w:rsidRDefault="00345A1C" w:rsidP="00345A1C">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="1F1F1F"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA2C4F">
+            <w:r w:rsidRPr="00BD3FEC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="1F1F1F"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Confirmation will take place in St John’s </w:t>
+              <w:t>The Blessing of the graves will take place on Sunday 7</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AA2C4F">
+            <w:r w:rsidRPr="00BD3FEC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="1F1F1F"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD3FEC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> June.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70C1DD59" w14:textId="77777777" w:rsidR="00345A1C" w:rsidRPr="00BD3FEC" w:rsidRDefault="00345A1C" w:rsidP="00345A1C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD3FEC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10am </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BD3FEC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Galbally</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AA2C4F">
+            <w:r w:rsidRPr="00BD3FEC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="1F1F1F"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve"> at 5</w:t>
+              <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="0044449F" w:rsidRPr="00AA2C4F">
-[...80 lines deleted...]
-            <w:r w:rsidR="00AA2C4F" w:rsidRPr="0005163B">
+          </w:p>
+          <w:p w14:paraId="370C38D6" w14:textId="0BB7C3AC" w:rsidR="00345A1C" w:rsidRPr="00345A1C" w:rsidRDefault="00345A1C" w:rsidP="00345A1C">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">There will be no 7pm </w:t>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00584C44" w:rsidRPr="00AE76D5" w14:paraId="59665E9B" w14:textId="77777777" w:rsidTr="00BD3FEC">
+        <w:trPr>
+          <w:trHeight w:val="1408"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5807" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24543FC8" w14:textId="7999CF69" w:rsidR="009D2A0F" w:rsidRPr="005C480F" w:rsidRDefault="00566423" w:rsidP="00BD3FEC">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="0044449F" w:rsidRPr="0005163B">
+            <w:r w:rsidR="00393994" w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5095D335" w14:textId="28EE0999" w:rsidR="00911295" w:rsidRPr="005C480F" w:rsidRDefault="00911295" w:rsidP="00911295">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="1F1F1F"/>
-[...2 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
               </w:rPr>
-              <w:t>M</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00426DDD" w:rsidRPr="0005163B">
+            </w:pPr>
+            <w:r w:rsidRPr="005C480F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="1F1F1F"/>
-[...2 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
               </w:rPr>
-              <w:t>ass</w:t>
+              <w:t xml:space="preserve">WEDDINGS </w:t>
             </w:r>
-            <w:r w:rsidR="00426DDD" w:rsidRPr="00AA2C4F">
+          </w:p>
+          <w:p w14:paraId="04414E50" w14:textId="77777777" w:rsidR="00C15514" w:rsidRPr="005C480F" w:rsidRDefault="00C15514" w:rsidP="00C15514">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-                <w:color w:val="1F1F1F"/>
-[...2 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">All couples who plan to marry in 2026 are asked to contact the Parish Office for an appointment on a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>MONDAY at either 5.30pm or 6pm.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The completion of the necessary paperwork is a legal requirement and without completion the wedding cannot take place. The requirements are:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="586613A6" w14:textId="77777777" w:rsidR="00C15514" w:rsidRPr="005C480F" w:rsidRDefault="00C15514" w:rsidP="00C15514">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) Arrange for your Pre- Marriage Course – see accord.ni for details</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F0CB72C" w14:textId="77777777" w:rsidR="00C15514" w:rsidRPr="005C480F" w:rsidRDefault="00C15514" w:rsidP="00C15514">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) Contact your local Council Offices for Notification of Marriage Forms</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F0FBC4C" w14:textId="77777777" w:rsidR="00C630CB" w:rsidRPr="005C480F" w:rsidRDefault="00C15514" w:rsidP="00C15514">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) Complete Pre-Nuptial Enquiry forms with the Priest of the Parish you live </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in.  </w:t>
+            </w:r>
+            <w:r w:rsidR="00911295" w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00AA2C4F" w:rsidRPr="00AA2C4F">
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00911295" w:rsidRPr="005C480F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-                <w:color w:val="1F1F1F"/>
-[...2 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Please keep all th</w:t>
-[...59 lines deleted...]
-              <w:t>.</w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F5D0164" w14:textId="77777777" w:rsidR="000E7ADD" w:rsidRPr="00AA2C4F" w:rsidRDefault="000E7ADD" w:rsidP="00E574E5">
-[...11 lines deleted...]
-          <w:p w14:paraId="109450B1" w14:textId="77777777" w:rsidR="006F2888" w:rsidRPr="00DA5D76" w:rsidRDefault="006F2888" w:rsidP="008777BB">
+          <w:p w14:paraId="39B7796A" w14:textId="4CBE6CB1" w:rsidR="006D48E5" w:rsidRPr="005C480F" w:rsidRDefault="006D48E5" w:rsidP="006D48E5">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5D76">
+            <w:r w:rsidRPr="005C480F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F1F1F"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>THE SAINT JOHN PAUL II AWARD SCHEME</w:t>
+              <w:t xml:space="preserve">ANNIVERSARY NOTICES </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="434BE708" w14:textId="6914A29B" w:rsidR="0042692A" w:rsidRPr="006F2888" w:rsidRDefault="00500BFB" w:rsidP="006F2888">
+          <w:p w14:paraId="28B49833" w14:textId="77777777" w:rsidR="006D48E5" w:rsidRDefault="006D48E5" w:rsidP="006D48E5">
             <w:pPr>
-              <w:pStyle w:val="NormalWeb"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005C480F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>W</w:t>
+              <w:t xml:space="preserve">Please try to book anniversaries at least 1 month in advance and ensure notice is in written form, by leaving into the sacristy or Parochial house. Please note that all notices for the bulletin need to reach us by </w:t>
             </w:r>
-            <w:r w:rsidR="006F2888" w:rsidRPr="006F2888">
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Wednesday PM</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C480F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>e would be very interested in hearing from you</w:t>
+              <w:t xml:space="preserve"> to ensure inclusion in bulletin for that week. </w:t>
             </w:r>
-            <w:r w:rsidR="009632E9">
+            <w:r w:rsidRPr="005C480F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve"> if you </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="009632E9">
+            <w:r w:rsidRPr="005C480F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>are</w:t>
+              <w:t xml:space="preserve">When requesting an anniversary Mass please write the </w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="009632E9">
+            <w:r w:rsidRPr="005C480F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve"> a young person from the parish</w:t>
+              <w:t>name</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="005C480F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> who would like to participate in</w:t>
+              <w:t xml:space="preserve"> of the deceased, the </w:t>
             </w:r>
-            <w:r w:rsidR="00C5722D">
+            <w:r w:rsidRPr="005C480F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve"> The St John Paul 11 award </w:t>
+              <w:t>day</w:t>
             </w:r>
-            <w:r w:rsidR="00B64036">
+            <w:r w:rsidRPr="005C480F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>programme. We</w:t>
+              <w:t xml:space="preserve"> and </w:t>
             </w:r>
-            <w:r w:rsidR="006F2888" w:rsidRPr="006F2888">
+            <w:r w:rsidRPr="005C480F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve"> have several ministries which you </w:t>
+              <w:t>date</w:t>
             </w:r>
-            <w:r w:rsidR="00B64036">
+            <w:r w:rsidRPr="005C480F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>can undertake.</w:t>
+              <w:t xml:space="preserve"> of the anniversary, the </w:t>
             </w:r>
-            <w:r w:rsidR="006F2888" w:rsidRPr="006F2888">
+            <w:r w:rsidRPr="005C480F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve"> These include the ministry of the Word, becoming an extraordinary minister of Holy Communion, assisting with the collection plate, cleaning the churches, leading prayers in certain liturgies and choirs. Would you please leave your details into the parish office, and we will get back to you.</w:t>
+              <w:t>chapel</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>contact name and number</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>outside</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of the envelope</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="370C38D6" w14:textId="49A8892B" w:rsidR="006804B7" w:rsidRPr="00DF6A30" w:rsidRDefault="006804B7" w:rsidP="00B86D26">
+          <w:p w14:paraId="004CB080" w14:textId="77777777" w:rsidR="007E7027" w:rsidRPr="005C480F" w:rsidRDefault="007E7027" w:rsidP="006D48E5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="333F970C" w14:textId="77777777" w:rsidR="007E509E" w:rsidRPr="005C480F" w:rsidRDefault="007E509E" w:rsidP="007E509E">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>PARISH ENVELOPES</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29927BE1" w14:textId="38B9D109" w:rsidR="007E509E" w:rsidRDefault="007E509E" w:rsidP="007E509E">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="1F1F1F"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>The new series of Parish envelopes are being prepared, and we are currently updating our contributors list. If you would like to be added to the envelope system, please let the Parish Office know at your earliest convenience. Our Parish envelopes help support our Parish needs and allow us to prepare for future developments and improvements. Many thanks to all those who so faithfully and generously help in this way</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C480F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AC07863" w14:textId="77777777" w:rsidR="004C50A4" w:rsidRDefault="004C50A4" w:rsidP="007E509E">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...12 lines deleted...]
-          <w:p w14:paraId="4B8BEAA3" w14:textId="6B461CED" w:rsidR="008E672F" w:rsidRPr="00DA5D76" w:rsidRDefault="00D407F8" w:rsidP="00D407F8">
+          <w:p w14:paraId="0C7C3D7F" w14:textId="0173ABBA" w:rsidR="004C50A4" w:rsidRPr="004C50A4" w:rsidRDefault="004C50A4" w:rsidP="004C50A4">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C50A4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>STANDING ORDER</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="438BE281" w14:textId="77777777" w:rsidR="00BD3FEC" w:rsidRPr="00BD3FEC" w:rsidRDefault="00BD3FEC" w:rsidP="00BD3FEC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD3FEC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>For parishioners who wish to make a standing order contribution, please see below the details:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="687D384A" w14:textId="77777777" w:rsidR="00BD3FEC" w:rsidRPr="00BD3FEC" w:rsidRDefault="00BD3FEC" w:rsidP="00BD3FEC">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD3FEC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>BANK: BANK OF IRELAND</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26E56F63" w14:textId="77777777" w:rsidR="00BD3FEC" w:rsidRPr="00BD3FEC" w:rsidRDefault="00BD3FEC" w:rsidP="00BD3FEC">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD3FEC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>ACCOUNT NAME: DONAGHMORE PARISH NO1 A/C</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AEEF025" w14:textId="77777777" w:rsidR="00BD3FEC" w:rsidRPr="00BD3FEC" w:rsidRDefault="00BD3FEC" w:rsidP="00BD3FEC">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD3FEC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>SORT CODE:904851</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F17E286" w14:textId="4F43E4E9" w:rsidR="007E509E" w:rsidRPr="005C480F" w:rsidRDefault="00BD3FEC" w:rsidP="00C15600">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="1F1F1F"/>
-[...3 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA5D76">
-[...385 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+            <w:r w:rsidRPr="00BD3FEC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00911295">
+              <w:t xml:space="preserve">ACCOUNT NUMBER: </w:t>
+            </w:r>
+            <w:r w:rsidR="004C50A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="242424"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t xml:space="preserve">Baptisms take place on a </w:t>
+              <w:t>40909024</w:t>
             </w:r>
-            <w:r w:rsidRPr="0083687A">
-[...481 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5064" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="025A3315" w14:textId="77777777" w:rsidR="00584C44" w:rsidRPr="00AE76D5" w:rsidRDefault="00584C44" w:rsidP="00CF1618">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5BB0289C" w14:textId="114B888E" w:rsidR="001112CD" w:rsidRDefault="001112CD" w:rsidP="00896F7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6379"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:jc w:val="center"/>
@@ -5439,2469 +3563,2625 @@
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52EEBC82" w14:textId="77777777" w:rsidR="006804B7" w:rsidRDefault="006804B7" w:rsidP="00896F7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6379"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64FD3718" w14:textId="77777777" w:rsidR="006804B7" w:rsidRDefault="006804B7" w:rsidP="00896F7F">
+    <w:p w14:paraId="6B200AE4" w14:textId="77777777" w:rsidR="006D48E5" w:rsidRDefault="006D48E5" w:rsidP="00896F7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6379"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C82ECE6" w14:textId="20DCD7BF" w:rsidR="00896F7F" w:rsidRPr="000F19E3" w:rsidRDefault="006804B7" w:rsidP="00896F7F">
+    <w:p w14:paraId="1C82ECE6" w14:textId="362DE7BD" w:rsidR="00896F7F" w:rsidRPr="000F19E3" w:rsidRDefault="006804B7" w:rsidP="00896F7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6379"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00943D7F" w:rsidRPr="000F19E3">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">NNIVERSARIES FOR </w:t>
       </w:r>
       <w:r w:rsidR="00C630CB" w:rsidRPr="000F19E3">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">THE </w:t>
       </w:r>
+      <w:r w:rsidR="004A5ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00E141E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>IFTH</w:t>
+      </w:r>
       <w:r w:rsidR="00393994">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">SECOND </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008777BB">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>SUNDAY OF LENT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68A98C20" w14:textId="77777777" w:rsidR="00C630CB" w:rsidRDefault="00C630CB" w:rsidP="00896F7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6379"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="587B3CAF" w14:textId="018543C0" w:rsidR="00FB465F" w:rsidRPr="00B61C5A" w:rsidRDefault="003475BA" w:rsidP="000249D1">
+    <w:p w14:paraId="587B3CAF" w14:textId="14E21C2C" w:rsidR="00FB465F" w:rsidRPr="00B61C5A" w:rsidRDefault="003475BA" w:rsidP="000249D1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6379"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006012C9">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">RECENTLY </w:t>
       </w:r>
       <w:r w:rsidR="004C2B4A" w:rsidRPr="006012C9">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DECEASED</w:t>
       </w:r>
       <w:r w:rsidR="004C2B4A" w:rsidRPr="006012C9">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00BF1282" w:rsidRPr="006012C9">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="007E7027">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> BRIG</w:t>
+      </w:r>
+      <w:r w:rsidR="00345A1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ID </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7027">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O’NEILL, </w:t>
+      </w:r>
       <w:r w:rsidR="006359B9">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">FRANCIS HURSON, </w:t>
+        <w:t>FRANCIS HURSON</w:t>
       </w:r>
-      <w:r w:rsidR="00393994">
+      <w:r w:rsidR="007E7027">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">PETER </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">, BERNADETTE </w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0083064C">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>INNES, MARY</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> B NUGENT</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10627" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2547"/>
         <w:gridCol w:w="8080"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00393994" w:rsidRPr="006012C9" w14:paraId="413B35D6" w14:textId="77777777" w:rsidTr="00B72D33">
+      <w:tr w:rsidR="007E7027" w:rsidRPr="006012C9" w14:paraId="413B35D6" w14:textId="77777777" w:rsidTr="00B72D33">
         <w:trPr>
           <w:trHeight w:val="471"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4FD310DE" w14:textId="7CED0CCC" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="00393994" w:rsidP="00393994">
+          <w:p w14:paraId="4FD310DE" w14:textId="69F6B989" w:rsidR="007E7027" w:rsidRPr="006012C9" w:rsidRDefault="007E7027" w:rsidP="007E7027">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006012C9">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SATURDAY </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>28th Feb</w:t>
+              <w:t>21</w:t>
             </w:r>
-          </w:p>
-[...88 lines deleted...]
-            <w:r w:rsidRPr="008870CE">
+            <w:r w:rsidRPr="004A5ECF">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>st</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> March</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59DD0EA1" w14:textId="7084D432" w:rsidR="00393994" w:rsidRDefault="00393994" w:rsidP="00393994">
+          <w:p w14:paraId="6F3AE39F" w14:textId="4F9F9AAC" w:rsidR="007E7027" w:rsidRPr="006012C9" w:rsidRDefault="007E7027" w:rsidP="007E7027">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mary Brighid Nugent (MM) </w:t>
+              <w:t>Peter Little</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E7027" w:rsidRPr="006012C9" w14:paraId="5642B060" w14:textId="77777777" w:rsidTr="00B72D33">
+        <w:trPr>
+          <w:trHeight w:val="390"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="178D1BF3" w14:textId="753C10CB" w:rsidR="007E7027" w:rsidRPr="006012C9" w:rsidRDefault="007E7027" w:rsidP="007E7027">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006012C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SUNDAY </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>22nd March</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D2869C0" w14:textId="5D63E117" w:rsidR="007E7027" w:rsidRDefault="007E7027" w:rsidP="007E7027">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Peter Corrigan </w:t>
+            </w:r>
+            <w:r w:rsidR="00345A1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(MM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at 10am in </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Galbally</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 10am</w:t>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D9D14B8" w14:textId="77777777" w:rsidR="002A61C7" w:rsidRDefault="002A61C7" w:rsidP="002A61C7">
+          <w:p w14:paraId="526DBD52" w14:textId="77777777" w:rsidR="007E7027" w:rsidRDefault="007E7027" w:rsidP="007E7027">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Fr Leo Traynor, Mickey Traynor and deceased family members.</w:t>
+              <w:t>Mick, Roseanne, Michael &amp; Aidan Donnelly</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1087253C" w14:textId="77777777" w:rsidR="00393994" w:rsidRDefault="00393994" w:rsidP="00393994">
+          <w:p w14:paraId="5704D312" w14:textId="77777777" w:rsidR="007E7027" w:rsidRDefault="007E7027" w:rsidP="007E7027">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Henry Loiughran</w:t>
+              <w:t>Ita Mc Grath</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2BAC341B" w14:textId="77777777" w:rsidR="00393994" w:rsidRDefault="00393994" w:rsidP="00393994">
+          <w:p w14:paraId="6F224309" w14:textId="77777777" w:rsidR="007E7027" w:rsidRDefault="007E7027" w:rsidP="007E7027">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Dwayne &amp; Kieran O’Donnell</w:t>
+              <w:t>Brendan Fee</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="307B59FD" w14:textId="77777777" w:rsidR="00393994" w:rsidRDefault="00393994" w:rsidP="00393994">
+          <w:p w14:paraId="1072A6E2" w14:textId="77777777" w:rsidR="007E7027" w:rsidRDefault="007E7027" w:rsidP="007E7027">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Malcolm, Brendan &amp; Susan Nugent</w:t>
+              <w:t>Nigel Reah</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B5002D0" w14:textId="37F432F2" w:rsidR="000B4789" w:rsidRDefault="000B4789" w:rsidP="00393994">
+          <w:p w14:paraId="1978F443" w14:textId="77777777" w:rsidR="007E7027" w:rsidRDefault="007E7027" w:rsidP="007E7027">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Simon Mc Alee</w:t>
-[...8 lines deleted...]
-              <w:t>r</w:t>
+              <w:t>Dermott Donaghy</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3163A1CB" w14:textId="720F7688" w:rsidR="000B4789" w:rsidRPr="006012C9" w:rsidRDefault="00D50E37" w:rsidP="00315833">
+          <w:p w14:paraId="503F5EBE" w14:textId="77777777" w:rsidR="007E7027" w:rsidRDefault="007E7027" w:rsidP="007E7027">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pearce Rafferty</w:t>
+              <w:t>Johnny Mc Crory</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...15 lines deleted...]
-          <w:p w14:paraId="57754597" w14:textId="1FC3FA01" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="00393994" w:rsidP="00393994">
+          <w:p w14:paraId="2A2285E7" w14:textId="77777777" w:rsidR="007E7027" w:rsidRDefault="007E7027" w:rsidP="007E7027">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>MONDAY 2</w:t>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> March</w:t>
+              <w:t>Phil &amp; Mona Carberry</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...10 lines deleted...]
-          <w:p w14:paraId="48FB8F37" w14:textId="6C0DFD6A" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="008752BA" w:rsidP="00393994">
+          <w:p w14:paraId="3A5D331E" w14:textId="77777777" w:rsidR="007E7027" w:rsidRDefault="007E7027" w:rsidP="007E7027">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Sarah J Mc Kenna</w:t>
+              <w:t>Peter &amp; Peggy O’Neill</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...15 lines deleted...]
-          <w:p w14:paraId="4C33167E" w14:textId="5F481710" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="00393994" w:rsidP="00393994">
+          <w:p w14:paraId="7D39ABC3" w14:textId="13EE9E28" w:rsidR="007E7027" w:rsidRDefault="007E7027" w:rsidP="007E7027">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>TUESDAY 3</w:t>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> March</w:t>
+              <w:t>Minnie Mullan &amp; deceased members of the Mullan family</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...10 lines deleted...]
-          <w:p w14:paraId="5EF2BF9B" w14:textId="0D4C0E57" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="008752BA" w:rsidP="00393994">
+          <w:p w14:paraId="3163A1CB" w14:textId="7C0A8642" w:rsidR="007E7027" w:rsidRPr="006012C9" w:rsidRDefault="007E7027" w:rsidP="007E7027">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Patrick, Brigid and Thomas Armstrong.</w:t>
+              <w:t>Johnny Faloon</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00393994" w:rsidRPr="006012C9" w14:paraId="198F5065" w14:textId="77777777" w:rsidTr="00B72D33">
+      <w:tr w:rsidR="007E7027" w:rsidRPr="006012C9" w14:paraId="75B21741" w14:textId="77777777" w:rsidTr="00B72D33">
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18954966" w14:textId="5BB8E633" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="00393994" w:rsidP="00393994">
+          <w:p w14:paraId="57754597" w14:textId="38D4DF71" w:rsidR="007E7027" w:rsidRPr="006012C9" w:rsidRDefault="007E7027" w:rsidP="007E7027">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>WEDNESDAY 4</w:t>
+              <w:t>MONDAY 23rd March</w:t>
             </w:r>
-            <w:r w:rsidRPr="00393994">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48FB8F37" w14:textId="3F4B9AC7" w:rsidR="007E7027" w:rsidRPr="006012C9" w:rsidRDefault="007E7027" w:rsidP="007E7027">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E7027" w:rsidRPr="006012C9" w14:paraId="21AD835D" w14:textId="77777777" w:rsidTr="00B72D33">
+        <w:trPr>
+          <w:trHeight w:val="242"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C33167E" w14:textId="2CF4A6CB" w:rsidR="007E7027" w:rsidRPr="006012C9" w:rsidRDefault="007E7027" w:rsidP="007E7027">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TUESDAY 24th March</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5EF2BF9B" w14:textId="062CE339" w:rsidR="007E7027" w:rsidRPr="006012C9" w:rsidRDefault="007E7027" w:rsidP="007E7027">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Harry &amp; Peggy Mc </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cann</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E7027" w:rsidRPr="006012C9" w14:paraId="198F5065" w14:textId="77777777" w:rsidTr="00B72D33">
+        <w:trPr>
+          <w:trHeight w:val="229"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18954966" w14:textId="0AAC5F57" w:rsidR="007E7027" w:rsidRPr="006012C9" w:rsidRDefault="007E7027" w:rsidP="007E7027">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>WEDNESDAY 25thMarch</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="322D93E4" w14:textId="3B6956C9" w:rsidR="007E7027" w:rsidRPr="006012C9" w:rsidRDefault="007E7027" w:rsidP="007E7027">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E7027" w:rsidRPr="006012C9" w14:paraId="7386E421" w14:textId="77777777" w:rsidTr="00B72D33">
+        <w:trPr>
+          <w:trHeight w:val="229"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A0BFFDF" w14:textId="21994A18" w:rsidR="007E7027" w:rsidRPr="006012C9" w:rsidRDefault="007E7027" w:rsidP="007E7027">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>THURSDAY 26thMarch</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2963C4F0" w14:textId="4A1C525F" w:rsidR="007E7027" w:rsidRPr="006012C9" w:rsidRDefault="007E7027" w:rsidP="007E7027">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Rosaleen Daly</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E7027" w:rsidRPr="006012C9" w14:paraId="64A82397" w14:textId="77777777" w:rsidTr="00B72D33">
+        <w:trPr>
+          <w:trHeight w:val="242"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18EAC7FE" w14:textId="23528BA4" w:rsidR="007E7027" w:rsidRPr="006012C9" w:rsidRDefault="007E7027" w:rsidP="007E7027">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>FRIDAY 27</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E457A0">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> March</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="322D93E4" w14:textId="355D3ECB" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="00393994" w:rsidP="00393994">
-[...27 lines deleted...]
-          <w:p w14:paraId="2A0BFFDF" w14:textId="410AA511" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="00393994" w:rsidP="00393994">
+          <w:p w14:paraId="73396B53" w14:textId="75A2D2D4" w:rsidR="007E7027" w:rsidRDefault="007E7027" w:rsidP="007E7027">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>THURSDAY 5</w:t>
+              <w:t xml:space="preserve"> Brigid Ann Corrigan </w:t>
             </w:r>
-            <w:r w:rsidRPr="00393994">
+            <w:r w:rsidR="00345A1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E7027">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>th</w:t>
+              <w:t>st</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> March</w:t>
+              <w:t xml:space="preserve"> Ann in </w:t>
             </w:r>
-          </w:p>
-[...14 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Galbally</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> @ 7pm)</w:t>
+            </w:r>
           </w:p>
-        </w:tc>
-[...15 lines deleted...]
-          <w:p w14:paraId="18EAC7FE" w14:textId="0975F743" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="00393994" w:rsidP="00393994">
+          <w:p w14:paraId="6C17873D" w14:textId="77777777" w:rsidR="007E7027" w:rsidRDefault="007E7027" w:rsidP="007E7027">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>FRIDAY 6</w:t>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> March</w:t>
+              <w:t xml:space="preserve">Kathleen Mc Kernan </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...10 lines deleted...]
-          <w:p w14:paraId="02071473" w14:textId="3E401EC7" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="00393994" w:rsidP="00393994">
+          <w:p w14:paraId="02071473" w14:textId="38641FA9" w:rsidR="007E7027" w:rsidRPr="006012C9" w:rsidRDefault="007E7027" w:rsidP="007E7027">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Joseph Mc Nally and deceased members of the Mc Nally family.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00393994" w:rsidRPr="006012C9" w14:paraId="523901CA" w14:textId="77777777" w:rsidTr="00B72D33">
+      <w:tr w:rsidR="007E7027" w:rsidRPr="006012C9" w14:paraId="523901CA" w14:textId="77777777" w:rsidTr="00B72D33">
         <w:trPr>
           <w:trHeight w:val="229"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="216A5152" w14:textId="4E5C63FC" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="00393994" w:rsidP="00393994">
+          <w:p w14:paraId="216A5152" w14:textId="582F5CE7" w:rsidR="007E7027" w:rsidRPr="006012C9" w:rsidRDefault="007E7027" w:rsidP="007E7027">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006012C9">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SATURDAY </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> March</w:t>
+              <w:t>28th March</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06BE6BC4" w14:textId="68D0C0D5" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="00822308" w:rsidP="00393994">
+          <w:p w14:paraId="06BE6BC4" w14:textId="446B42F9" w:rsidR="007E7027" w:rsidRPr="006012C9" w:rsidRDefault="007E7027" w:rsidP="007E7027">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Bridie Quinn</w:t>
+              <w:t>Hugh Donaghy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00393994" w:rsidRPr="006012C9" w14:paraId="0D9B3F99" w14:textId="77777777" w:rsidTr="00DC7DF6">
+      <w:tr w:rsidR="007E7027" w:rsidRPr="006012C9" w14:paraId="0D9B3F99" w14:textId="77777777" w:rsidTr="00DC7DF6">
         <w:trPr>
           <w:trHeight w:val="581"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70067613" w14:textId="33554EB3" w:rsidR="00393994" w:rsidRPr="006012C9" w:rsidRDefault="00393994" w:rsidP="00393994">
+          <w:p w14:paraId="70067613" w14:textId="1032D274" w:rsidR="007E7027" w:rsidRPr="006012C9" w:rsidRDefault="007E7027" w:rsidP="007E7027">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006012C9">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SUNDAY </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> March</w:t>
+              <w:t>29th March</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CB5F54F" w14:textId="77777777" w:rsidR="00393994" w:rsidRDefault="00FF2B7E" w:rsidP="00393994">
+          <w:p w14:paraId="1588E51C" w14:textId="77777777" w:rsidR="007E7027" w:rsidRDefault="00345A1C" w:rsidP="007E7027">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pauline Hegarty</w:t>
+              <w:t>Pat &amp; Ellen Mc Veigh</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="668C931E" w14:textId="77777777" w:rsidR="00654A7A" w:rsidRDefault="00654A7A" w:rsidP="00393994">
+          <w:p w14:paraId="5E25C809" w14:textId="77777777" w:rsidR="00345A1C" w:rsidRDefault="00345A1C" w:rsidP="007E7027">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Rose and James Girvan</w:t>
+              <w:t>Patrick Tally</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4695FCA9" w14:textId="77777777" w:rsidR="00654A7A" w:rsidRDefault="00654A7A" w:rsidP="00393994">
+          <w:p w14:paraId="1F215B07" w14:textId="77777777" w:rsidR="00345A1C" w:rsidRDefault="00345A1C" w:rsidP="007E7027">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Vincent Donaghy</w:t>
+              <w:t>Kathleen Mc Cartan</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42ECB2FC" w14:textId="4CC09AB4" w:rsidR="00654A7A" w:rsidRPr="006012C9" w:rsidRDefault="00654A7A" w:rsidP="00393994">
+          <w:p w14:paraId="7B23FD23" w14:textId="77777777" w:rsidR="00345A1C" w:rsidRDefault="00345A1C" w:rsidP="007E7027">
             <w:pPr>
               <w:ind w:right="-369"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Packie &amp; Susan Mullan</w:t>
+              <w:t>Roger Mc Cartan</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34D7E8C0" w14:textId="77777777" w:rsidR="00345A1C" w:rsidRDefault="00345A1C" w:rsidP="007E7027">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Eileen O’Neill</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42ECB2FC" w14:textId="633458F1" w:rsidR="00345A1C" w:rsidRPr="006012C9" w:rsidRDefault="00345A1C" w:rsidP="007E7027">
+            <w:pPr>
+              <w:ind w:right="-369"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Handwriting" w:hAnsi="Lucida Handwriting"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Frank &amp; Patrick Quinn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7F3EF91C" w14:textId="14D2CF2A" w:rsidR="00CF4B4B" w:rsidRDefault="00CF4B4B" w:rsidP="00971A50">
-[...55 lines deleted...]
-    <w:p w14:paraId="50FB246B" w14:textId="77777777" w:rsidR="00707222" w:rsidRDefault="00707222" w:rsidP="00BB331D">
+    <w:p w14:paraId="0635BB55" w14:textId="77777777" w:rsidR="00C15600" w:rsidRDefault="00C15600" w:rsidP="00BB331D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2492F227" w14:textId="77777777" w:rsidR="000612DC" w:rsidRPr="000612DC" w:rsidRDefault="000612DC" w:rsidP="000612DC">
-[...702 lines deleted...]
-    <w:p w14:paraId="6486EC6B" w14:textId="77777777" w:rsidR="008364BF" w:rsidRDefault="008364BF" w:rsidP="00D93114">
+    <w:p w14:paraId="4C677E83" w14:textId="728180C3" w:rsidR="00C15600" w:rsidRDefault="00C15600" w:rsidP="00BB331D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>CONGRATULATIONS!!</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5EF9E864" w14:textId="532B6DFA" w:rsidR="00210428" w:rsidRPr="00DF0CB8" w:rsidRDefault="00AB0BF4" w:rsidP="008364BF">
+    <w:p w14:paraId="70309B3A" w14:textId="00A65F58" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Congratulations to St Ciaran’s College players and management on winning the Dr. Eamonn O’Sullivan </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>Cup .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>Particular congratulations</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the squad members from our parish who helped win the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>All Ireland</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> title.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21D7AC78" w14:textId="18C3D1F3" w:rsidR="00BB331D" w:rsidRPr="00C15600" w:rsidRDefault="00BB331D" w:rsidP="00BB331D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Galbally</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Community Centre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77D565DE" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lotto Draw: Monday 16th March 2026: winning numbers were: 2, 6, 10, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B1E8E3" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Congratulations to match 3 winners: Hurson Family, Stephen McGee, Danielle O’Neill.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54403464" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Next Draw Monday 23rd March 2026. Jackpot: £5000.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E26B7B2" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Monthly Prize Draw – February 2026 Winners</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E61F98F" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>£200: Emma McGeary</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FAFD13E" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">£100: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Breige</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rafferty</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56FB1FBF" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">£100: Emmett </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>McKillion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7AFDD5A0" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>March draw will take place on Monday 30th March 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76F942E6" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>If you would like to consider joining the monthly prize draw, please contact Fergal on 07713 623264 or Lycrecia at lycreciagcc@yahoo.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D7F3568" w14:textId="7CD5C29E" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Galbally</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fundraiser for Health &amp; Wellbeing Hub: We have launched an exciting Crowdfunding Campaign for a new Health &amp; Wellbeing hub at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Galbally</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Community Centre. This will see expansion of our existing gym, a range of additional health &amp; wellbeing services and it will also transform the front of the building. We are trying to reach a goal of £17,500, and if we do, Sport NI will add a further £32,500 to the pot. This is a fantastic incentive. If you can help in any way, it would be very much appreciated. You can do this via the online page: https://crowdfunder.co.uk/p/health-wellbeing-hub-galbally-community-centre. If this is not possible, please contact us and we can arrange something to suit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40028287" w14:textId="77777777" w:rsidR="00B73E80" w:rsidRPr="00C15600" w:rsidRDefault="00B73E80" w:rsidP="00B73E80">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Galbally</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Pearses</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GAC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12589488" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB0BF4">
+      <w:r w:rsidRPr="00C15600">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Club Membership Registration </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A164234" w14:textId="6026D7A5" w:rsidR="00DF0CB8" w:rsidRPr="00DF0CB8" w:rsidRDefault="00DF0CB8" w:rsidP="00DF0CB8">
-[...24 lines deleted...]
-    <w:p w14:paraId="59A763F1" w14:textId="77777777" w:rsidR="00DF0CB8" w:rsidRPr="00DF0CB8" w:rsidRDefault="00DF0CB8" w:rsidP="00DF0CB8">
+    <w:p w14:paraId="16AAD6E8" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>Anyone wishing to train and play with the club must be registered by the 28th of March.  This also applies to coaches, referees and committee members.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0A0A80EC" w14:textId="52F69B0F" w:rsidR="00DF0CB8" w:rsidRPr="00707222" w:rsidRDefault="00DF0CB8" w:rsidP="00DF0CB8">
+    <w:p w14:paraId="2068402A" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00707222">
+      <w:r w:rsidRPr="00C15600">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t>The Dungannon Fundraising Group for Marie Curie invites you to our annual Great Daffodil Ball on Saturday, March 7th, 2026, at the Glenavon House Hotel, Cookstown. The evening begins at 7:30 PM.</w:t>
+        <w:t>We encourage current and previous members to register.  All new members are welcome.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F684675" w14:textId="77777777" w:rsidR="00DF0CB8" w:rsidRPr="00707222" w:rsidRDefault="00DF0CB8" w:rsidP="00DF0CB8">
+    <w:p w14:paraId="6D647261" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00707222">
+      <w:r w:rsidRPr="00C15600">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t>Join us for a wonderful night featuring a drinks reception and a delicious meal, followed by dancing. There will also be many fantastic prizes to be won in our tombola and raffle. It is a great opportunity to enjoy yourself while supporting your local Marie Curie fundraising group.</w:t>
+        <w:t>Registration can be done through the link:  https://galballygac.clubforce.com/products/membership</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72E1184E" w14:textId="77777777" w:rsidR="00DF0CB8" w:rsidRPr="00707222" w:rsidRDefault="00DF0CB8" w:rsidP="00DF0CB8">
+    <w:p w14:paraId="20E9F0ED" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00707222">
+      <w:r w:rsidRPr="00C15600">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t>Tickets are £50 each. For further information or to purchase tickets, please contact a committee member or use the details below:</w:t>
+        <w:t>Cash and card payments can be made in the club shop this Friday evening from 7 to 7.30.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="674B60D7" w14:textId="77777777" w:rsidR="00DF0CB8" w:rsidRPr="00707222" w:rsidRDefault="00DF0CB8" w:rsidP="00DF0CB8">
+    <w:p w14:paraId="43940E38" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00707222">
+      <w:r w:rsidRPr="00C15600">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t>Cathal McGurk: 07762 309 294</w:t>
+        <w:t xml:space="preserve">Club an </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>Phiarsaigh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Scheme (covers husband, wife &amp; children who are U18 as of 1st of January 2026) £240.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33962690" w14:textId="0DF5FDD2" w:rsidR="00DF0CB8" w:rsidRPr="00707222" w:rsidRDefault="00DF0CB8" w:rsidP="006704A7">
+    <w:p w14:paraId="67A00BBD" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00707222">
+      <w:r w:rsidRPr="00C15600">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t xml:space="preserve">Email: </w:t>
-[...18 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Single Adult Player £100.  Single Adult Non-Player £60.  Husband &amp; Wife £100.  Student £50.  Youth (Primary 3 to age 17) £30.  Youth (Playschool to Primary 2) £10.  OAP (over 65) £20.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54CCE60C" w14:textId="77777777" w:rsidR="00393994" w:rsidRPr="00707222" w:rsidRDefault="00393994" w:rsidP="006704A7">
+    <w:p w14:paraId="5013F748" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>assistance</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> please contact our membership sub-committee on the numbers below:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5E277F4C" w14:textId="13BB8928" w:rsidR="00393994" w:rsidRPr="00393994" w:rsidRDefault="00393994" w:rsidP="00393994">
+    <w:p w14:paraId="7859F18A" w14:textId="5D844878" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Michelle McCaul - </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">07717050200;   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Louise Donaghy - </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">07764612976;   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dwayne Mulgrew - 07874644742</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71D0269D" w14:textId="77777777" w:rsidR="00834A94" w:rsidRPr="00C15600" w:rsidRDefault="00834A94" w:rsidP="00834A94">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00393994">
+      <w:r w:rsidRPr="00C15600">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>DONAGHMORE HISTORICAL SOCIETY</w:t>
+        <w:t>Donaghmore GAA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63584698" w14:textId="77777777" w:rsidR="00393994" w:rsidRPr="00393994" w:rsidRDefault="00393994" w:rsidP="00393994">
+    <w:p w14:paraId="5C6721B3" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00393994">
+      <w:r w:rsidRPr="00C15600">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t>Monsignor Liam McEntegart — A Life of Service and Scholarship</w:t>
+        <w:t>Lotto winners Monday March 16th</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28959098" w14:textId="77777777" w:rsidR="00393994" w:rsidRPr="00393994" w:rsidRDefault="00393994" w:rsidP="00393994">
+    <w:p w14:paraId="7B84C4FD" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00393994">
+      <w:r w:rsidRPr="00C15600">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t xml:space="preserve">Donaghmore Historical Society presents a talk by Micheál Ó Máirtín on the life and work of Monsignor Liam </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> to his contribution to education and the Irish language.</w:t>
+        <w:t>Winning numbers 11/17/24/25 Match 3 winners: Violet McGuigan and Declan Hackett</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A256F76" w14:textId="1FEA339B" w:rsidR="00393994" w:rsidRPr="00835783" w:rsidRDefault="00393994" w:rsidP="006704A7">
+    <w:p w14:paraId="2F860C81" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3660"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00393994">
+      <w:r w:rsidRPr="00C15600">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t>Date: 9 March 2026</w:t>
+        <w:t>Next draw Monday 23rd March 2026.  Jackpot £3,700</w:t>
       </w:r>
-      <w:r w:rsidR="00656479">
+    </w:p>
+    <w:p w14:paraId="785D6656" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>𝐑𝐞𝐠𝐢𝐬𝐭𝐫𝐚𝐭𝐢𝐨𝐧</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00393994">
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>𝟐𝟎𝟐𝟔</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="322BDA85" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t>Time: 8.00pmVenue: Heritage Centre, Donaghmore</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>GAA membership registration for the 2026 season is now open!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="576ADBBC" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All players, coaches, mentors, referees, and committee members must register from the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="008364BF">
+      <w:r w:rsidRPr="00C15600">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t xml:space="preserve"> .</w:t>
+        <w:t>1st</w:t>
       </w:r>
-      <w:r w:rsidR="00656479">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C15600">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> January 2026 to participate in pre-season training/matches.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00393994">
+    </w:p>
+    <w:p w14:paraId="7BAE8EAB" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t>Pay at the door. Society members free. Zoom link available through Eventbrite.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>REGISTRATION DEADLINE: 31st March 2026 – </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:tooltip="https://returntoplay.gaa.ie/" w:history="1">
+        <w:r w:rsidRPr="00C15600">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>https://returntoplay.gaa.ie</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1F3B11B2" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>Club Donaghmore Membership Scheme:</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00393994" w:rsidRPr="00835783" w:rsidSect="00186B63">
+    <w:p w14:paraId="38228FD7" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>- Covers you, your partner, and dependents (U18 only).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20F4EB19" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>- Over-18s no longer in school must register separately.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EEBD633" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>Update your monthly payments to £20 for automatic renewal. For changes or want to join contact:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6885649A" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t> • Darren: 07909996450</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60714E5F" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t> • Mark: 07833367485</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D877F6" w14:textId="77777777" w:rsidR="00C15600" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="00C15600">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>Or register here: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:tooltip="https://buy.stripe.com/5kAg1mb0GcCt3HaaEE" w:history="1">
+        <w:r w:rsidRPr="00C15600">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+            <w:sz w:val="14"/>
+            <w:szCs w:val="14"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>https://buy.stripe.com/5kAg1mb0GcCt3HaaEE</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2CFF9686" w14:textId="0E04FAA2" w:rsidR="00C35FCA" w:rsidRPr="00C15600" w:rsidRDefault="00C15600" w:rsidP="000D3429">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3660"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For help with </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>Foireann</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C15600">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> check out our website or contact Fionnuala McKenna (07799007753)</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00C35FCA" w:rsidRPr="00C15600" w:rsidSect="00186B63">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="425" w:right="680" w:bottom="567" w:left="680" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="155"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B135204" w14:textId="77777777" w:rsidR="006C741D" w:rsidRDefault="006C741D">
+    <w:p w14:paraId="6F942D0E" w14:textId="77777777" w:rsidR="00D91DD1" w:rsidRDefault="00D91DD1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="66908090" w14:textId="77777777" w:rsidR="006C741D" w:rsidRDefault="006C741D">
+    <w:p w14:paraId="3CF1FFA3" w14:textId="77777777" w:rsidR="00D91DD1" w:rsidRDefault="00D91DD1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -7998,80 +6278,86 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Handwriting">
     <w:panose1 w:val="03010101010101010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria Math">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5945BC36" w14:textId="77777777" w:rsidR="006C741D" w:rsidRDefault="006C741D">
+    <w:p w14:paraId="02737879" w14:textId="77777777" w:rsidR="00D91DD1" w:rsidRDefault="00D91DD1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64C78647" w14:textId="77777777" w:rsidR="006C741D" w:rsidRDefault="006C741D">
+    <w:p w14:paraId="3DF66413" w14:textId="77777777" w:rsidR="00D91DD1" w:rsidRDefault="00D91DD1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00A726C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD8A511E"/>
     <w:lvl w:ilvl="0" w:tplc="75F6F9F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -9513,60 +7799,64 @@
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF17BD"/>
     <w:rsid w:val="00000065"/>
     <w:rsid w:val="000002D0"/>
     <w:rsid w:val="00000744"/>
     <w:rsid w:val="0000234C"/>
+    <w:rsid w:val="000024AE"/>
     <w:rsid w:val="00003056"/>
     <w:rsid w:val="00003741"/>
+    <w:rsid w:val="000045ED"/>
     <w:rsid w:val="00006981"/>
+    <w:rsid w:val="00006EDB"/>
     <w:rsid w:val="000102F3"/>
     <w:rsid w:val="00010C2A"/>
     <w:rsid w:val="00010CC2"/>
     <w:rsid w:val="0001160B"/>
     <w:rsid w:val="00012EBB"/>
     <w:rsid w:val="000137CE"/>
     <w:rsid w:val="00013EB7"/>
+    <w:rsid w:val="000143CF"/>
     <w:rsid w:val="000145A6"/>
     <w:rsid w:val="000149A5"/>
     <w:rsid w:val="00015D18"/>
     <w:rsid w:val="000168A8"/>
     <w:rsid w:val="00016E4D"/>
     <w:rsid w:val="00017497"/>
     <w:rsid w:val="00020170"/>
     <w:rsid w:val="00020CD9"/>
     <w:rsid w:val="0002107F"/>
     <w:rsid w:val="0002188D"/>
     <w:rsid w:val="00021F45"/>
     <w:rsid w:val="000223FF"/>
     <w:rsid w:val="0002296D"/>
     <w:rsid w:val="00023657"/>
     <w:rsid w:val="0002485D"/>
     <w:rsid w:val="000249D1"/>
     <w:rsid w:val="00024EF5"/>
     <w:rsid w:val="0002514B"/>
     <w:rsid w:val="00025946"/>
     <w:rsid w:val="00025F13"/>
     <w:rsid w:val="000269A5"/>
     <w:rsid w:val="00026CBE"/>
     <w:rsid w:val="00026F7D"/>
     <w:rsid w:val="00027594"/>
     <w:rsid w:val="00027B78"/>
@@ -9574,54 +7864,56 @@
     <w:rsid w:val="00030F99"/>
     <w:rsid w:val="000312FE"/>
     <w:rsid w:val="00031C88"/>
     <w:rsid w:val="00031FC9"/>
     <w:rsid w:val="0003227F"/>
     <w:rsid w:val="0003488E"/>
     <w:rsid w:val="00035045"/>
     <w:rsid w:val="00035181"/>
     <w:rsid w:val="0004099D"/>
     <w:rsid w:val="00040BF4"/>
     <w:rsid w:val="000423BD"/>
     <w:rsid w:val="00043137"/>
     <w:rsid w:val="000444FB"/>
     <w:rsid w:val="000445E7"/>
     <w:rsid w:val="00044DAD"/>
     <w:rsid w:val="00046333"/>
     <w:rsid w:val="0004657B"/>
     <w:rsid w:val="00047C34"/>
     <w:rsid w:val="00047D9F"/>
     <w:rsid w:val="000507E7"/>
     <w:rsid w:val="0005163B"/>
     <w:rsid w:val="00052D7F"/>
     <w:rsid w:val="00052E69"/>
     <w:rsid w:val="00053310"/>
     <w:rsid w:val="00054757"/>
+    <w:rsid w:val="00055112"/>
     <w:rsid w:val="000553A2"/>
     <w:rsid w:val="0005550C"/>
     <w:rsid w:val="000559D1"/>
     <w:rsid w:val="00055B95"/>
+    <w:rsid w:val="0005611C"/>
     <w:rsid w:val="00056162"/>
     <w:rsid w:val="00056255"/>
     <w:rsid w:val="00056D2E"/>
     <w:rsid w:val="000575C3"/>
     <w:rsid w:val="00057D95"/>
     <w:rsid w:val="000602B9"/>
     <w:rsid w:val="0006036E"/>
     <w:rsid w:val="00060B7A"/>
     <w:rsid w:val="000612DC"/>
     <w:rsid w:val="00061DF2"/>
     <w:rsid w:val="00062125"/>
     <w:rsid w:val="0006245D"/>
     <w:rsid w:val="00062EC9"/>
     <w:rsid w:val="0006659A"/>
     <w:rsid w:val="00066938"/>
     <w:rsid w:val="00070B72"/>
     <w:rsid w:val="00070EF6"/>
     <w:rsid w:val="00070F19"/>
     <w:rsid w:val="000716C2"/>
     <w:rsid w:val="000728A1"/>
     <w:rsid w:val="00072C2D"/>
     <w:rsid w:val="0007372D"/>
     <w:rsid w:val="00074BCD"/>
     <w:rsid w:val="00075A4B"/>
     <w:rsid w:val="00076123"/>
@@ -9670,187 +7962,196 @@
     <w:rsid w:val="000B3342"/>
     <w:rsid w:val="000B3845"/>
     <w:rsid w:val="000B42D6"/>
     <w:rsid w:val="000B4384"/>
     <w:rsid w:val="000B4789"/>
     <w:rsid w:val="000B4796"/>
     <w:rsid w:val="000B5AE3"/>
     <w:rsid w:val="000B6E2D"/>
     <w:rsid w:val="000B75A4"/>
     <w:rsid w:val="000C034F"/>
     <w:rsid w:val="000C1531"/>
     <w:rsid w:val="000C2374"/>
     <w:rsid w:val="000C30FD"/>
     <w:rsid w:val="000C3EA2"/>
     <w:rsid w:val="000C4645"/>
     <w:rsid w:val="000C4952"/>
     <w:rsid w:val="000C5CDC"/>
     <w:rsid w:val="000C6737"/>
     <w:rsid w:val="000C6ADC"/>
     <w:rsid w:val="000D0160"/>
     <w:rsid w:val="000D1277"/>
     <w:rsid w:val="000D18A4"/>
     <w:rsid w:val="000D1E54"/>
     <w:rsid w:val="000D2103"/>
     <w:rsid w:val="000D2FBE"/>
+    <w:rsid w:val="000D3429"/>
     <w:rsid w:val="000D3BF2"/>
     <w:rsid w:val="000D3CA2"/>
     <w:rsid w:val="000D43A8"/>
     <w:rsid w:val="000D6FBA"/>
     <w:rsid w:val="000D722C"/>
     <w:rsid w:val="000D73D2"/>
     <w:rsid w:val="000D7477"/>
     <w:rsid w:val="000D76B6"/>
     <w:rsid w:val="000D7FE2"/>
     <w:rsid w:val="000E0202"/>
     <w:rsid w:val="000E074E"/>
     <w:rsid w:val="000E1C31"/>
     <w:rsid w:val="000E2171"/>
     <w:rsid w:val="000E2800"/>
     <w:rsid w:val="000E2A99"/>
     <w:rsid w:val="000E2F0A"/>
     <w:rsid w:val="000E4C28"/>
     <w:rsid w:val="000E6DF4"/>
     <w:rsid w:val="000E6E6F"/>
     <w:rsid w:val="000E6F05"/>
     <w:rsid w:val="000E73DB"/>
     <w:rsid w:val="000E7ADD"/>
     <w:rsid w:val="000F0034"/>
     <w:rsid w:val="000F022B"/>
     <w:rsid w:val="000F0300"/>
     <w:rsid w:val="000F08A0"/>
     <w:rsid w:val="000F19CD"/>
     <w:rsid w:val="000F19E3"/>
     <w:rsid w:val="000F3449"/>
     <w:rsid w:val="000F4500"/>
     <w:rsid w:val="000F5343"/>
     <w:rsid w:val="000F59AC"/>
     <w:rsid w:val="000F6104"/>
     <w:rsid w:val="000F7EBA"/>
+    <w:rsid w:val="0010012E"/>
     <w:rsid w:val="00100C8C"/>
     <w:rsid w:val="00101553"/>
     <w:rsid w:val="00101A76"/>
     <w:rsid w:val="00101B18"/>
     <w:rsid w:val="001026CF"/>
     <w:rsid w:val="0010378B"/>
     <w:rsid w:val="00104437"/>
     <w:rsid w:val="00104457"/>
     <w:rsid w:val="00104757"/>
     <w:rsid w:val="00104F0F"/>
     <w:rsid w:val="0010614D"/>
     <w:rsid w:val="00106FEA"/>
     <w:rsid w:val="0010708C"/>
     <w:rsid w:val="001077FC"/>
     <w:rsid w:val="00110780"/>
     <w:rsid w:val="001112CD"/>
     <w:rsid w:val="00111853"/>
     <w:rsid w:val="00111AA9"/>
     <w:rsid w:val="00112AF7"/>
     <w:rsid w:val="00112F57"/>
+    <w:rsid w:val="001138C6"/>
     <w:rsid w:val="00113BDD"/>
     <w:rsid w:val="00114046"/>
     <w:rsid w:val="0011432A"/>
     <w:rsid w:val="00115CF8"/>
     <w:rsid w:val="00116B31"/>
     <w:rsid w:val="001179B2"/>
     <w:rsid w:val="001201FB"/>
     <w:rsid w:val="001207B5"/>
     <w:rsid w:val="0012121B"/>
     <w:rsid w:val="001221A0"/>
     <w:rsid w:val="00122E2A"/>
     <w:rsid w:val="0012321D"/>
     <w:rsid w:val="001245B1"/>
+    <w:rsid w:val="001245CD"/>
     <w:rsid w:val="00124736"/>
     <w:rsid w:val="001247F4"/>
     <w:rsid w:val="00124DF6"/>
     <w:rsid w:val="00126551"/>
     <w:rsid w:val="001265F9"/>
     <w:rsid w:val="0012666E"/>
     <w:rsid w:val="00126D41"/>
     <w:rsid w:val="00126D49"/>
     <w:rsid w:val="00131BAD"/>
     <w:rsid w:val="0013218F"/>
     <w:rsid w:val="001322F1"/>
     <w:rsid w:val="001323E0"/>
     <w:rsid w:val="0013261B"/>
     <w:rsid w:val="001328C0"/>
     <w:rsid w:val="00134372"/>
     <w:rsid w:val="00135DA4"/>
     <w:rsid w:val="0013684F"/>
     <w:rsid w:val="00136B07"/>
     <w:rsid w:val="00137432"/>
     <w:rsid w:val="001376D4"/>
     <w:rsid w:val="00137742"/>
     <w:rsid w:val="001378E2"/>
     <w:rsid w:val="00140214"/>
     <w:rsid w:val="00140FA2"/>
     <w:rsid w:val="0014372F"/>
     <w:rsid w:val="00144113"/>
     <w:rsid w:val="00144DD9"/>
+    <w:rsid w:val="00145105"/>
     <w:rsid w:val="00145882"/>
     <w:rsid w:val="00146704"/>
     <w:rsid w:val="0014750C"/>
     <w:rsid w:val="001477A3"/>
     <w:rsid w:val="00150211"/>
     <w:rsid w:val="001507A0"/>
     <w:rsid w:val="001507BA"/>
     <w:rsid w:val="0015084C"/>
     <w:rsid w:val="0015086A"/>
     <w:rsid w:val="00151DD0"/>
     <w:rsid w:val="00151FA7"/>
     <w:rsid w:val="00152AE8"/>
     <w:rsid w:val="00152CA0"/>
     <w:rsid w:val="00154741"/>
     <w:rsid w:val="001548F3"/>
     <w:rsid w:val="00155C2A"/>
     <w:rsid w:val="00155CEF"/>
     <w:rsid w:val="00156BDF"/>
     <w:rsid w:val="00157566"/>
     <w:rsid w:val="00157A60"/>
     <w:rsid w:val="00157B7D"/>
     <w:rsid w:val="001608FA"/>
     <w:rsid w:val="001616F6"/>
     <w:rsid w:val="001620E0"/>
     <w:rsid w:val="001640FA"/>
     <w:rsid w:val="001642C4"/>
     <w:rsid w:val="0016468A"/>
     <w:rsid w:val="001646C8"/>
     <w:rsid w:val="001662C7"/>
     <w:rsid w:val="001669F9"/>
     <w:rsid w:val="00166D24"/>
+    <w:rsid w:val="00166DCB"/>
     <w:rsid w:val="001679AC"/>
     <w:rsid w:val="00171844"/>
     <w:rsid w:val="00172A82"/>
     <w:rsid w:val="0017346F"/>
     <w:rsid w:val="0017478A"/>
+    <w:rsid w:val="0017588C"/>
     <w:rsid w:val="00175F6B"/>
     <w:rsid w:val="00176D19"/>
     <w:rsid w:val="00177175"/>
     <w:rsid w:val="0018074C"/>
     <w:rsid w:val="00180851"/>
+    <w:rsid w:val="0018181C"/>
     <w:rsid w:val="00182332"/>
     <w:rsid w:val="00182F78"/>
+    <w:rsid w:val="001835B7"/>
     <w:rsid w:val="001838D8"/>
     <w:rsid w:val="00184AC5"/>
     <w:rsid w:val="00185096"/>
     <w:rsid w:val="00186B1F"/>
     <w:rsid w:val="00186B63"/>
     <w:rsid w:val="00186DB5"/>
     <w:rsid w:val="00187A54"/>
     <w:rsid w:val="0019101C"/>
     <w:rsid w:val="001915BA"/>
     <w:rsid w:val="001916D1"/>
     <w:rsid w:val="0019460F"/>
     <w:rsid w:val="00194DB8"/>
     <w:rsid w:val="001958B8"/>
     <w:rsid w:val="00196B5C"/>
     <w:rsid w:val="00197403"/>
     <w:rsid w:val="00197756"/>
     <w:rsid w:val="001A03B4"/>
     <w:rsid w:val="001A0511"/>
     <w:rsid w:val="001A188A"/>
     <w:rsid w:val="001A2B5B"/>
     <w:rsid w:val="001A38D2"/>
     <w:rsid w:val="001A4A82"/>
     <w:rsid w:val="001A7339"/>
     <w:rsid w:val="001B00F6"/>
     <w:rsid w:val="001B03D0"/>
@@ -9896,115 +8197,119 @@
     <w:rsid w:val="001F05F7"/>
     <w:rsid w:val="001F20D0"/>
     <w:rsid w:val="001F2207"/>
     <w:rsid w:val="001F2369"/>
     <w:rsid w:val="001F2ACB"/>
     <w:rsid w:val="001F305C"/>
     <w:rsid w:val="001F404D"/>
     <w:rsid w:val="001F4599"/>
     <w:rsid w:val="001F5282"/>
     <w:rsid w:val="001F52C9"/>
     <w:rsid w:val="001F559E"/>
     <w:rsid w:val="001F7072"/>
     <w:rsid w:val="001F76BA"/>
     <w:rsid w:val="00203A0B"/>
     <w:rsid w:val="00203FE6"/>
     <w:rsid w:val="00204C2B"/>
     <w:rsid w:val="0020617A"/>
     <w:rsid w:val="00206421"/>
     <w:rsid w:val="00207C62"/>
     <w:rsid w:val="002101C3"/>
     <w:rsid w:val="00210428"/>
     <w:rsid w:val="00210B37"/>
     <w:rsid w:val="0021134C"/>
     <w:rsid w:val="00211BC2"/>
     <w:rsid w:val="002123AA"/>
+    <w:rsid w:val="0021467E"/>
     <w:rsid w:val="00215F7D"/>
     <w:rsid w:val="002170EE"/>
     <w:rsid w:val="002175F1"/>
     <w:rsid w:val="002221DA"/>
     <w:rsid w:val="00222278"/>
     <w:rsid w:val="00222C1A"/>
     <w:rsid w:val="00223878"/>
     <w:rsid w:val="00224261"/>
     <w:rsid w:val="00225419"/>
     <w:rsid w:val="0022651A"/>
     <w:rsid w:val="00226591"/>
     <w:rsid w:val="00227DAB"/>
     <w:rsid w:val="00230C26"/>
     <w:rsid w:val="002320B7"/>
     <w:rsid w:val="00232ECC"/>
     <w:rsid w:val="00233003"/>
     <w:rsid w:val="002348D9"/>
     <w:rsid w:val="00235B44"/>
     <w:rsid w:val="00236A22"/>
     <w:rsid w:val="00236DD6"/>
     <w:rsid w:val="002371BE"/>
     <w:rsid w:val="00237A42"/>
     <w:rsid w:val="00240FF7"/>
     <w:rsid w:val="00241244"/>
+    <w:rsid w:val="00241B96"/>
     <w:rsid w:val="002426F1"/>
     <w:rsid w:val="0024584F"/>
     <w:rsid w:val="00247769"/>
     <w:rsid w:val="00250130"/>
     <w:rsid w:val="00250275"/>
     <w:rsid w:val="00251110"/>
     <w:rsid w:val="00251A6F"/>
     <w:rsid w:val="00251E1E"/>
     <w:rsid w:val="00252110"/>
     <w:rsid w:val="00252A5A"/>
     <w:rsid w:val="00254587"/>
     <w:rsid w:val="00254972"/>
     <w:rsid w:val="00255452"/>
     <w:rsid w:val="00256B71"/>
     <w:rsid w:val="00256FE7"/>
     <w:rsid w:val="0025776D"/>
     <w:rsid w:val="00257D38"/>
     <w:rsid w:val="00260221"/>
     <w:rsid w:val="0026086E"/>
     <w:rsid w:val="00260AA2"/>
     <w:rsid w:val="00260ABE"/>
     <w:rsid w:val="00261899"/>
     <w:rsid w:val="00262E60"/>
     <w:rsid w:val="00263A73"/>
     <w:rsid w:val="00265168"/>
     <w:rsid w:val="002670F6"/>
     <w:rsid w:val="00267753"/>
     <w:rsid w:val="00270692"/>
     <w:rsid w:val="002728EA"/>
     <w:rsid w:val="00272FE0"/>
     <w:rsid w:val="00273EB8"/>
     <w:rsid w:val="0027475F"/>
     <w:rsid w:val="00276F03"/>
     <w:rsid w:val="0028051A"/>
     <w:rsid w:val="00280651"/>
     <w:rsid w:val="00280C13"/>
     <w:rsid w:val="00282390"/>
     <w:rsid w:val="002830BB"/>
     <w:rsid w:val="00283BE0"/>
     <w:rsid w:val="00284300"/>
+    <w:rsid w:val="00285FB1"/>
     <w:rsid w:val="0028718E"/>
+    <w:rsid w:val="002871B3"/>
     <w:rsid w:val="00287613"/>
     <w:rsid w:val="00287B4C"/>
     <w:rsid w:val="00287F09"/>
     <w:rsid w:val="00290AD1"/>
     <w:rsid w:val="00291B1B"/>
     <w:rsid w:val="00292396"/>
     <w:rsid w:val="0029557E"/>
     <w:rsid w:val="002957B9"/>
     <w:rsid w:val="002957E3"/>
     <w:rsid w:val="002970F5"/>
     <w:rsid w:val="002A013E"/>
     <w:rsid w:val="002A043D"/>
     <w:rsid w:val="002A090F"/>
     <w:rsid w:val="002A0BA5"/>
     <w:rsid w:val="002A26BD"/>
     <w:rsid w:val="002A270F"/>
     <w:rsid w:val="002A290E"/>
     <w:rsid w:val="002A37C6"/>
     <w:rsid w:val="002A42AB"/>
     <w:rsid w:val="002A4765"/>
     <w:rsid w:val="002A4CB2"/>
     <w:rsid w:val="002A5CC6"/>
     <w:rsid w:val="002A61C7"/>
     <w:rsid w:val="002A62F5"/>
     <w:rsid w:val="002A63D3"/>
@@ -10022,147 +8327,152 @@
     <w:rsid w:val="002B7715"/>
     <w:rsid w:val="002C051E"/>
     <w:rsid w:val="002C069A"/>
     <w:rsid w:val="002C0C79"/>
     <w:rsid w:val="002C0F6F"/>
     <w:rsid w:val="002C209D"/>
     <w:rsid w:val="002C2A9E"/>
     <w:rsid w:val="002C5992"/>
     <w:rsid w:val="002C68EA"/>
     <w:rsid w:val="002C6BE2"/>
     <w:rsid w:val="002C6C8B"/>
     <w:rsid w:val="002C6FDB"/>
     <w:rsid w:val="002D106E"/>
     <w:rsid w:val="002D1215"/>
     <w:rsid w:val="002D15A7"/>
     <w:rsid w:val="002D1A06"/>
     <w:rsid w:val="002D1F64"/>
     <w:rsid w:val="002D3356"/>
     <w:rsid w:val="002D3616"/>
     <w:rsid w:val="002D3B26"/>
     <w:rsid w:val="002D41ED"/>
     <w:rsid w:val="002D46AC"/>
     <w:rsid w:val="002D52AA"/>
     <w:rsid w:val="002D5A39"/>
     <w:rsid w:val="002E0478"/>
+    <w:rsid w:val="002E276F"/>
     <w:rsid w:val="002E69DD"/>
     <w:rsid w:val="002E6D03"/>
     <w:rsid w:val="002E73AA"/>
     <w:rsid w:val="002E7844"/>
     <w:rsid w:val="002E78EB"/>
     <w:rsid w:val="002E7EB1"/>
     <w:rsid w:val="002E7FC9"/>
     <w:rsid w:val="002F0171"/>
     <w:rsid w:val="002F177D"/>
     <w:rsid w:val="002F27F5"/>
     <w:rsid w:val="002F5296"/>
     <w:rsid w:val="002F5B8B"/>
     <w:rsid w:val="002F5E21"/>
     <w:rsid w:val="002F6A77"/>
     <w:rsid w:val="002F71AD"/>
     <w:rsid w:val="002F7EA9"/>
     <w:rsid w:val="00302053"/>
     <w:rsid w:val="003031D7"/>
     <w:rsid w:val="00304183"/>
     <w:rsid w:val="003043B6"/>
     <w:rsid w:val="0030469B"/>
     <w:rsid w:val="00304B3D"/>
     <w:rsid w:val="00306497"/>
     <w:rsid w:val="00307C8D"/>
     <w:rsid w:val="00310239"/>
     <w:rsid w:val="003108EB"/>
     <w:rsid w:val="003113A9"/>
     <w:rsid w:val="0031393F"/>
     <w:rsid w:val="0031434D"/>
     <w:rsid w:val="00314F4A"/>
     <w:rsid w:val="00315833"/>
+    <w:rsid w:val="00315B68"/>
     <w:rsid w:val="0031625B"/>
     <w:rsid w:val="003175A8"/>
     <w:rsid w:val="00320282"/>
     <w:rsid w:val="003205D3"/>
     <w:rsid w:val="00320F89"/>
     <w:rsid w:val="0032100B"/>
     <w:rsid w:val="0032243D"/>
     <w:rsid w:val="00322F4C"/>
     <w:rsid w:val="0032326C"/>
     <w:rsid w:val="003236C0"/>
     <w:rsid w:val="00323920"/>
     <w:rsid w:val="00323AB8"/>
     <w:rsid w:val="00323B7F"/>
     <w:rsid w:val="00324DBB"/>
     <w:rsid w:val="003258B9"/>
     <w:rsid w:val="00325E60"/>
     <w:rsid w:val="003261D2"/>
     <w:rsid w:val="0032648B"/>
     <w:rsid w:val="00326D06"/>
     <w:rsid w:val="00327EE9"/>
     <w:rsid w:val="00331228"/>
     <w:rsid w:val="0033149A"/>
     <w:rsid w:val="00332158"/>
     <w:rsid w:val="003323CA"/>
+    <w:rsid w:val="0033321D"/>
     <w:rsid w:val="0033358F"/>
     <w:rsid w:val="003344AD"/>
     <w:rsid w:val="003347AB"/>
     <w:rsid w:val="00335865"/>
     <w:rsid w:val="00336981"/>
     <w:rsid w:val="00340D67"/>
     <w:rsid w:val="003413B8"/>
     <w:rsid w:val="00342B0B"/>
     <w:rsid w:val="00343E02"/>
     <w:rsid w:val="003458DB"/>
+    <w:rsid w:val="00345A1C"/>
     <w:rsid w:val="003463E7"/>
     <w:rsid w:val="003475BA"/>
     <w:rsid w:val="00347E92"/>
     <w:rsid w:val="00350237"/>
     <w:rsid w:val="00350BFB"/>
     <w:rsid w:val="00351ABC"/>
     <w:rsid w:val="00351EC8"/>
     <w:rsid w:val="003527E8"/>
     <w:rsid w:val="0035296F"/>
     <w:rsid w:val="00352D0C"/>
     <w:rsid w:val="003533EE"/>
     <w:rsid w:val="003537A1"/>
     <w:rsid w:val="0035396D"/>
     <w:rsid w:val="00353A39"/>
     <w:rsid w:val="003568B3"/>
     <w:rsid w:val="00357378"/>
     <w:rsid w:val="00357FDB"/>
     <w:rsid w:val="00360EE3"/>
     <w:rsid w:val="00362B6E"/>
     <w:rsid w:val="0036379E"/>
     <w:rsid w:val="0036429F"/>
     <w:rsid w:val="0037016B"/>
     <w:rsid w:val="003714EC"/>
     <w:rsid w:val="0037217C"/>
     <w:rsid w:val="00372293"/>
     <w:rsid w:val="003722D2"/>
     <w:rsid w:val="00372419"/>
     <w:rsid w:val="00372E23"/>
     <w:rsid w:val="00372F58"/>
     <w:rsid w:val="00372F8C"/>
     <w:rsid w:val="00373B54"/>
     <w:rsid w:val="00375323"/>
+    <w:rsid w:val="00375A06"/>
     <w:rsid w:val="003765BE"/>
     <w:rsid w:val="00376A80"/>
     <w:rsid w:val="00376D0D"/>
     <w:rsid w:val="00380043"/>
     <w:rsid w:val="00380079"/>
     <w:rsid w:val="00382E19"/>
     <w:rsid w:val="0038377E"/>
     <w:rsid w:val="0038425B"/>
     <w:rsid w:val="003850F1"/>
     <w:rsid w:val="0038568D"/>
     <w:rsid w:val="00385734"/>
     <w:rsid w:val="00385763"/>
     <w:rsid w:val="003857FE"/>
     <w:rsid w:val="00385C70"/>
     <w:rsid w:val="0038602D"/>
     <w:rsid w:val="003905C8"/>
     <w:rsid w:val="00390806"/>
     <w:rsid w:val="0039156B"/>
     <w:rsid w:val="00392A45"/>
     <w:rsid w:val="0039302B"/>
     <w:rsid w:val="00393994"/>
     <w:rsid w:val="003946C0"/>
     <w:rsid w:val="00396D66"/>
     <w:rsid w:val="003976BD"/>
     <w:rsid w:val="00397A32"/>
@@ -10170,50 +8480,51 @@
     <w:rsid w:val="003A183D"/>
     <w:rsid w:val="003A1A77"/>
     <w:rsid w:val="003A1C87"/>
     <w:rsid w:val="003A219C"/>
     <w:rsid w:val="003A2327"/>
     <w:rsid w:val="003A2581"/>
     <w:rsid w:val="003A2918"/>
     <w:rsid w:val="003A3298"/>
     <w:rsid w:val="003A4E89"/>
     <w:rsid w:val="003A6493"/>
     <w:rsid w:val="003A6D4C"/>
     <w:rsid w:val="003A7958"/>
     <w:rsid w:val="003A7EF5"/>
     <w:rsid w:val="003B0A80"/>
     <w:rsid w:val="003B1B89"/>
     <w:rsid w:val="003B1FB6"/>
     <w:rsid w:val="003B305B"/>
     <w:rsid w:val="003B3AA5"/>
     <w:rsid w:val="003B471E"/>
     <w:rsid w:val="003B4BBA"/>
     <w:rsid w:val="003B50AB"/>
     <w:rsid w:val="003B5796"/>
     <w:rsid w:val="003B5A3C"/>
     <w:rsid w:val="003B65E9"/>
     <w:rsid w:val="003B66E5"/>
+    <w:rsid w:val="003B680E"/>
     <w:rsid w:val="003B766D"/>
     <w:rsid w:val="003C0D2B"/>
     <w:rsid w:val="003C28BE"/>
     <w:rsid w:val="003C48D0"/>
     <w:rsid w:val="003C48F9"/>
     <w:rsid w:val="003C4C66"/>
     <w:rsid w:val="003C5E92"/>
     <w:rsid w:val="003C684F"/>
     <w:rsid w:val="003C7A21"/>
     <w:rsid w:val="003D0631"/>
     <w:rsid w:val="003D07DB"/>
     <w:rsid w:val="003D1E4C"/>
     <w:rsid w:val="003D1F3D"/>
     <w:rsid w:val="003D2EB7"/>
     <w:rsid w:val="003D3312"/>
     <w:rsid w:val="003D367B"/>
     <w:rsid w:val="003D4037"/>
     <w:rsid w:val="003D40CF"/>
     <w:rsid w:val="003D508B"/>
     <w:rsid w:val="003D6009"/>
     <w:rsid w:val="003D6FF8"/>
     <w:rsid w:val="003D75B7"/>
     <w:rsid w:val="003E17E4"/>
     <w:rsid w:val="003E227B"/>
     <w:rsid w:val="003E264F"/>
@@ -10239,373 +8550,394 @@
     <w:rsid w:val="004067B2"/>
     <w:rsid w:val="004073D2"/>
     <w:rsid w:val="00407EDF"/>
     <w:rsid w:val="004142C7"/>
     <w:rsid w:val="00415296"/>
     <w:rsid w:val="00417187"/>
     <w:rsid w:val="00417421"/>
     <w:rsid w:val="00417BC7"/>
     <w:rsid w:val="00417E08"/>
     <w:rsid w:val="00422C0A"/>
     <w:rsid w:val="00423099"/>
     <w:rsid w:val="00424C91"/>
     <w:rsid w:val="0042688E"/>
     <w:rsid w:val="0042692A"/>
     <w:rsid w:val="00426DDD"/>
     <w:rsid w:val="004301F2"/>
     <w:rsid w:val="00431EBB"/>
     <w:rsid w:val="00431F2B"/>
     <w:rsid w:val="00434303"/>
     <w:rsid w:val="00434FC8"/>
     <w:rsid w:val="00435C3B"/>
     <w:rsid w:val="004360DF"/>
     <w:rsid w:val="00436A02"/>
     <w:rsid w:val="0043767D"/>
     <w:rsid w:val="00437B40"/>
+    <w:rsid w:val="0044001C"/>
     <w:rsid w:val="00440E5F"/>
     <w:rsid w:val="00441B92"/>
     <w:rsid w:val="00441CE1"/>
     <w:rsid w:val="00442B10"/>
     <w:rsid w:val="004433AB"/>
     <w:rsid w:val="0044348A"/>
     <w:rsid w:val="00443DEB"/>
     <w:rsid w:val="0044449F"/>
     <w:rsid w:val="00444BAB"/>
     <w:rsid w:val="00445186"/>
     <w:rsid w:val="00445261"/>
     <w:rsid w:val="00445647"/>
     <w:rsid w:val="0044652B"/>
     <w:rsid w:val="004466C5"/>
     <w:rsid w:val="00446A44"/>
     <w:rsid w:val="00446E6D"/>
     <w:rsid w:val="00451155"/>
+    <w:rsid w:val="0045191A"/>
     <w:rsid w:val="00451BFD"/>
     <w:rsid w:val="004523BB"/>
     <w:rsid w:val="00452759"/>
     <w:rsid w:val="004530ED"/>
     <w:rsid w:val="00453DF7"/>
     <w:rsid w:val="004554C1"/>
     <w:rsid w:val="00456D23"/>
     <w:rsid w:val="00456D84"/>
     <w:rsid w:val="00456FB5"/>
     <w:rsid w:val="0045706C"/>
     <w:rsid w:val="00460AB6"/>
     <w:rsid w:val="00462A05"/>
     <w:rsid w:val="00462E43"/>
     <w:rsid w:val="00462E98"/>
     <w:rsid w:val="00462F64"/>
     <w:rsid w:val="00464606"/>
     <w:rsid w:val="00464B77"/>
     <w:rsid w:val="00464C9F"/>
     <w:rsid w:val="00465739"/>
     <w:rsid w:val="0046612A"/>
     <w:rsid w:val="00466153"/>
     <w:rsid w:val="00467644"/>
     <w:rsid w:val="004676F9"/>
     <w:rsid w:val="0046783F"/>
     <w:rsid w:val="00467C54"/>
     <w:rsid w:val="00470494"/>
     <w:rsid w:val="004704A2"/>
     <w:rsid w:val="00470AD9"/>
     <w:rsid w:val="004710F3"/>
     <w:rsid w:val="00471819"/>
     <w:rsid w:val="00472D7F"/>
     <w:rsid w:val="004733DD"/>
     <w:rsid w:val="00473719"/>
+    <w:rsid w:val="004742F8"/>
     <w:rsid w:val="00476716"/>
     <w:rsid w:val="00476AB6"/>
     <w:rsid w:val="00477736"/>
     <w:rsid w:val="00480444"/>
     <w:rsid w:val="004806CB"/>
+    <w:rsid w:val="00480C32"/>
     <w:rsid w:val="004833EC"/>
     <w:rsid w:val="00483ED6"/>
     <w:rsid w:val="0048415F"/>
     <w:rsid w:val="00485447"/>
     <w:rsid w:val="00485E07"/>
     <w:rsid w:val="004868F8"/>
     <w:rsid w:val="00486D0E"/>
     <w:rsid w:val="00486D25"/>
     <w:rsid w:val="00487089"/>
     <w:rsid w:val="0048720C"/>
     <w:rsid w:val="0049043B"/>
     <w:rsid w:val="004920A7"/>
     <w:rsid w:val="00492A47"/>
     <w:rsid w:val="00492C8D"/>
     <w:rsid w:val="00492EFC"/>
     <w:rsid w:val="00494964"/>
     <w:rsid w:val="00496262"/>
     <w:rsid w:val="00496561"/>
     <w:rsid w:val="004969D3"/>
     <w:rsid w:val="0049733E"/>
+    <w:rsid w:val="00497ABB"/>
     <w:rsid w:val="004A031D"/>
     <w:rsid w:val="004A0BB9"/>
     <w:rsid w:val="004A0FC7"/>
     <w:rsid w:val="004A17A1"/>
     <w:rsid w:val="004A1DAD"/>
     <w:rsid w:val="004A2892"/>
     <w:rsid w:val="004A3522"/>
     <w:rsid w:val="004A43B5"/>
     <w:rsid w:val="004A5CEB"/>
+    <w:rsid w:val="004A5ECF"/>
     <w:rsid w:val="004A7A77"/>
     <w:rsid w:val="004B2335"/>
     <w:rsid w:val="004B2F65"/>
     <w:rsid w:val="004B527F"/>
     <w:rsid w:val="004B560E"/>
     <w:rsid w:val="004B5E10"/>
     <w:rsid w:val="004B5E29"/>
     <w:rsid w:val="004B6853"/>
     <w:rsid w:val="004B692A"/>
     <w:rsid w:val="004B70C0"/>
+    <w:rsid w:val="004B74D4"/>
     <w:rsid w:val="004B755C"/>
     <w:rsid w:val="004C01A3"/>
     <w:rsid w:val="004C0944"/>
     <w:rsid w:val="004C23D0"/>
     <w:rsid w:val="004C2B4A"/>
     <w:rsid w:val="004C2B56"/>
     <w:rsid w:val="004C2EEC"/>
     <w:rsid w:val="004C31C8"/>
     <w:rsid w:val="004C36FD"/>
     <w:rsid w:val="004C4750"/>
     <w:rsid w:val="004C48FD"/>
+    <w:rsid w:val="004C50A4"/>
     <w:rsid w:val="004C584D"/>
     <w:rsid w:val="004C6249"/>
     <w:rsid w:val="004C6979"/>
     <w:rsid w:val="004C7C87"/>
     <w:rsid w:val="004D0658"/>
     <w:rsid w:val="004D1C0F"/>
     <w:rsid w:val="004D2711"/>
     <w:rsid w:val="004D3316"/>
     <w:rsid w:val="004D3C0E"/>
+    <w:rsid w:val="004D58DC"/>
     <w:rsid w:val="004D6181"/>
     <w:rsid w:val="004D6B3A"/>
+    <w:rsid w:val="004E00A4"/>
     <w:rsid w:val="004E0C36"/>
     <w:rsid w:val="004E145A"/>
     <w:rsid w:val="004E2149"/>
     <w:rsid w:val="004E2EF5"/>
     <w:rsid w:val="004E31D8"/>
     <w:rsid w:val="004E3F19"/>
     <w:rsid w:val="004E446D"/>
     <w:rsid w:val="004E4509"/>
     <w:rsid w:val="004E4973"/>
     <w:rsid w:val="004E5A37"/>
     <w:rsid w:val="004E6295"/>
     <w:rsid w:val="004E6375"/>
     <w:rsid w:val="004E6376"/>
     <w:rsid w:val="004E68E9"/>
     <w:rsid w:val="004E76AB"/>
     <w:rsid w:val="004F0028"/>
     <w:rsid w:val="004F0619"/>
     <w:rsid w:val="004F0AF1"/>
     <w:rsid w:val="004F0FE9"/>
     <w:rsid w:val="004F247F"/>
     <w:rsid w:val="004F3BEC"/>
     <w:rsid w:val="004F3DB9"/>
     <w:rsid w:val="004F3FA5"/>
     <w:rsid w:val="004F4AE3"/>
     <w:rsid w:val="004F7067"/>
     <w:rsid w:val="0050037A"/>
     <w:rsid w:val="00500BFB"/>
+    <w:rsid w:val="00501988"/>
     <w:rsid w:val="005025A7"/>
     <w:rsid w:val="0050348C"/>
     <w:rsid w:val="0050382D"/>
     <w:rsid w:val="00503B45"/>
     <w:rsid w:val="00503F18"/>
     <w:rsid w:val="005042F1"/>
     <w:rsid w:val="005047C1"/>
     <w:rsid w:val="005056F8"/>
     <w:rsid w:val="00505DDD"/>
     <w:rsid w:val="00507D9D"/>
     <w:rsid w:val="00513A5B"/>
     <w:rsid w:val="005152CE"/>
+    <w:rsid w:val="005176AC"/>
     <w:rsid w:val="00521C0A"/>
     <w:rsid w:val="00521D29"/>
     <w:rsid w:val="0052273A"/>
     <w:rsid w:val="00522951"/>
     <w:rsid w:val="00522DB5"/>
     <w:rsid w:val="0052354E"/>
     <w:rsid w:val="0052416E"/>
     <w:rsid w:val="00524346"/>
     <w:rsid w:val="00526EDF"/>
     <w:rsid w:val="005276F1"/>
     <w:rsid w:val="00527921"/>
     <w:rsid w:val="00527BC2"/>
     <w:rsid w:val="00527E31"/>
     <w:rsid w:val="005302A3"/>
     <w:rsid w:val="005302E6"/>
     <w:rsid w:val="00530A67"/>
     <w:rsid w:val="00530B6E"/>
     <w:rsid w:val="0053127E"/>
     <w:rsid w:val="00532864"/>
+    <w:rsid w:val="005330B9"/>
     <w:rsid w:val="00533A6B"/>
     <w:rsid w:val="00534A2B"/>
     <w:rsid w:val="00534C3F"/>
     <w:rsid w:val="00536BF6"/>
     <w:rsid w:val="005371C5"/>
     <w:rsid w:val="005379BF"/>
     <w:rsid w:val="005415CB"/>
     <w:rsid w:val="00541726"/>
     <w:rsid w:val="00541C26"/>
     <w:rsid w:val="00542E35"/>
     <w:rsid w:val="00542E8F"/>
+    <w:rsid w:val="0054376A"/>
     <w:rsid w:val="00543F56"/>
     <w:rsid w:val="00544185"/>
     <w:rsid w:val="00544282"/>
     <w:rsid w:val="00544B29"/>
     <w:rsid w:val="00544D2F"/>
     <w:rsid w:val="00544EDB"/>
     <w:rsid w:val="0054615C"/>
     <w:rsid w:val="00546698"/>
     <w:rsid w:val="00546877"/>
     <w:rsid w:val="00546B48"/>
     <w:rsid w:val="00547091"/>
     <w:rsid w:val="0055028D"/>
     <w:rsid w:val="0055054D"/>
     <w:rsid w:val="005505D4"/>
     <w:rsid w:val="00551D91"/>
     <w:rsid w:val="00551E54"/>
     <w:rsid w:val="00552681"/>
     <w:rsid w:val="00553E95"/>
     <w:rsid w:val="00554067"/>
     <w:rsid w:val="005543BE"/>
     <w:rsid w:val="00555652"/>
     <w:rsid w:val="005556BA"/>
     <w:rsid w:val="00555915"/>
     <w:rsid w:val="005568D9"/>
     <w:rsid w:val="00556C09"/>
     <w:rsid w:val="00557FAF"/>
+    <w:rsid w:val="0056128B"/>
     <w:rsid w:val="00561521"/>
     <w:rsid w:val="00562407"/>
     <w:rsid w:val="00562A08"/>
     <w:rsid w:val="0056496C"/>
     <w:rsid w:val="0056631E"/>
     <w:rsid w:val="00566423"/>
     <w:rsid w:val="005666AB"/>
     <w:rsid w:val="00567197"/>
     <w:rsid w:val="00570270"/>
     <w:rsid w:val="00572589"/>
     <w:rsid w:val="005737A2"/>
     <w:rsid w:val="005740F4"/>
     <w:rsid w:val="0057486E"/>
     <w:rsid w:val="00575055"/>
     <w:rsid w:val="00577A55"/>
     <w:rsid w:val="005806F5"/>
     <w:rsid w:val="00581473"/>
     <w:rsid w:val="00583492"/>
     <w:rsid w:val="00583AC3"/>
     <w:rsid w:val="00584A09"/>
     <w:rsid w:val="00584C44"/>
+    <w:rsid w:val="005855FF"/>
     <w:rsid w:val="00587064"/>
     <w:rsid w:val="005870CF"/>
     <w:rsid w:val="00587E2C"/>
     <w:rsid w:val="0059009F"/>
     <w:rsid w:val="00590145"/>
     <w:rsid w:val="00590363"/>
     <w:rsid w:val="005912B6"/>
     <w:rsid w:val="00592B51"/>
     <w:rsid w:val="00593E8E"/>
     <w:rsid w:val="00593EE5"/>
     <w:rsid w:val="00594A00"/>
     <w:rsid w:val="00594CE1"/>
     <w:rsid w:val="00595665"/>
     <w:rsid w:val="00595DFA"/>
     <w:rsid w:val="0059661F"/>
     <w:rsid w:val="00596A49"/>
     <w:rsid w:val="00597B86"/>
+    <w:rsid w:val="005A2318"/>
     <w:rsid w:val="005A23F2"/>
     <w:rsid w:val="005A3B57"/>
     <w:rsid w:val="005A5B12"/>
     <w:rsid w:val="005A5F9F"/>
+    <w:rsid w:val="005A5FF0"/>
     <w:rsid w:val="005A7891"/>
     <w:rsid w:val="005A7EDC"/>
     <w:rsid w:val="005B1141"/>
     <w:rsid w:val="005B1A65"/>
     <w:rsid w:val="005B1D77"/>
     <w:rsid w:val="005B230F"/>
     <w:rsid w:val="005B25EF"/>
     <w:rsid w:val="005B260F"/>
     <w:rsid w:val="005B2BA6"/>
     <w:rsid w:val="005B3247"/>
     <w:rsid w:val="005B45F4"/>
     <w:rsid w:val="005B46EC"/>
     <w:rsid w:val="005B4FDF"/>
     <w:rsid w:val="005B5A8B"/>
     <w:rsid w:val="005B5B92"/>
     <w:rsid w:val="005B5F6A"/>
     <w:rsid w:val="005B6B55"/>
     <w:rsid w:val="005B6C6F"/>
     <w:rsid w:val="005B6D4E"/>
     <w:rsid w:val="005B7159"/>
     <w:rsid w:val="005B7692"/>
     <w:rsid w:val="005C0BDA"/>
     <w:rsid w:val="005C0BE3"/>
     <w:rsid w:val="005C0FD5"/>
     <w:rsid w:val="005C10FF"/>
     <w:rsid w:val="005C3463"/>
     <w:rsid w:val="005C3E86"/>
+    <w:rsid w:val="005C480F"/>
     <w:rsid w:val="005C4C7E"/>
+    <w:rsid w:val="005C5F13"/>
     <w:rsid w:val="005D07C4"/>
     <w:rsid w:val="005D0CC6"/>
     <w:rsid w:val="005D1299"/>
     <w:rsid w:val="005D19AF"/>
     <w:rsid w:val="005D1FFB"/>
     <w:rsid w:val="005D2383"/>
     <w:rsid w:val="005D2AA8"/>
     <w:rsid w:val="005D2C48"/>
     <w:rsid w:val="005D3356"/>
     <w:rsid w:val="005D3AC0"/>
     <w:rsid w:val="005D44C0"/>
     <w:rsid w:val="005D4B20"/>
     <w:rsid w:val="005D5093"/>
     <w:rsid w:val="005D60FE"/>
     <w:rsid w:val="005D669B"/>
     <w:rsid w:val="005D6720"/>
     <w:rsid w:val="005D676B"/>
     <w:rsid w:val="005D6F4B"/>
     <w:rsid w:val="005E1174"/>
     <w:rsid w:val="005E1BD7"/>
     <w:rsid w:val="005E1C24"/>
     <w:rsid w:val="005E1C47"/>
     <w:rsid w:val="005E3625"/>
     <w:rsid w:val="005E37EB"/>
     <w:rsid w:val="005E42C7"/>
     <w:rsid w:val="005E4797"/>
     <w:rsid w:val="005E54AE"/>
     <w:rsid w:val="005E59D5"/>
     <w:rsid w:val="005E5BDE"/>
     <w:rsid w:val="005E5E85"/>
     <w:rsid w:val="005E61B8"/>
     <w:rsid w:val="005E62A1"/>
     <w:rsid w:val="005E6C0C"/>
     <w:rsid w:val="005E6DDF"/>
     <w:rsid w:val="005E738D"/>
     <w:rsid w:val="005E7462"/>
     <w:rsid w:val="005F25E7"/>
     <w:rsid w:val="005F274A"/>
     <w:rsid w:val="005F382D"/>
     <w:rsid w:val="005F38EB"/>
     <w:rsid w:val="005F4B65"/>
     <w:rsid w:val="005F59FA"/>
+    <w:rsid w:val="005F5DF1"/>
     <w:rsid w:val="005F5F39"/>
     <w:rsid w:val="005F6FB5"/>
     <w:rsid w:val="005F7685"/>
     <w:rsid w:val="00600238"/>
     <w:rsid w:val="006012C9"/>
     <w:rsid w:val="006021ED"/>
     <w:rsid w:val="006042B2"/>
     <w:rsid w:val="00604D18"/>
     <w:rsid w:val="00605525"/>
     <w:rsid w:val="00605C24"/>
     <w:rsid w:val="00606E64"/>
     <w:rsid w:val="00607203"/>
     <w:rsid w:val="0060754B"/>
     <w:rsid w:val="0060780B"/>
     <w:rsid w:val="00607B73"/>
     <w:rsid w:val="00607F81"/>
     <w:rsid w:val="00610F5E"/>
     <w:rsid w:val="00610F99"/>
     <w:rsid w:val="00611A0C"/>
     <w:rsid w:val="0061448E"/>
     <w:rsid w:val="006149DB"/>
     <w:rsid w:val="006159D5"/>
     <w:rsid w:val="00616779"/>
     <w:rsid w:val="00617331"/>
     <w:rsid w:val="0062003E"/>
@@ -10631,50 +8963,51 @@
     <w:rsid w:val="00640FD8"/>
     <w:rsid w:val="0064115A"/>
     <w:rsid w:val="00641E99"/>
     <w:rsid w:val="00642B55"/>
     <w:rsid w:val="0064383D"/>
     <w:rsid w:val="006439B5"/>
     <w:rsid w:val="0064435C"/>
     <w:rsid w:val="00644433"/>
     <w:rsid w:val="0064573D"/>
     <w:rsid w:val="00645835"/>
     <w:rsid w:val="00645C97"/>
     <w:rsid w:val="006466CD"/>
     <w:rsid w:val="00647363"/>
     <w:rsid w:val="0064775F"/>
     <w:rsid w:val="00650A1F"/>
     <w:rsid w:val="006518D1"/>
     <w:rsid w:val="00652A1F"/>
     <w:rsid w:val="00653109"/>
     <w:rsid w:val="00653262"/>
     <w:rsid w:val="00653872"/>
     <w:rsid w:val="00653D52"/>
     <w:rsid w:val="00654177"/>
     <w:rsid w:val="00654284"/>
     <w:rsid w:val="00654A7A"/>
     <w:rsid w:val="00654CEF"/>
+    <w:rsid w:val="00654FDB"/>
     <w:rsid w:val="0065519D"/>
     <w:rsid w:val="0065575B"/>
     <w:rsid w:val="00655B29"/>
     <w:rsid w:val="00656479"/>
     <w:rsid w:val="00660F5F"/>
     <w:rsid w:val="0066127E"/>
     <w:rsid w:val="00661A9B"/>
     <w:rsid w:val="00661FC0"/>
     <w:rsid w:val="00662175"/>
     <w:rsid w:val="00662A0B"/>
     <w:rsid w:val="006638A1"/>
     <w:rsid w:val="00663A29"/>
     <w:rsid w:val="00665922"/>
     <w:rsid w:val="00665A58"/>
     <w:rsid w:val="00666419"/>
     <w:rsid w:val="006679AF"/>
     <w:rsid w:val="00667A0C"/>
     <w:rsid w:val="00667A40"/>
     <w:rsid w:val="006704A7"/>
     <w:rsid w:val="0067154C"/>
     <w:rsid w:val="0067187E"/>
     <w:rsid w:val="00671BAB"/>
     <w:rsid w:val="00671E75"/>
     <w:rsid w:val="00672F35"/>
     <w:rsid w:val="00674316"/>
@@ -10732,109 +9065,113 @@
     <w:rsid w:val="006A6F5F"/>
     <w:rsid w:val="006A7009"/>
     <w:rsid w:val="006A7CFA"/>
     <w:rsid w:val="006A7E37"/>
     <w:rsid w:val="006B1D6A"/>
     <w:rsid w:val="006B1EB6"/>
     <w:rsid w:val="006B2490"/>
     <w:rsid w:val="006B4245"/>
     <w:rsid w:val="006B4959"/>
     <w:rsid w:val="006B4974"/>
     <w:rsid w:val="006B514D"/>
     <w:rsid w:val="006B55B4"/>
     <w:rsid w:val="006B58A7"/>
     <w:rsid w:val="006B6A57"/>
     <w:rsid w:val="006B6EFE"/>
     <w:rsid w:val="006C3738"/>
     <w:rsid w:val="006C37B4"/>
     <w:rsid w:val="006C452F"/>
     <w:rsid w:val="006C4774"/>
     <w:rsid w:val="006C5267"/>
     <w:rsid w:val="006C5B44"/>
     <w:rsid w:val="006C61E5"/>
     <w:rsid w:val="006C6ECE"/>
     <w:rsid w:val="006C741D"/>
     <w:rsid w:val="006C7501"/>
+    <w:rsid w:val="006C7D49"/>
     <w:rsid w:val="006D0D6B"/>
     <w:rsid w:val="006D1339"/>
     <w:rsid w:val="006D3044"/>
     <w:rsid w:val="006D37EC"/>
     <w:rsid w:val="006D418E"/>
+    <w:rsid w:val="006D48E5"/>
     <w:rsid w:val="006D4FAF"/>
     <w:rsid w:val="006D5260"/>
     <w:rsid w:val="006D58A2"/>
     <w:rsid w:val="006D5C7C"/>
     <w:rsid w:val="006D6DDE"/>
     <w:rsid w:val="006D7BF8"/>
     <w:rsid w:val="006E0059"/>
     <w:rsid w:val="006E06D2"/>
     <w:rsid w:val="006E1237"/>
     <w:rsid w:val="006E12A2"/>
     <w:rsid w:val="006E15D1"/>
     <w:rsid w:val="006E1A8D"/>
     <w:rsid w:val="006E1AE7"/>
     <w:rsid w:val="006E3650"/>
     <w:rsid w:val="006E370B"/>
     <w:rsid w:val="006E3EC4"/>
     <w:rsid w:val="006E41D3"/>
     <w:rsid w:val="006E492D"/>
     <w:rsid w:val="006E495C"/>
     <w:rsid w:val="006E4C6D"/>
     <w:rsid w:val="006E4DA8"/>
     <w:rsid w:val="006E5388"/>
     <w:rsid w:val="006E5F5D"/>
     <w:rsid w:val="006E69C8"/>
     <w:rsid w:val="006E7EC5"/>
     <w:rsid w:val="006F0393"/>
     <w:rsid w:val="006F0C92"/>
     <w:rsid w:val="006F138D"/>
     <w:rsid w:val="006F2888"/>
     <w:rsid w:val="006F2BB7"/>
+    <w:rsid w:val="006F3543"/>
     <w:rsid w:val="006F361B"/>
     <w:rsid w:val="006F394E"/>
     <w:rsid w:val="006F4938"/>
     <w:rsid w:val="006F54EC"/>
     <w:rsid w:val="006F55C5"/>
     <w:rsid w:val="006F5718"/>
     <w:rsid w:val="006F6C18"/>
     <w:rsid w:val="006F6C6F"/>
     <w:rsid w:val="00700A8A"/>
     <w:rsid w:val="00701466"/>
     <w:rsid w:val="007020CD"/>
     <w:rsid w:val="00702BC1"/>
     <w:rsid w:val="007031FC"/>
     <w:rsid w:val="00703B60"/>
     <w:rsid w:val="007050FF"/>
     <w:rsid w:val="00706CFC"/>
     <w:rsid w:val="00706E48"/>
     <w:rsid w:val="00707222"/>
     <w:rsid w:val="00707B61"/>
     <w:rsid w:val="00707D62"/>
     <w:rsid w:val="0071051A"/>
     <w:rsid w:val="007107DC"/>
     <w:rsid w:val="007107E9"/>
     <w:rsid w:val="00710A7F"/>
+    <w:rsid w:val="00711271"/>
     <w:rsid w:val="007121E8"/>
     <w:rsid w:val="00712BC9"/>
     <w:rsid w:val="00713007"/>
     <w:rsid w:val="0071472A"/>
     <w:rsid w:val="00714CA6"/>
     <w:rsid w:val="00714EE5"/>
     <w:rsid w:val="007165C8"/>
     <w:rsid w:val="0071689B"/>
     <w:rsid w:val="007169A8"/>
     <w:rsid w:val="00716CD4"/>
     <w:rsid w:val="00720EEC"/>
     <w:rsid w:val="007210D9"/>
     <w:rsid w:val="00721343"/>
     <w:rsid w:val="00722B8A"/>
     <w:rsid w:val="00722CF7"/>
     <w:rsid w:val="007246CF"/>
     <w:rsid w:val="00724C08"/>
     <w:rsid w:val="007255BA"/>
     <w:rsid w:val="00725F29"/>
     <w:rsid w:val="0072632E"/>
     <w:rsid w:val="00726B36"/>
     <w:rsid w:val="00727CD2"/>
     <w:rsid w:val="0073027D"/>
     <w:rsid w:val="007306E6"/>
     <w:rsid w:val="00730FFF"/>
@@ -10930,220 +9267,232 @@
     <w:rsid w:val="007A4334"/>
     <w:rsid w:val="007A720C"/>
     <w:rsid w:val="007A7D75"/>
     <w:rsid w:val="007B0B19"/>
     <w:rsid w:val="007B37F7"/>
     <w:rsid w:val="007B3BD4"/>
     <w:rsid w:val="007B3DF9"/>
     <w:rsid w:val="007B4DAD"/>
     <w:rsid w:val="007B500F"/>
     <w:rsid w:val="007B6290"/>
     <w:rsid w:val="007B6BB5"/>
     <w:rsid w:val="007B72F0"/>
     <w:rsid w:val="007B7391"/>
     <w:rsid w:val="007B778F"/>
     <w:rsid w:val="007B7B92"/>
     <w:rsid w:val="007B7F82"/>
     <w:rsid w:val="007C0F3D"/>
     <w:rsid w:val="007C101B"/>
     <w:rsid w:val="007C24CA"/>
     <w:rsid w:val="007C25BE"/>
     <w:rsid w:val="007C3C6B"/>
     <w:rsid w:val="007C520B"/>
     <w:rsid w:val="007C5F46"/>
     <w:rsid w:val="007D09D2"/>
     <w:rsid w:val="007D0EC2"/>
+    <w:rsid w:val="007D1779"/>
     <w:rsid w:val="007D1DF0"/>
     <w:rsid w:val="007D205A"/>
+    <w:rsid w:val="007D35E0"/>
     <w:rsid w:val="007D365E"/>
     <w:rsid w:val="007D3762"/>
     <w:rsid w:val="007D408E"/>
     <w:rsid w:val="007D4AAA"/>
     <w:rsid w:val="007D52C2"/>
     <w:rsid w:val="007D6AED"/>
     <w:rsid w:val="007D6F1D"/>
     <w:rsid w:val="007D747B"/>
     <w:rsid w:val="007D78B4"/>
     <w:rsid w:val="007D7FBD"/>
     <w:rsid w:val="007E0C2E"/>
     <w:rsid w:val="007E16E4"/>
     <w:rsid w:val="007E26C1"/>
     <w:rsid w:val="007E407E"/>
     <w:rsid w:val="007E489C"/>
     <w:rsid w:val="007E4DF4"/>
+    <w:rsid w:val="007E509E"/>
     <w:rsid w:val="007E55A3"/>
     <w:rsid w:val="007E5AFB"/>
     <w:rsid w:val="007E5ED3"/>
     <w:rsid w:val="007E6E05"/>
     <w:rsid w:val="007E6FB8"/>
+    <w:rsid w:val="007E7027"/>
     <w:rsid w:val="007E7190"/>
     <w:rsid w:val="007F0F53"/>
     <w:rsid w:val="007F335B"/>
     <w:rsid w:val="007F412D"/>
     <w:rsid w:val="007F4417"/>
     <w:rsid w:val="007F4B9E"/>
     <w:rsid w:val="007F4F1D"/>
     <w:rsid w:val="007F60C0"/>
     <w:rsid w:val="007F63C5"/>
     <w:rsid w:val="007F7196"/>
     <w:rsid w:val="0080251A"/>
     <w:rsid w:val="0080262A"/>
     <w:rsid w:val="0080293A"/>
     <w:rsid w:val="008029B5"/>
     <w:rsid w:val="00802DEA"/>
     <w:rsid w:val="008035D2"/>
     <w:rsid w:val="00803ADD"/>
     <w:rsid w:val="00803AF9"/>
     <w:rsid w:val="0080685C"/>
     <w:rsid w:val="008068BE"/>
     <w:rsid w:val="00806A5E"/>
     <w:rsid w:val="0080709C"/>
     <w:rsid w:val="008071F3"/>
     <w:rsid w:val="008074CB"/>
     <w:rsid w:val="0081051A"/>
     <w:rsid w:val="008107E8"/>
     <w:rsid w:val="008108D3"/>
     <w:rsid w:val="0081114E"/>
     <w:rsid w:val="00812335"/>
     <w:rsid w:val="00812555"/>
+    <w:rsid w:val="00812AA4"/>
     <w:rsid w:val="008150D5"/>
     <w:rsid w:val="008150E9"/>
     <w:rsid w:val="00815739"/>
     <w:rsid w:val="00815E6B"/>
     <w:rsid w:val="00815F2D"/>
     <w:rsid w:val="00816053"/>
     <w:rsid w:val="008169AF"/>
     <w:rsid w:val="00816B65"/>
     <w:rsid w:val="00816C2C"/>
     <w:rsid w:val="00816D30"/>
     <w:rsid w:val="00816FCE"/>
     <w:rsid w:val="0081708E"/>
     <w:rsid w:val="00820150"/>
     <w:rsid w:val="0082073E"/>
     <w:rsid w:val="00821B7E"/>
     <w:rsid w:val="00822308"/>
     <w:rsid w:val="00822C79"/>
     <w:rsid w:val="0082316E"/>
     <w:rsid w:val="00823704"/>
     <w:rsid w:val="00823923"/>
     <w:rsid w:val="00825737"/>
     <w:rsid w:val="00825830"/>
+    <w:rsid w:val="00825EEA"/>
     <w:rsid w:val="00825F0E"/>
     <w:rsid w:val="00826C98"/>
     <w:rsid w:val="008301CF"/>
     <w:rsid w:val="0083064C"/>
     <w:rsid w:val="00831522"/>
     <w:rsid w:val="00832063"/>
     <w:rsid w:val="00832935"/>
     <w:rsid w:val="00834415"/>
     <w:rsid w:val="00834738"/>
+    <w:rsid w:val="00834A94"/>
     <w:rsid w:val="00835783"/>
     <w:rsid w:val="00835AE7"/>
     <w:rsid w:val="008360AC"/>
     <w:rsid w:val="00836463"/>
     <w:rsid w:val="008364A2"/>
     <w:rsid w:val="008364BF"/>
     <w:rsid w:val="0083687A"/>
     <w:rsid w:val="008376CC"/>
+    <w:rsid w:val="00837879"/>
     <w:rsid w:val="00837CFD"/>
     <w:rsid w:val="0084047F"/>
     <w:rsid w:val="008404E2"/>
     <w:rsid w:val="00840EDB"/>
     <w:rsid w:val="00841155"/>
     <w:rsid w:val="0084170A"/>
     <w:rsid w:val="00841E1F"/>
     <w:rsid w:val="008425CB"/>
     <w:rsid w:val="0084371B"/>
     <w:rsid w:val="00843885"/>
     <w:rsid w:val="008444B4"/>
     <w:rsid w:val="00845407"/>
     <w:rsid w:val="00845B37"/>
     <w:rsid w:val="00845E52"/>
     <w:rsid w:val="00847559"/>
     <w:rsid w:val="00847FA4"/>
     <w:rsid w:val="00850740"/>
     <w:rsid w:val="00850AB1"/>
+    <w:rsid w:val="00850D5D"/>
     <w:rsid w:val="00850FC4"/>
     <w:rsid w:val="00852C9B"/>
     <w:rsid w:val="008543D1"/>
     <w:rsid w:val="00854F48"/>
     <w:rsid w:val="0085606E"/>
     <w:rsid w:val="0085682C"/>
     <w:rsid w:val="00856B84"/>
     <w:rsid w:val="0085776B"/>
     <w:rsid w:val="00857984"/>
     <w:rsid w:val="00857C29"/>
     <w:rsid w:val="00860409"/>
     <w:rsid w:val="008614F6"/>
     <w:rsid w:val="00862BDD"/>
     <w:rsid w:val="00863255"/>
     <w:rsid w:val="00863FBF"/>
     <w:rsid w:val="00864A7C"/>
     <w:rsid w:val="00864DB9"/>
     <w:rsid w:val="00865923"/>
     <w:rsid w:val="00865CE2"/>
+    <w:rsid w:val="008660B8"/>
     <w:rsid w:val="0086723F"/>
     <w:rsid w:val="008715A6"/>
     <w:rsid w:val="00873475"/>
     <w:rsid w:val="008744F1"/>
     <w:rsid w:val="0087510B"/>
     <w:rsid w:val="008752BA"/>
     <w:rsid w:val="00877445"/>
     <w:rsid w:val="008777BB"/>
     <w:rsid w:val="00877AE6"/>
     <w:rsid w:val="0088021D"/>
     <w:rsid w:val="00880FE9"/>
     <w:rsid w:val="008816D6"/>
     <w:rsid w:val="00881F26"/>
     <w:rsid w:val="00882F11"/>
     <w:rsid w:val="00883CF3"/>
     <w:rsid w:val="00884B4F"/>
     <w:rsid w:val="008868D6"/>
     <w:rsid w:val="008870CE"/>
     <w:rsid w:val="00890527"/>
     <w:rsid w:val="00890DF8"/>
     <w:rsid w:val="00892B06"/>
     <w:rsid w:val="00893102"/>
     <w:rsid w:val="00895A56"/>
     <w:rsid w:val="008967B8"/>
     <w:rsid w:val="00896E6E"/>
     <w:rsid w:val="00896F7F"/>
     <w:rsid w:val="0089772F"/>
     <w:rsid w:val="0089786B"/>
     <w:rsid w:val="008A14B2"/>
     <w:rsid w:val="008A18DD"/>
     <w:rsid w:val="008A19C9"/>
     <w:rsid w:val="008A1ECF"/>
+    <w:rsid w:val="008A299C"/>
     <w:rsid w:val="008A2A4B"/>
     <w:rsid w:val="008A3285"/>
     <w:rsid w:val="008A3D6A"/>
     <w:rsid w:val="008A4209"/>
     <w:rsid w:val="008A5138"/>
     <w:rsid w:val="008A5900"/>
     <w:rsid w:val="008A5FD0"/>
     <w:rsid w:val="008A699C"/>
     <w:rsid w:val="008B109A"/>
+    <w:rsid w:val="008B142E"/>
     <w:rsid w:val="008B1653"/>
     <w:rsid w:val="008B195E"/>
     <w:rsid w:val="008B21CA"/>
     <w:rsid w:val="008B2C1B"/>
     <w:rsid w:val="008B2F0A"/>
     <w:rsid w:val="008B398B"/>
     <w:rsid w:val="008B582A"/>
     <w:rsid w:val="008B5C9B"/>
     <w:rsid w:val="008B5EA1"/>
     <w:rsid w:val="008B6765"/>
     <w:rsid w:val="008B6A65"/>
     <w:rsid w:val="008B7BCD"/>
     <w:rsid w:val="008C0209"/>
     <w:rsid w:val="008C1176"/>
     <w:rsid w:val="008C27A0"/>
     <w:rsid w:val="008C38C7"/>
     <w:rsid w:val="008C3CF9"/>
     <w:rsid w:val="008C4152"/>
     <w:rsid w:val="008C4224"/>
     <w:rsid w:val="008C4BEA"/>
     <w:rsid w:val="008C5F49"/>
     <w:rsid w:val="008C6217"/>
     <w:rsid w:val="008C6EB6"/>
     <w:rsid w:val="008C722E"/>
     <w:rsid w:val="008C7479"/>
@@ -11168,374 +9517,393 @@
     <w:rsid w:val="008E2AC8"/>
     <w:rsid w:val="008E3A28"/>
     <w:rsid w:val="008E432C"/>
     <w:rsid w:val="008E4FAD"/>
     <w:rsid w:val="008E672F"/>
     <w:rsid w:val="008E6B13"/>
     <w:rsid w:val="008E6B47"/>
     <w:rsid w:val="008E7920"/>
     <w:rsid w:val="008E7D97"/>
     <w:rsid w:val="008F11DD"/>
     <w:rsid w:val="008F22E5"/>
     <w:rsid w:val="008F3030"/>
     <w:rsid w:val="008F429B"/>
     <w:rsid w:val="008F469E"/>
     <w:rsid w:val="008F592A"/>
     <w:rsid w:val="008F64CA"/>
     <w:rsid w:val="008F66E2"/>
     <w:rsid w:val="008F706E"/>
     <w:rsid w:val="008F73B3"/>
     <w:rsid w:val="00901B2D"/>
     <w:rsid w:val="009045B7"/>
     <w:rsid w:val="00904AF6"/>
     <w:rsid w:val="00904B43"/>
     <w:rsid w:val="00905730"/>
     <w:rsid w:val="00905773"/>
+    <w:rsid w:val="009059D3"/>
     <w:rsid w:val="00905C11"/>
+    <w:rsid w:val="0090635A"/>
     <w:rsid w:val="009066E9"/>
     <w:rsid w:val="00911295"/>
     <w:rsid w:val="009118D5"/>
     <w:rsid w:val="00911BAB"/>
     <w:rsid w:val="00912611"/>
     <w:rsid w:val="00912724"/>
     <w:rsid w:val="00914BB4"/>
+    <w:rsid w:val="00915207"/>
     <w:rsid w:val="0091538C"/>
     <w:rsid w:val="0091646D"/>
     <w:rsid w:val="009167E8"/>
+    <w:rsid w:val="00917DB6"/>
     <w:rsid w:val="00920060"/>
     <w:rsid w:val="009202FC"/>
     <w:rsid w:val="00920728"/>
     <w:rsid w:val="00921113"/>
     <w:rsid w:val="00922488"/>
     <w:rsid w:val="009237C2"/>
     <w:rsid w:val="0092401D"/>
     <w:rsid w:val="00924108"/>
     <w:rsid w:val="0092461A"/>
     <w:rsid w:val="00925172"/>
     <w:rsid w:val="00926DEB"/>
     <w:rsid w:val="00927FE7"/>
     <w:rsid w:val="00931027"/>
     <w:rsid w:val="00931BA9"/>
     <w:rsid w:val="00932923"/>
     <w:rsid w:val="00932B8C"/>
     <w:rsid w:val="00932C0D"/>
     <w:rsid w:val="00932E60"/>
     <w:rsid w:val="00933A5E"/>
     <w:rsid w:val="00933C29"/>
     <w:rsid w:val="00933DD6"/>
     <w:rsid w:val="00933FC5"/>
     <w:rsid w:val="0093425B"/>
     <w:rsid w:val="00934283"/>
     <w:rsid w:val="009351C6"/>
     <w:rsid w:val="0093543A"/>
     <w:rsid w:val="00935A35"/>
     <w:rsid w:val="0093737D"/>
     <w:rsid w:val="009374A4"/>
     <w:rsid w:val="009411FA"/>
     <w:rsid w:val="00941305"/>
     <w:rsid w:val="009420A2"/>
     <w:rsid w:val="009426C3"/>
     <w:rsid w:val="00942F71"/>
     <w:rsid w:val="00943048"/>
+    <w:rsid w:val="00943172"/>
     <w:rsid w:val="009432F3"/>
     <w:rsid w:val="00943411"/>
     <w:rsid w:val="009435B0"/>
     <w:rsid w:val="00943D7F"/>
     <w:rsid w:val="00943F46"/>
     <w:rsid w:val="00945C2E"/>
     <w:rsid w:val="00945FF1"/>
     <w:rsid w:val="009462E3"/>
     <w:rsid w:val="00946B81"/>
     <w:rsid w:val="00946CCB"/>
+    <w:rsid w:val="009504E5"/>
     <w:rsid w:val="0095089C"/>
     <w:rsid w:val="00950AE5"/>
     <w:rsid w:val="00951454"/>
     <w:rsid w:val="00952DAE"/>
     <w:rsid w:val="00952EF5"/>
     <w:rsid w:val="0095378F"/>
     <w:rsid w:val="00953979"/>
     <w:rsid w:val="0095612A"/>
     <w:rsid w:val="00956C43"/>
     <w:rsid w:val="00956F98"/>
     <w:rsid w:val="009604E4"/>
     <w:rsid w:val="009617A6"/>
     <w:rsid w:val="00961A4C"/>
     <w:rsid w:val="00962AD8"/>
     <w:rsid w:val="009632E9"/>
     <w:rsid w:val="009640D8"/>
     <w:rsid w:val="00966738"/>
     <w:rsid w:val="00966AFC"/>
     <w:rsid w:val="009673A0"/>
     <w:rsid w:val="0097008C"/>
     <w:rsid w:val="009702B9"/>
     <w:rsid w:val="00970E55"/>
     <w:rsid w:val="00971278"/>
     <w:rsid w:val="00971A50"/>
     <w:rsid w:val="009725A8"/>
     <w:rsid w:val="009725B6"/>
     <w:rsid w:val="00973E3D"/>
     <w:rsid w:val="00974896"/>
     <w:rsid w:val="00974B3E"/>
     <w:rsid w:val="00976382"/>
     <w:rsid w:val="00976695"/>
     <w:rsid w:val="00976D7B"/>
     <w:rsid w:val="009777BB"/>
     <w:rsid w:val="00981BAA"/>
     <w:rsid w:val="00981D27"/>
     <w:rsid w:val="009823ED"/>
     <w:rsid w:val="009828F3"/>
     <w:rsid w:val="00985B44"/>
     <w:rsid w:val="0098608B"/>
+    <w:rsid w:val="00986881"/>
     <w:rsid w:val="009904B8"/>
     <w:rsid w:val="00990898"/>
     <w:rsid w:val="009913F6"/>
     <w:rsid w:val="00991650"/>
     <w:rsid w:val="00992045"/>
     <w:rsid w:val="00992DA3"/>
     <w:rsid w:val="009935CB"/>
     <w:rsid w:val="009939A4"/>
     <w:rsid w:val="00993A98"/>
     <w:rsid w:val="009946B0"/>
     <w:rsid w:val="00994903"/>
     <w:rsid w:val="00995EB6"/>
+    <w:rsid w:val="00996199"/>
     <w:rsid w:val="00996434"/>
     <w:rsid w:val="009974E2"/>
     <w:rsid w:val="00997BFE"/>
     <w:rsid w:val="009A150D"/>
+    <w:rsid w:val="009A229A"/>
     <w:rsid w:val="009A3556"/>
     <w:rsid w:val="009A37FE"/>
     <w:rsid w:val="009A5698"/>
     <w:rsid w:val="009A59A5"/>
     <w:rsid w:val="009A60C9"/>
     <w:rsid w:val="009A7418"/>
     <w:rsid w:val="009A79B9"/>
     <w:rsid w:val="009B1FB0"/>
     <w:rsid w:val="009B2388"/>
     <w:rsid w:val="009B244B"/>
     <w:rsid w:val="009B2BBC"/>
     <w:rsid w:val="009B352A"/>
     <w:rsid w:val="009B4088"/>
     <w:rsid w:val="009B49F1"/>
     <w:rsid w:val="009B4C36"/>
     <w:rsid w:val="009B5672"/>
     <w:rsid w:val="009B5728"/>
     <w:rsid w:val="009B5829"/>
     <w:rsid w:val="009B5CD2"/>
     <w:rsid w:val="009B75A5"/>
     <w:rsid w:val="009C039A"/>
     <w:rsid w:val="009C1D83"/>
     <w:rsid w:val="009C434C"/>
     <w:rsid w:val="009C4693"/>
     <w:rsid w:val="009C5F31"/>
     <w:rsid w:val="009C794F"/>
     <w:rsid w:val="009C79D2"/>
     <w:rsid w:val="009D0BDD"/>
     <w:rsid w:val="009D12DF"/>
     <w:rsid w:val="009D1B5F"/>
+    <w:rsid w:val="009D2A0F"/>
     <w:rsid w:val="009D34C9"/>
     <w:rsid w:val="009D4AA3"/>
     <w:rsid w:val="009D4BFA"/>
     <w:rsid w:val="009D4C6C"/>
     <w:rsid w:val="009D4D23"/>
     <w:rsid w:val="009D5357"/>
     <w:rsid w:val="009D5694"/>
     <w:rsid w:val="009E0179"/>
     <w:rsid w:val="009E0466"/>
     <w:rsid w:val="009E0B56"/>
     <w:rsid w:val="009E1231"/>
     <w:rsid w:val="009E126B"/>
     <w:rsid w:val="009E19BB"/>
     <w:rsid w:val="009E1E73"/>
     <w:rsid w:val="009E25E2"/>
     <w:rsid w:val="009E39EE"/>
     <w:rsid w:val="009E3EF4"/>
     <w:rsid w:val="009E4E50"/>
     <w:rsid w:val="009E564D"/>
     <w:rsid w:val="009E5925"/>
     <w:rsid w:val="009E593E"/>
     <w:rsid w:val="009E598B"/>
     <w:rsid w:val="009E5BCE"/>
     <w:rsid w:val="009E6084"/>
     <w:rsid w:val="009E6912"/>
     <w:rsid w:val="009E696A"/>
     <w:rsid w:val="009E6CBC"/>
     <w:rsid w:val="009E751D"/>
     <w:rsid w:val="009E7E9A"/>
     <w:rsid w:val="009F40BF"/>
     <w:rsid w:val="009F415E"/>
     <w:rsid w:val="009F4990"/>
     <w:rsid w:val="009F539C"/>
     <w:rsid w:val="009F57E1"/>
     <w:rsid w:val="009F6434"/>
     <w:rsid w:val="009F6AFE"/>
     <w:rsid w:val="009F6E15"/>
     <w:rsid w:val="00A011C5"/>
     <w:rsid w:val="00A02115"/>
     <w:rsid w:val="00A03878"/>
     <w:rsid w:val="00A0451C"/>
     <w:rsid w:val="00A04994"/>
     <w:rsid w:val="00A04A7F"/>
     <w:rsid w:val="00A04F87"/>
+    <w:rsid w:val="00A0561A"/>
     <w:rsid w:val="00A07CD6"/>
     <w:rsid w:val="00A10252"/>
+    <w:rsid w:val="00A1194D"/>
     <w:rsid w:val="00A119A1"/>
     <w:rsid w:val="00A12881"/>
     <w:rsid w:val="00A13168"/>
     <w:rsid w:val="00A163D1"/>
     <w:rsid w:val="00A16D57"/>
     <w:rsid w:val="00A16FBF"/>
     <w:rsid w:val="00A17146"/>
     <w:rsid w:val="00A17F71"/>
     <w:rsid w:val="00A20BF3"/>
     <w:rsid w:val="00A20D57"/>
+    <w:rsid w:val="00A21033"/>
     <w:rsid w:val="00A21BE7"/>
     <w:rsid w:val="00A21ED7"/>
     <w:rsid w:val="00A2202D"/>
     <w:rsid w:val="00A23087"/>
     <w:rsid w:val="00A241D8"/>
     <w:rsid w:val="00A24AE6"/>
     <w:rsid w:val="00A25DDB"/>
     <w:rsid w:val="00A27265"/>
     <w:rsid w:val="00A27DE0"/>
     <w:rsid w:val="00A301E5"/>
     <w:rsid w:val="00A30A16"/>
     <w:rsid w:val="00A30CE6"/>
     <w:rsid w:val="00A310AB"/>
     <w:rsid w:val="00A3143C"/>
     <w:rsid w:val="00A32B7D"/>
     <w:rsid w:val="00A32E42"/>
     <w:rsid w:val="00A33C6F"/>
     <w:rsid w:val="00A36933"/>
     <w:rsid w:val="00A37315"/>
     <w:rsid w:val="00A3751D"/>
     <w:rsid w:val="00A37D4E"/>
     <w:rsid w:val="00A41997"/>
     <w:rsid w:val="00A419D5"/>
     <w:rsid w:val="00A41F60"/>
     <w:rsid w:val="00A4255B"/>
     <w:rsid w:val="00A439DF"/>
     <w:rsid w:val="00A439E3"/>
     <w:rsid w:val="00A454B3"/>
     <w:rsid w:val="00A462BA"/>
     <w:rsid w:val="00A47169"/>
     <w:rsid w:val="00A5002C"/>
     <w:rsid w:val="00A5071A"/>
     <w:rsid w:val="00A53F93"/>
     <w:rsid w:val="00A53FF2"/>
     <w:rsid w:val="00A543AE"/>
+    <w:rsid w:val="00A548B8"/>
     <w:rsid w:val="00A551C6"/>
     <w:rsid w:val="00A56681"/>
     <w:rsid w:val="00A6013A"/>
     <w:rsid w:val="00A608F5"/>
     <w:rsid w:val="00A61379"/>
     <w:rsid w:val="00A61AD8"/>
     <w:rsid w:val="00A61D9E"/>
     <w:rsid w:val="00A61DE7"/>
     <w:rsid w:val="00A62546"/>
     <w:rsid w:val="00A625D5"/>
     <w:rsid w:val="00A63174"/>
     <w:rsid w:val="00A63798"/>
     <w:rsid w:val="00A638A0"/>
     <w:rsid w:val="00A63BB2"/>
     <w:rsid w:val="00A6481B"/>
     <w:rsid w:val="00A66EA1"/>
     <w:rsid w:val="00A67088"/>
     <w:rsid w:val="00A67223"/>
     <w:rsid w:val="00A67944"/>
     <w:rsid w:val="00A67E65"/>
     <w:rsid w:val="00A70208"/>
     <w:rsid w:val="00A706BE"/>
     <w:rsid w:val="00A716E7"/>
     <w:rsid w:val="00A7179F"/>
     <w:rsid w:val="00A71F87"/>
     <w:rsid w:val="00A726D8"/>
     <w:rsid w:val="00A732A6"/>
     <w:rsid w:val="00A75569"/>
     <w:rsid w:val="00A80572"/>
     <w:rsid w:val="00A80E49"/>
     <w:rsid w:val="00A81D7B"/>
     <w:rsid w:val="00A843BC"/>
     <w:rsid w:val="00A84818"/>
     <w:rsid w:val="00A850E5"/>
     <w:rsid w:val="00A852A0"/>
     <w:rsid w:val="00A86449"/>
     <w:rsid w:val="00A90779"/>
     <w:rsid w:val="00A90B5B"/>
     <w:rsid w:val="00A90F15"/>
+    <w:rsid w:val="00A91748"/>
     <w:rsid w:val="00A91B1D"/>
     <w:rsid w:val="00A930B9"/>
     <w:rsid w:val="00A93751"/>
     <w:rsid w:val="00A94552"/>
     <w:rsid w:val="00A95097"/>
     <w:rsid w:val="00A963DE"/>
     <w:rsid w:val="00A969B4"/>
     <w:rsid w:val="00A97829"/>
     <w:rsid w:val="00A97B59"/>
     <w:rsid w:val="00AA1EC9"/>
+    <w:rsid w:val="00AA2361"/>
     <w:rsid w:val="00AA26BF"/>
     <w:rsid w:val="00AA27B3"/>
     <w:rsid w:val="00AA2C4F"/>
     <w:rsid w:val="00AA30A6"/>
     <w:rsid w:val="00AA32D4"/>
     <w:rsid w:val="00AA35C7"/>
     <w:rsid w:val="00AA377F"/>
     <w:rsid w:val="00AA38A8"/>
     <w:rsid w:val="00AA3A0A"/>
     <w:rsid w:val="00AA4C24"/>
     <w:rsid w:val="00AA511F"/>
     <w:rsid w:val="00AA6174"/>
     <w:rsid w:val="00AA652F"/>
     <w:rsid w:val="00AA6B96"/>
     <w:rsid w:val="00AB0BF4"/>
     <w:rsid w:val="00AB2820"/>
     <w:rsid w:val="00AB4905"/>
     <w:rsid w:val="00AB4A9E"/>
     <w:rsid w:val="00AB5451"/>
     <w:rsid w:val="00AB622C"/>
     <w:rsid w:val="00AB6CB0"/>
     <w:rsid w:val="00AB6E29"/>
+    <w:rsid w:val="00AB7477"/>
     <w:rsid w:val="00AC23E0"/>
     <w:rsid w:val="00AC4165"/>
     <w:rsid w:val="00AC4721"/>
     <w:rsid w:val="00AC4A96"/>
     <w:rsid w:val="00AC5CB4"/>
     <w:rsid w:val="00AC5D5D"/>
     <w:rsid w:val="00AC6321"/>
     <w:rsid w:val="00AC75B6"/>
     <w:rsid w:val="00AD0188"/>
     <w:rsid w:val="00AD175A"/>
     <w:rsid w:val="00AD1E0F"/>
     <w:rsid w:val="00AD2DE6"/>
     <w:rsid w:val="00AD30CB"/>
+    <w:rsid w:val="00AD3AE5"/>
     <w:rsid w:val="00AD4463"/>
     <w:rsid w:val="00AD45C5"/>
     <w:rsid w:val="00AD635E"/>
     <w:rsid w:val="00AD6611"/>
     <w:rsid w:val="00AD737F"/>
     <w:rsid w:val="00AD7DCD"/>
     <w:rsid w:val="00AD7FF3"/>
     <w:rsid w:val="00AE019C"/>
+    <w:rsid w:val="00AE0B42"/>
     <w:rsid w:val="00AE0B45"/>
     <w:rsid w:val="00AE1A6F"/>
     <w:rsid w:val="00AE1D40"/>
     <w:rsid w:val="00AE23EA"/>
     <w:rsid w:val="00AE2660"/>
     <w:rsid w:val="00AE31BA"/>
     <w:rsid w:val="00AE44E2"/>
     <w:rsid w:val="00AE462A"/>
     <w:rsid w:val="00AE578A"/>
     <w:rsid w:val="00AE6BAE"/>
     <w:rsid w:val="00AE7450"/>
     <w:rsid w:val="00AE76D5"/>
     <w:rsid w:val="00AF21A3"/>
     <w:rsid w:val="00AF3228"/>
     <w:rsid w:val="00AF3A63"/>
     <w:rsid w:val="00AF3B29"/>
     <w:rsid w:val="00AF4408"/>
     <w:rsid w:val="00AF6B7F"/>
     <w:rsid w:val="00AF7529"/>
     <w:rsid w:val="00AF7F16"/>
     <w:rsid w:val="00B00568"/>
     <w:rsid w:val="00B00BB9"/>
     <w:rsid w:val="00B00FAF"/>
     <w:rsid w:val="00B01230"/>
     <w:rsid w:val="00B01295"/>
@@ -11570,191 +9938,205 @@
     <w:rsid w:val="00B248DF"/>
     <w:rsid w:val="00B26FD4"/>
     <w:rsid w:val="00B303B0"/>
     <w:rsid w:val="00B303DB"/>
     <w:rsid w:val="00B3082E"/>
     <w:rsid w:val="00B30F0E"/>
     <w:rsid w:val="00B317E0"/>
     <w:rsid w:val="00B31C68"/>
     <w:rsid w:val="00B31F71"/>
     <w:rsid w:val="00B33874"/>
     <w:rsid w:val="00B35A24"/>
     <w:rsid w:val="00B35FD7"/>
     <w:rsid w:val="00B40867"/>
     <w:rsid w:val="00B40DA7"/>
     <w:rsid w:val="00B418AB"/>
     <w:rsid w:val="00B419D1"/>
     <w:rsid w:val="00B42014"/>
     <w:rsid w:val="00B42E96"/>
     <w:rsid w:val="00B42EFD"/>
     <w:rsid w:val="00B43B05"/>
     <w:rsid w:val="00B446E6"/>
     <w:rsid w:val="00B44D87"/>
     <w:rsid w:val="00B461A6"/>
     <w:rsid w:val="00B46487"/>
     <w:rsid w:val="00B50735"/>
+    <w:rsid w:val="00B51176"/>
     <w:rsid w:val="00B51DEF"/>
     <w:rsid w:val="00B520B8"/>
     <w:rsid w:val="00B52109"/>
     <w:rsid w:val="00B52D81"/>
     <w:rsid w:val="00B53F79"/>
     <w:rsid w:val="00B55B34"/>
     <w:rsid w:val="00B55E6D"/>
     <w:rsid w:val="00B568B5"/>
     <w:rsid w:val="00B56BAD"/>
     <w:rsid w:val="00B56BD6"/>
     <w:rsid w:val="00B577A7"/>
     <w:rsid w:val="00B611FB"/>
     <w:rsid w:val="00B61253"/>
     <w:rsid w:val="00B620B8"/>
     <w:rsid w:val="00B62B8C"/>
     <w:rsid w:val="00B62C79"/>
+    <w:rsid w:val="00B63A70"/>
     <w:rsid w:val="00B64036"/>
     <w:rsid w:val="00B64554"/>
     <w:rsid w:val="00B671AF"/>
     <w:rsid w:val="00B67826"/>
     <w:rsid w:val="00B6795F"/>
     <w:rsid w:val="00B71271"/>
     <w:rsid w:val="00B71A5E"/>
     <w:rsid w:val="00B72D33"/>
     <w:rsid w:val="00B72D3E"/>
     <w:rsid w:val="00B72F14"/>
+    <w:rsid w:val="00B73E80"/>
     <w:rsid w:val="00B746FA"/>
     <w:rsid w:val="00B74FC8"/>
     <w:rsid w:val="00B754A6"/>
     <w:rsid w:val="00B75982"/>
     <w:rsid w:val="00B7633C"/>
     <w:rsid w:val="00B765E3"/>
     <w:rsid w:val="00B7663E"/>
     <w:rsid w:val="00B7714F"/>
     <w:rsid w:val="00B820DB"/>
     <w:rsid w:val="00B8310F"/>
     <w:rsid w:val="00B8328B"/>
     <w:rsid w:val="00B850D9"/>
     <w:rsid w:val="00B86D26"/>
     <w:rsid w:val="00B87990"/>
     <w:rsid w:val="00B87ED2"/>
     <w:rsid w:val="00B91348"/>
+    <w:rsid w:val="00B92583"/>
     <w:rsid w:val="00B935AC"/>
     <w:rsid w:val="00B94261"/>
     <w:rsid w:val="00B962FA"/>
     <w:rsid w:val="00B96B1C"/>
     <w:rsid w:val="00B972D8"/>
     <w:rsid w:val="00B975EA"/>
     <w:rsid w:val="00B977F0"/>
     <w:rsid w:val="00B97FF5"/>
     <w:rsid w:val="00BA30F1"/>
     <w:rsid w:val="00BA3780"/>
     <w:rsid w:val="00BA4679"/>
     <w:rsid w:val="00BA4773"/>
     <w:rsid w:val="00BA674E"/>
     <w:rsid w:val="00BA7935"/>
     <w:rsid w:val="00BB0CBD"/>
     <w:rsid w:val="00BB122C"/>
     <w:rsid w:val="00BB141C"/>
     <w:rsid w:val="00BB1F41"/>
     <w:rsid w:val="00BB2845"/>
     <w:rsid w:val="00BB331D"/>
     <w:rsid w:val="00BB5985"/>
     <w:rsid w:val="00BB5D4A"/>
     <w:rsid w:val="00BB6A27"/>
     <w:rsid w:val="00BB7EAF"/>
     <w:rsid w:val="00BC0426"/>
+    <w:rsid w:val="00BC0917"/>
     <w:rsid w:val="00BC0A9B"/>
     <w:rsid w:val="00BC14B9"/>
     <w:rsid w:val="00BC157A"/>
     <w:rsid w:val="00BC209D"/>
     <w:rsid w:val="00BC20E6"/>
     <w:rsid w:val="00BC2175"/>
     <w:rsid w:val="00BC2585"/>
     <w:rsid w:val="00BC30B3"/>
+    <w:rsid w:val="00BC39E6"/>
+    <w:rsid w:val="00BC4383"/>
     <w:rsid w:val="00BC4C8E"/>
     <w:rsid w:val="00BC4F29"/>
     <w:rsid w:val="00BC5246"/>
     <w:rsid w:val="00BC6781"/>
     <w:rsid w:val="00BC7859"/>
     <w:rsid w:val="00BC7DF6"/>
     <w:rsid w:val="00BC7F2E"/>
+    <w:rsid w:val="00BD0559"/>
     <w:rsid w:val="00BD0A93"/>
     <w:rsid w:val="00BD0D40"/>
     <w:rsid w:val="00BD188B"/>
     <w:rsid w:val="00BD3ECE"/>
+    <w:rsid w:val="00BD3FEC"/>
     <w:rsid w:val="00BD42FD"/>
     <w:rsid w:val="00BD4FF8"/>
     <w:rsid w:val="00BD5373"/>
     <w:rsid w:val="00BD5939"/>
     <w:rsid w:val="00BD5BAA"/>
     <w:rsid w:val="00BD5F1D"/>
     <w:rsid w:val="00BE28FF"/>
     <w:rsid w:val="00BE4C00"/>
+    <w:rsid w:val="00BE655E"/>
     <w:rsid w:val="00BE69FE"/>
     <w:rsid w:val="00BE71E2"/>
     <w:rsid w:val="00BE748F"/>
     <w:rsid w:val="00BF097E"/>
     <w:rsid w:val="00BF1118"/>
     <w:rsid w:val="00BF1282"/>
     <w:rsid w:val="00BF1459"/>
     <w:rsid w:val="00BF14FC"/>
     <w:rsid w:val="00BF40BA"/>
     <w:rsid w:val="00BF5EB4"/>
     <w:rsid w:val="00BF76E9"/>
     <w:rsid w:val="00C00179"/>
     <w:rsid w:val="00C005D6"/>
     <w:rsid w:val="00C0394C"/>
     <w:rsid w:val="00C03F06"/>
     <w:rsid w:val="00C04018"/>
     <w:rsid w:val="00C05D65"/>
     <w:rsid w:val="00C077C5"/>
     <w:rsid w:val="00C07C74"/>
     <w:rsid w:val="00C10C3B"/>
     <w:rsid w:val="00C12AF7"/>
     <w:rsid w:val="00C12D31"/>
     <w:rsid w:val="00C12DA0"/>
     <w:rsid w:val="00C1384D"/>
     <w:rsid w:val="00C13B2E"/>
     <w:rsid w:val="00C142D8"/>
     <w:rsid w:val="00C1450A"/>
     <w:rsid w:val="00C1543C"/>
+    <w:rsid w:val="00C15514"/>
+    <w:rsid w:val="00C15600"/>
     <w:rsid w:val="00C15A76"/>
+    <w:rsid w:val="00C16033"/>
     <w:rsid w:val="00C16B8F"/>
     <w:rsid w:val="00C16BBA"/>
     <w:rsid w:val="00C16F8F"/>
     <w:rsid w:val="00C17369"/>
     <w:rsid w:val="00C20BE0"/>
     <w:rsid w:val="00C20FDF"/>
     <w:rsid w:val="00C218A4"/>
     <w:rsid w:val="00C227CE"/>
     <w:rsid w:val="00C2302E"/>
     <w:rsid w:val="00C23C80"/>
     <w:rsid w:val="00C23ED1"/>
     <w:rsid w:val="00C2562A"/>
     <w:rsid w:val="00C27BF7"/>
     <w:rsid w:val="00C27FCF"/>
     <w:rsid w:val="00C3042E"/>
     <w:rsid w:val="00C306FC"/>
     <w:rsid w:val="00C32129"/>
     <w:rsid w:val="00C32F15"/>
+    <w:rsid w:val="00C35FCA"/>
     <w:rsid w:val="00C36E1A"/>
     <w:rsid w:val="00C371F5"/>
     <w:rsid w:val="00C374F1"/>
     <w:rsid w:val="00C4027F"/>
     <w:rsid w:val="00C414A6"/>
     <w:rsid w:val="00C422D2"/>
     <w:rsid w:val="00C4298A"/>
     <w:rsid w:val="00C44E0F"/>
     <w:rsid w:val="00C45725"/>
     <w:rsid w:val="00C45852"/>
     <w:rsid w:val="00C46DAF"/>
     <w:rsid w:val="00C4728E"/>
     <w:rsid w:val="00C506A5"/>
     <w:rsid w:val="00C513CA"/>
     <w:rsid w:val="00C51FB8"/>
     <w:rsid w:val="00C524F6"/>
     <w:rsid w:val="00C53747"/>
     <w:rsid w:val="00C53CC0"/>
     <w:rsid w:val="00C53E4F"/>
     <w:rsid w:val="00C53E6E"/>
     <w:rsid w:val="00C542BF"/>
     <w:rsid w:val="00C5571D"/>
     <w:rsid w:val="00C56F01"/>
     <w:rsid w:val="00C5712B"/>
     <w:rsid w:val="00C5722D"/>
@@ -11769,102 +10151,105 @@
     <w:rsid w:val="00C630CB"/>
     <w:rsid w:val="00C65858"/>
     <w:rsid w:val="00C658BD"/>
     <w:rsid w:val="00C6667D"/>
     <w:rsid w:val="00C67952"/>
     <w:rsid w:val="00C67B53"/>
     <w:rsid w:val="00C67C11"/>
     <w:rsid w:val="00C7034B"/>
     <w:rsid w:val="00C70797"/>
     <w:rsid w:val="00C707A4"/>
     <w:rsid w:val="00C70E0C"/>
     <w:rsid w:val="00C7406C"/>
     <w:rsid w:val="00C74310"/>
     <w:rsid w:val="00C74911"/>
     <w:rsid w:val="00C7761D"/>
     <w:rsid w:val="00C77D4A"/>
     <w:rsid w:val="00C801D4"/>
     <w:rsid w:val="00C80299"/>
     <w:rsid w:val="00C811AC"/>
     <w:rsid w:val="00C819C8"/>
     <w:rsid w:val="00C81A35"/>
     <w:rsid w:val="00C8209B"/>
     <w:rsid w:val="00C83E48"/>
     <w:rsid w:val="00C847DA"/>
     <w:rsid w:val="00C84D82"/>
+    <w:rsid w:val="00C91381"/>
     <w:rsid w:val="00C9285D"/>
     <w:rsid w:val="00C92CF7"/>
     <w:rsid w:val="00C93874"/>
     <w:rsid w:val="00C94837"/>
     <w:rsid w:val="00C96E38"/>
     <w:rsid w:val="00C9712A"/>
     <w:rsid w:val="00CA07D5"/>
     <w:rsid w:val="00CA08EC"/>
     <w:rsid w:val="00CA0AB3"/>
     <w:rsid w:val="00CA363B"/>
     <w:rsid w:val="00CA43F3"/>
     <w:rsid w:val="00CA653A"/>
     <w:rsid w:val="00CA6F62"/>
     <w:rsid w:val="00CA75B0"/>
     <w:rsid w:val="00CA792C"/>
     <w:rsid w:val="00CB1696"/>
     <w:rsid w:val="00CB1E2D"/>
     <w:rsid w:val="00CB1EBC"/>
     <w:rsid w:val="00CB2012"/>
     <w:rsid w:val="00CB6397"/>
     <w:rsid w:val="00CB6551"/>
     <w:rsid w:val="00CB6C51"/>
     <w:rsid w:val="00CB7672"/>
     <w:rsid w:val="00CC286A"/>
     <w:rsid w:val="00CC2923"/>
     <w:rsid w:val="00CC2D4A"/>
     <w:rsid w:val="00CC4350"/>
     <w:rsid w:val="00CC4580"/>
     <w:rsid w:val="00CC47BB"/>
     <w:rsid w:val="00CC59B9"/>
     <w:rsid w:val="00CC5EB5"/>
     <w:rsid w:val="00CC7A80"/>
     <w:rsid w:val="00CD0416"/>
     <w:rsid w:val="00CD2A68"/>
     <w:rsid w:val="00CD3157"/>
     <w:rsid w:val="00CD3877"/>
     <w:rsid w:val="00CD629F"/>
     <w:rsid w:val="00CD6DC0"/>
     <w:rsid w:val="00CD7114"/>
     <w:rsid w:val="00CD7B22"/>
     <w:rsid w:val="00CD7B9E"/>
     <w:rsid w:val="00CD7C13"/>
     <w:rsid w:val="00CE168E"/>
     <w:rsid w:val="00CE2631"/>
+    <w:rsid w:val="00CE30C0"/>
     <w:rsid w:val="00CE499B"/>
     <w:rsid w:val="00CE4A09"/>
     <w:rsid w:val="00CE57DF"/>
     <w:rsid w:val="00CE58E9"/>
     <w:rsid w:val="00CE6936"/>
     <w:rsid w:val="00CE6C58"/>
     <w:rsid w:val="00CE7976"/>
     <w:rsid w:val="00CF03A2"/>
+    <w:rsid w:val="00CF088F"/>
     <w:rsid w:val="00CF0CFA"/>
     <w:rsid w:val="00CF0D2D"/>
     <w:rsid w:val="00CF121F"/>
     <w:rsid w:val="00CF1618"/>
     <w:rsid w:val="00CF17BD"/>
     <w:rsid w:val="00CF1FC5"/>
     <w:rsid w:val="00CF2A63"/>
     <w:rsid w:val="00CF3087"/>
     <w:rsid w:val="00CF3A55"/>
     <w:rsid w:val="00CF4B4B"/>
     <w:rsid w:val="00CF4D5D"/>
     <w:rsid w:val="00CF520C"/>
     <w:rsid w:val="00CF5B21"/>
     <w:rsid w:val="00CF5D8A"/>
     <w:rsid w:val="00CF5E56"/>
     <w:rsid w:val="00CF64B3"/>
     <w:rsid w:val="00CF6D7C"/>
     <w:rsid w:val="00CF7C79"/>
     <w:rsid w:val="00CF7CE7"/>
     <w:rsid w:val="00D0038C"/>
     <w:rsid w:val="00D006EE"/>
     <w:rsid w:val="00D00AF9"/>
     <w:rsid w:val="00D016E8"/>
     <w:rsid w:val="00D016EB"/>
     <w:rsid w:val="00D01873"/>
@@ -11898,121 +10283,126 @@
     <w:rsid w:val="00D322CE"/>
     <w:rsid w:val="00D338AA"/>
     <w:rsid w:val="00D33BC4"/>
     <w:rsid w:val="00D33F8A"/>
     <w:rsid w:val="00D34472"/>
     <w:rsid w:val="00D3486F"/>
     <w:rsid w:val="00D35AB1"/>
     <w:rsid w:val="00D36B81"/>
     <w:rsid w:val="00D36E39"/>
     <w:rsid w:val="00D37790"/>
     <w:rsid w:val="00D37DBA"/>
     <w:rsid w:val="00D4002B"/>
     <w:rsid w:val="00D401EE"/>
     <w:rsid w:val="00D40238"/>
     <w:rsid w:val="00D40497"/>
     <w:rsid w:val="00D407F8"/>
     <w:rsid w:val="00D40823"/>
     <w:rsid w:val="00D40D4E"/>
     <w:rsid w:val="00D41797"/>
     <w:rsid w:val="00D41B3B"/>
     <w:rsid w:val="00D42D55"/>
     <w:rsid w:val="00D44E7C"/>
     <w:rsid w:val="00D47746"/>
     <w:rsid w:val="00D47965"/>
     <w:rsid w:val="00D50E37"/>
+    <w:rsid w:val="00D50EAE"/>
     <w:rsid w:val="00D514FA"/>
     <w:rsid w:val="00D51967"/>
     <w:rsid w:val="00D521B2"/>
     <w:rsid w:val="00D53A26"/>
     <w:rsid w:val="00D54C98"/>
     <w:rsid w:val="00D55800"/>
     <w:rsid w:val="00D558E3"/>
     <w:rsid w:val="00D55E7C"/>
     <w:rsid w:val="00D57DC6"/>
     <w:rsid w:val="00D603E2"/>
     <w:rsid w:val="00D605EC"/>
     <w:rsid w:val="00D606A0"/>
     <w:rsid w:val="00D606BC"/>
     <w:rsid w:val="00D616D5"/>
     <w:rsid w:val="00D62639"/>
     <w:rsid w:val="00D63245"/>
     <w:rsid w:val="00D64947"/>
     <w:rsid w:val="00D652F9"/>
     <w:rsid w:val="00D66B39"/>
     <w:rsid w:val="00D67AA7"/>
     <w:rsid w:val="00D70584"/>
     <w:rsid w:val="00D7203C"/>
     <w:rsid w:val="00D724FA"/>
     <w:rsid w:val="00D732FA"/>
     <w:rsid w:val="00D738D9"/>
     <w:rsid w:val="00D75CC7"/>
     <w:rsid w:val="00D75CDF"/>
     <w:rsid w:val="00D7673A"/>
     <w:rsid w:val="00D81665"/>
     <w:rsid w:val="00D82772"/>
     <w:rsid w:val="00D82DB1"/>
     <w:rsid w:val="00D832FC"/>
     <w:rsid w:val="00D834AC"/>
     <w:rsid w:val="00D8353F"/>
     <w:rsid w:val="00D837D5"/>
     <w:rsid w:val="00D8408E"/>
     <w:rsid w:val="00D850FB"/>
     <w:rsid w:val="00D86A91"/>
     <w:rsid w:val="00D86DA3"/>
     <w:rsid w:val="00D86FC5"/>
     <w:rsid w:val="00D91DB7"/>
+    <w:rsid w:val="00D91DD1"/>
+    <w:rsid w:val="00D92702"/>
     <w:rsid w:val="00D92919"/>
     <w:rsid w:val="00D93114"/>
     <w:rsid w:val="00D93758"/>
     <w:rsid w:val="00D941EA"/>
     <w:rsid w:val="00D9435C"/>
     <w:rsid w:val="00D94F6E"/>
     <w:rsid w:val="00D957DC"/>
     <w:rsid w:val="00D95CA2"/>
     <w:rsid w:val="00D97839"/>
     <w:rsid w:val="00D97BBB"/>
     <w:rsid w:val="00D97C06"/>
     <w:rsid w:val="00DA017E"/>
     <w:rsid w:val="00DA05D2"/>
     <w:rsid w:val="00DA0FB4"/>
     <w:rsid w:val="00DA2BA0"/>
     <w:rsid w:val="00DA336A"/>
     <w:rsid w:val="00DA3C7D"/>
     <w:rsid w:val="00DA4514"/>
     <w:rsid w:val="00DA5805"/>
     <w:rsid w:val="00DA5D76"/>
     <w:rsid w:val="00DA6368"/>
     <w:rsid w:val="00DA6536"/>
     <w:rsid w:val="00DA6CF3"/>
     <w:rsid w:val="00DA7424"/>
     <w:rsid w:val="00DA79D3"/>
     <w:rsid w:val="00DA7B74"/>
     <w:rsid w:val="00DB13E2"/>
     <w:rsid w:val="00DB15AB"/>
+    <w:rsid w:val="00DB15EC"/>
     <w:rsid w:val="00DB3219"/>
     <w:rsid w:val="00DB33DC"/>
+    <w:rsid w:val="00DB4AE0"/>
     <w:rsid w:val="00DB63A0"/>
     <w:rsid w:val="00DB6A17"/>
     <w:rsid w:val="00DB6C7D"/>
     <w:rsid w:val="00DB7D8D"/>
     <w:rsid w:val="00DC0CB8"/>
     <w:rsid w:val="00DC111E"/>
     <w:rsid w:val="00DC23F3"/>
     <w:rsid w:val="00DC28CF"/>
     <w:rsid w:val="00DC2CA3"/>
     <w:rsid w:val="00DC3079"/>
     <w:rsid w:val="00DC3A0A"/>
     <w:rsid w:val="00DC4D75"/>
     <w:rsid w:val="00DC5107"/>
     <w:rsid w:val="00DC52C0"/>
     <w:rsid w:val="00DC6246"/>
     <w:rsid w:val="00DC6350"/>
     <w:rsid w:val="00DC67C6"/>
     <w:rsid w:val="00DC7DF6"/>
     <w:rsid w:val="00DD1117"/>
     <w:rsid w:val="00DD1344"/>
     <w:rsid w:val="00DD180F"/>
     <w:rsid w:val="00DD1AF6"/>
     <w:rsid w:val="00DD2143"/>
     <w:rsid w:val="00DD353E"/>
     <w:rsid w:val="00DD46A3"/>
@@ -12030,129 +10420,133 @@
     <w:rsid w:val="00DF4207"/>
     <w:rsid w:val="00DF478E"/>
     <w:rsid w:val="00DF49DC"/>
     <w:rsid w:val="00DF5C8F"/>
     <w:rsid w:val="00DF60F7"/>
     <w:rsid w:val="00DF6A30"/>
     <w:rsid w:val="00DF7D8C"/>
     <w:rsid w:val="00E00383"/>
     <w:rsid w:val="00E01B2F"/>
     <w:rsid w:val="00E0393D"/>
     <w:rsid w:val="00E042F8"/>
     <w:rsid w:val="00E04828"/>
     <w:rsid w:val="00E04AE7"/>
     <w:rsid w:val="00E04E34"/>
     <w:rsid w:val="00E060DD"/>
     <w:rsid w:val="00E06161"/>
     <w:rsid w:val="00E06430"/>
     <w:rsid w:val="00E07F60"/>
     <w:rsid w:val="00E11DED"/>
     <w:rsid w:val="00E1224F"/>
     <w:rsid w:val="00E12F7F"/>
     <w:rsid w:val="00E13311"/>
     <w:rsid w:val="00E13392"/>
     <w:rsid w:val="00E13569"/>
     <w:rsid w:val="00E1359F"/>
+    <w:rsid w:val="00E141E4"/>
     <w:rsid w:val="00E14DE8"/>
     <w:rsid w:val="00E1518D"/>
     <w:rsid w:val="00E15281"/>
     <w:rsid w:val="00E1668B"/>
     <w:rsid w:val="00E1736C"/>
     <w:rsid w:val="00E20BDF"/>
     <w:rsid w:val="00E2132C"/>
     <w:rsid w:val="00E2168B"/>
     <w:rsid w:val="00E22C0D"/>
     <w:rsid w:val="00E23196"/>
     <w:rsid w:val="00E23F5A"/>
     <w:rsid w:val="00E24911"/>
     <w:rsid w:val="00E249D8"/>
     <w:rsid w:val="00E24AAA"/>
     <w:rsid w:val="00E26595"/>
     <w:rsid w:val="00E27ED9"/>
     <w:rsid w:val="00E301F4"/>
     <w:rsid w:val="00E31011"/>
     <w:rsid w:val="00E332A8"/>
     <w:rsid w:val="00E334FC"/>
     <w:rsid w:val="00E34042"/>
     <w:rsid w:val="00E34DFE"/>
     <w:rsid w:val="00E3558D"/>
     <w:rsid w:val="00E3576C"/>
     <w:rsid w:val="00E4019F"/>
     <w:rsid w:val="00E4056F"/>
     <w:rsid w:val="00E420C9"/>
+    <w:rsid w:val="00E4388D"/>
     <w:rsid w:val="00E44C71"/>
     <w:rsid w:val="00E4538E"/>
+    <w:rsid w:val="00E457A0"/>
     <w:rsid w:val="00E50B9B"/>
     <w:rsid w:val="00E53341"/>
     <w:rsid w:val="00E53C72"/>
     <w:rsid w:val="00E55A15"/>
     <w:rsid w:val="00E561B2"/>
     <w:rsid w:val="00E5669E"/>
     <w:rsid w:val="00E56E30"/>
     <w:rsid w:val="00E574E5"/>
     <w:rsid w:val="00E57DCC"/>
     <w:rsid w:val="00E60F8E"/>
     <w:rsid w:val="00E616B6"/>
     <w:rsid w:val="00E61BAC"/>
     <w:rsid w:val="00E624C6"/>
     <w:rsid w:val="00E62A4C"/>
     <w:rsid w:val="00E63523"/>
     <w:rsid w:val="00E64973"/>
     <w:rsid w:val="00E64FBA"/>
     <w:rsid w:val="00E651C9"/>
     <w:rsid w:val="00E6570A"/>
     <w:rsid w:val="00E670B0"/>
     <w:rsid w:val="00E6718B"/>
     <w:rsid w:val="00E70234"/>
     <w:rsid w:val="00E74359"/>
     <w:rsid w:val="00E75981"/>
     <w:rsid w:val="00E76676"/>
     <w:rsid w:val="00E77196"/>
     <w:rsid w:val="00E81A9B"/>
     <w:rsid w:val="00E823D8"/>
     <w:rsid w:val="00E8564B"/>
     <w:rsid w:val="00E860DD"/>
     <w:rsid w:val="00E90F83"/>
     <w:rsid w:val="00E91451"/>
     <w:rsid w:val="00E91832"/>
     <w:rsid w:val="00E92B14"/>
     <w:rsid w:val="00E95235"/>
     <w:rsid w:val="00E9536F"/>
     <w:rsid w:val="00E957EF"/>
     <w:rsid w:val="00E95E0C"/>
     <w:rsid w:val="00E9631C"/>
     <w:rsid w:val="00E96545"/>
     <w:rsid w:val="00EA0069"/>
     <w:rsid w:val="00EA0627"/>
     <w:rsid w:val="00EA0B8E"/>
     <w:rsid w:val="00EA19A0"/>
     <w:rsid w:val="00EA303A"/>
     <w:rsid w:val="00EA34A1"/>
     <w:rsid w:val="00EA36E0"/>
     <w:rsid w:val="00EA380A"/>
     <w:rsid w:val="00EA3CF9"/>
     <w:rsid w:val="00EA3DBD"/>
+    <w:rsid w:val="00EA4467"/>
     <w:rsid w:val="00EA48B7"/>
     <w:rsid w:val="00EA54B3"/>
     <w:rsid w:val="00EA5E6D"/>
     <w:rsid w:val="00EA6336"/>
     <w:rsid w:val="00EA6FF5"/>
     <w:rsid w:val="00EA7B99"/>
     <w:rsid w:val="00EB0A5A"/>
     <w:rsid w:val="00EB1A10"/>
     <w:rsid w:val="00EB2B89"/>
     <w:rsid w:val="00EB3C84"/>
     <w:rsid w:val="00EB5298"/>
     <w:rsid w:val="00EB5EFE"/>
     <w:rsid w:val="00EB611A"/>
     <w:rsid w:val="00EB6474"/>
     <w:rsid w:val="00EB6556"/>
     <w:rsid w:val="00EB6789"/>
     <w:rsid w:val="00EB78DE"/>
     <w:rsid w:val="00EB7958"/>
     <w:rsid w:val="00EC00B8"/>
     <w:rsid w:val="00EC00E2"/>
     <w:rsid w:val="00EC0428"/>
     <w:rsid w:val="00EC0951"/>
     <w:rsid w:val="00EC1A71"/>
     <w:rsid w:val="00EC2006"/>
     <w:rsid w:val="00EC2322"/>
@@ -12171,50 +10565,51 @@
     <w:rsid w:val="00ED5AE2"/>
     <w:rsid w:val="00ED5D3F"/>
     <w:rsid w:val="00ED68E1"/>
     <w:rsid w:val="00ED6905"/>
     <w:rsid w:val="00EE08F5"/>
     <w:rsid w:val="00EE0A75"/>
     <w:rsid w:val="00EE0BB1"/>
     <w:rsid w:val="00EE0F5D"/>
     <w:rsid w:val="00EE22BB"/>
     <w:rsid w:val="00EE25A8"/>
     <w:rsid w:val="00EE38D4"/>
     <w:rsid w:val="00EE41C3"/>
     <w:rsid w:val="00EE4897"/>
     <w:rsid w:val="00EE5494"/>
     <w:rsid w:val="00EE5E55"/>
     <w:rsid w:val="00EE6CD5"/>
     <w:rsid w:val="00EE6E61"/>
     <w:rsid w:val="00EE7F4A"/>
     <w:rsid w:val="00EF0178"/>
     <w:rsid w:val="00EF03A8"/>
     <w:rsid w:val="00EF0972"/>
     <w:rsid w:val="00EF1188"/>
     <w:rsid w:val="00EF1736"/>
     <w:rsid w:val="00EF1A46"/>
     <w:rsid w:val="00EF2319"/>
+    <w:rsid w:val="00EF32FA"/>
     <w:rsid w:val="00EF34C5"/>
     <w:rsid w:val="00EF4654"/>
     <w:rsid w:val="00EF5085"/>
     <w:rsid w:val="00EF5F83"/>
     <w:rsid w:val="00EF6EBE"/>
     <w:rsid w:val="00EF7609"/>
     <w:rsid w:val="00F01088"/>
     <w:rsid w:val="00F01631"/>
     <w:rsid w:val="00F01633"/>
     <w:rsid w:val="00F0198B"/>
     <w:rsid w:val="00F02034"/>
     <w:rsid w:val="00F02B8C"/>
     <w:rsid w:val="00F03BEF"/>
     <w:rsid w:val="00F04642"/>
     <w:rsid w:val="00F05756"/>
     <w:rsid w:val="00F0621F"/>
     <w:rsid w:val="00F06842"/>
     <w:rsid w:val="00F07418"/>
     <w:rsid w:val="00F07D2C"/>
     <w:rsid w:val="00F10E06"/>
     <w:rsid w:val="00F120A1"/>
     <w:rsid w:val="00F12F3C"/>
     <w:rsid w:val="00F1490A"/>
     <w:rsid w:val="00F16127"/>
     <w:rsid w:val="00F164DE"/>
@@ -12240,149 +10635,154 @@
     <w:rsid w:val="00F3524B"/>
     <w:rsid w:val="00F35754"/>
     <w:rsid w:val="00F35B6D"/>
     <w:rsid w:val="00F37218"/>
     <w:rsid w:val="00F37234"/>
     <w:rsid w:val="00F41474"/>
     <w:rsid w:val="00F41724"/>
     <w:rsid w:val="00F433F5"/>
     <w:rsid w:val="00F4372B"/>
     <w:rsid w:val="00F43776"/>
     <w:rsid w:val="00F44A18"/>
     <w:rsid w:val="00F44F86"/>
     <w:rsid w:val="00F470EB"/>
     <w:rsid w:val="00F477CE"/>
     <w:rsid w:val="00F4783C"/>
     <w:rsid w:val="00F47B4F"/>
     <w:rsid w:val="00F500B4"/>
     <w:rsid w:val="00F50627"/>
     <w:rsid w:val="00F507F1"/>
     <w:rsid w:val="00F51A24"/>
     <w:rsid w:val="00F53767"/>
     <w:rsid w:val="00F53806"/>
     <w:rsid w:val="00F54015"/>
     <w:rsid w:val="00F54606"/>
     <w:rsid w:val="00F5533C"/>
+    <w:rsid w:val="00F56012"/>
     <w:rsid w:val="00F5681D"/>
     <w:rsid w:val="00F5694E"/>
     <w:rsid w:val="00F56BF4"/>
     <w:rsid w:val="00F56CB1"/>
     <w:rsid w:val="00F600C3"/>
     <w:rsid w:val="00F613D1"/>
     <w:rsid w:val="00F61B42"/>
     <w:rsid w:val="00F632EA"/>
     <w:rsid w:val="00F634B1"/>
     <w:rsid w:val="00F639D7"/>
     <w:rsid w:val="00F6415F"/>
     <w:rsid w:val="00F642A8"/>
     <w:rsid w:val="00F644CF"/>
     <w:rsid w:val="00F6577A"/>
     <w:rsid w:val="00F659A9"/>
     <w:rsid w:val="00F65DC3"/>
     <w:rsid w:val="00F66040"/>
+    <w:rsid w:val="00F667D5"/>
     <w:rsid w:val="00F6685B"/>
     <w:rsid w:val="00F677A4"/>
     <w:rsid w:val="00F678EB"/>
     <w:rsid w:val="00F701D2"/>
     <w:rsid w:val="00F70224"/>
     <w:rsid w:val="00F7142E"/>
     <w:rsid w:val="00F71F31"/>
     <w:rsid w:val="00F72F67"/>
     <w:rsid w:val="00F75000"/>
     <w:rsid w:val="00F7665E"/>
     <w:rsid w:val="00F768C6"/>
     <w:rsid w:val="00F76D94"/>
+    <w:rsid w:val="00F810D0"/>
     <w:rsid w:val="00F814E3"/>
     <w:rsid w:val="00F81E50"/>
     <w:rsid w:val="00F82D60"/>
     <w:rsid w:val="00F84377"/>
     <w:rsid w:val="00F8467A"/>
     <w:rsid w:val="00F84963"/>
     <w:rsid w:val="00F851E3"/>
     <w:rsid w:val="00F8556C"/>
     <w:rsid w:val="00F857D5"/>
     <w:rsid w:val="00F860E0"/>
     <w:rsid w:val="00F8676E"/>
     <w:rsid w:val="00F87E8D"/>
     <w:rsid w:val="00F90CD4"/>
     <w:rsid w:val="00F9133B"/>
     <w:rsid w:val="00F933E2"/>
     <w:rsid w:val="00F93449"/>
     <w:rsid w:val="00F93C0A"/>
     <w:rsid w:val="00F94C8C"/>
     <w:rsid w:val="00F956DC"/>
     <w:rsid w:val="00F97BDD"/>
     <w:rsid w:val="00FA0586"/>
     <w:rsid w:val="00FA24A9"/>
     <w:rsid w:val="00FA2BF5"/>
     <w:rsid w:val="00FA2E9B"/>
     <w:rsid w:val="00FA3657"/>
+    <w:rsid w:val="00FA3FA2"/>
     <w:rsid w:val="00FA50B1"/>
     <w:rsid w:val="00FA5138"/>
     <w:rsid w:val="00FA5268"/>
     <w:rsid w:val="00FA5415"/>
     <w:rsid w:val="00FA6488"/>
     <w:rsid w:val="00FA77FE"/>
     <w:rsid w:val="00FB0223"/>
     <w:rsid w:val="00FB09B4"/>
     <w:rsid w:val="00FB0D93"/>
     <w:rsid w:val="00FB14F5"/>
     <w:rsid w:val="00FB2FBD"/>
     <w:rsid w:val="00FB331F"/>
     <w:rsid w:val="00FB3683"/>
     <w:rsid w:val="00FB3EB1"/>
     <w:rsid w:val="00FB4347"/>
     <w:rsid w:val="00FB43DE"/>
     <w:rsid w:val="00FB465F"/>
     <w:rsid w:val="00FB645D"/>
     <w:rsid w:val="00FB6830"/>
     <w:rsid w:val="00FB6D2C"/>
     <w:rsid w:val="00FC10D6"/>
     <w:rsid w:val="00FC188D"/>
     <w:rsid w:val="00FC1FF0"/>
     <w:rsid w:val="00FC2D42"/>
     <w:rsid w:val="00FC2EC1"/>
     <w:rsid w:val="00FC38E3"/>
     <w:rsid w:val="00FC3B66"/>
     <w:rsid w:val="00FC40D9"/>
     <w:rsid w:val="00FC4180"/>
     <w:rsid w:val="00FC5289"/>
     <w:rsid w:val="00FC6179"/>
     <w:rsid w:val="00FC65F2"/>
     <w:rsid w:val="00FD1FEC"/>
     <w:rsid w:val="00FD2998"/>
     <w:rsid w:val="00FD38EC"/>
     <w:rsid w:val="00FD3A79"/>
     <w:rsid w:val="00FD3CBF"/>
     <w:rsid w:val="00FD453F"/>
     <w:rsid w:val="00FD4729"/>
     <w:rsid w:val="00FD4D51"/>
     <w:rsid w:val="00FD5F4B"/>
     <w:rsid w:val="00FD67FB"/>
     <w:rsid w:val="00FD7737"/>
     <w:rsid w:val="00FE0135"/>
     <w:rsid w:val="00FE06AB"/>
+    <w:rsid w:val="00FE09FA"/>
     <w:rsid w:val="00FE142C"/>
     <w:rsid w:val="00FE15DA"/>
     <w:rsid w:val="00FE1ADE"/>
     <w:rsid w:val="00FE6D07"/>
     <w:rsid w:val="00FE7644"/>
     <w:rsid w:val="00FE7E03"/>
     <w:rsid w:val="00FF05F5"/>
     <w:rsid w:val="00FF0633"/>
     <w:rsid w:val="00FF0AA3"/>
     <w:rsid w:val="00FF11DE"/>
     <w:rsid w:val="00FF12E2"/>
     <w:rsid w:val="00FF1532"/>
     <w:rsid w:val="00FF1923"/>
     <w:rsid w:val="00FF1F5F"/>
     <w:rsid w:val="00FF2424"/>
     <w:rsid w:val="00FF24E9"/>
     <w:rsid w:val="00FF2B7E"/>
     <w:rsid w:val="00FF3B32"/>
     <w:rsid w:val="00FF401E"/>
     <w:rsid w:val="00FF4D39"/>
     <w:rsid w:val="00FF55CA"/>
     <w:rsid w:val="00FF5B92"/>
     <w:rsid w:val="00FF5FA2"/>
     <w:rsid w:val="00FF6532"/>
     <w:rsid w:val="00FF6B5A"/>
@@ -34632,51 +33032,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2065595207">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dungannonfundraisinggroup.mariecurie@hotmail.co.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://galballygac.clubforce.com/products/membership?fbclid=IwZXh0bgNhZW0CMTAAYnJpZBEwMTRxRFVCWjN6MFk4OEVoVXNydGMGYXBwX2lkEDIyMjAzOTE3ODgyMDA4OTIAAR7mv2_K2T9qMxvX03EciBceLbvpPgRQE9k9S2p47LYsQDZhLZBKN2W0R3wXRA_aem_J_-9O3wXeeNlysUSW91jWg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parishdonaghmore@gmail.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buy.stripe.com/5kAg1mb0GcCt3HaaEE" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://returntoplay.gaa.ie/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parishdonaghmore@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -34939,75 +33339,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1371F1D9-F782-40F4-B352-0EA7DF94B8CF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1240</Words>
-  <Characters>7070</Characters>
+  <Words>1361</Words>
+  <Characters>7282</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>58</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>280</Lines>
+  <Paragraphs>187</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Domhnach Mór</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>RM plc</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8294</CharactersWithSpaces>
+  <CharactersWithSpaces>8456</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="36" baseType="variant">
       <vt:variant>
         <vt:i4>4259926</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.midulsterwomensaid.org.uk/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6946817</vt:i4>
       </vt:variant>
       <vt:variant>